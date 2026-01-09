--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -6,941 +6,1083 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="71ED37CA" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00D553AB" w:rsidSect="00D553AB">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="11549B9A" w14:textId="77777777" w:rsidR="003617DD" w:rsidRPr="003617DD" w:rsidRDefault="003617DD" w:rsidP="003617DD">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3BDE0AAF" w14:textId="3708C39B" w:rsidR="00D553AB" w:rsidRDefault="003617DD" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
         <w:t>Bisköldkörtelskintigrafi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504CB231" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="5B10BAA2" w14:textId="77777777" w:rsidR="008363E2" w:rsidRPr="008363E2" w:rsidRDefault="008363E2" w:rsidP="008363E2"/>
+    <w:p w14:paraId="504CB231" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4075CD" w14:textId="72C2FFEC" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="6A4075CD" w14:textId="72C2FFEC" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Den främsta indikationen för bisköldkörtelskintigrafi är att preoperativt kartlägga och lokalisera hyperfunktionella paratyreoideor hos patienter med redan diagnosticerad hyperparatyreoidism (av primär/sekundär/tertiär typ) och på så sätt minimera operationen/ingreppet. Dessutom är en indikation lokalisation av eventuellt recidiv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F41DF4" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="45F41DF4" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
         <w:t>Inledning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1878832A" w14:textId="1C44AFBB" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="1878832A" w14:textId="1C44AFBB" w:rsidR="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk88125081"/>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Som radiofarmaka är </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-sestamibi mest använt. Sestamibi ackumuleras i både tyreoidea och i paratyreoideaadenom. Undersökningen bygger på principen att utvaskningen är långsammare från adenomet. Därför görs undersökningen vid 2 tillfällen: 15 minuter efter injektion och 120 minuter efter injektion. Planara eller SPECT-bilder kan tas men SPECT-CT insamling är att föredra </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk90540666"/>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">för bättre visualisering av överaktiva paratyreoideor med normal eller ektopisk lokalisation. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Genom att köra en SPECT-CT undersökning kan man också utesluta artefakter så som ökat upptag i en hyperaktiv thymus, patologiska lymfkörtlar eller i tyreoideanoduli. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="624C98F4" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="05918518" w14:textId="1B43E7EA" w:rsidR="00C67672" w:rsidRPr="000525C8" w:rsidRDefault="00C67672" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Varje undersökning tar cirka 25 minuter. Det är viktigt att patienter</w:t>
+      </w:r>
+      <w:r w:rsidR="00422D6A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klarar att ligga stilla under denna tid</w:t>
+      </w:r>
+      <w:r w:rsidR="00422D6A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710D4114" w14:textId="77777777" w:rsidR="008363E2" w:rsidRDefault="008363E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624C98F4" w14:textId="750F8FD1" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
         <w:t>Absoluta kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7799B2C7" w14:textId="197E602B" w:rsidR="00D553AB" w:rsidRPr="001D3276" w:rsidRDefault="00D553AB" w:rsidP="001D3276">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7799B2C7" w14:textId="197E602B" w:rsidR="00D553AB" w:rsidRPr="001D3276" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inga. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6C80FD" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="5E6C80FD" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
         <w:t>Relativa kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039D5E21" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0A075F46" w14:textId="77777777" w:rsidR="00D4507B" w:rsidRDefault="00422D6A" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Gravi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4507B">
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ditet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790D6FF1" w14:textId="38796CF1" w:rsidR="00422D6A" w:rsidRDefault="00D4507B" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Klaustrofobi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D553AB" w:rsidRPr="00D553AB">
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5D9D4B" w14:textId="5D0757AE" w:rsidR="51B39B8B" w:rsidRDefault="00D553AB" w:rsidP="00786665">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Patient som genomgått annan nuklearmedicinsk undersökning/behandling:</w:t>
+        <w:t>Patient som genomgått annan nuklearmedicinsk undersökning/behandling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4730C0E6" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="3F2F29E8" w14:textId="77777777" w:rsidR="002B0C58" w:rsidRPr="00D553AB" w:rsidRDefault="002B0C58" w:rsidP="002B0C58">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">de senaste 7 dygnen för </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>111</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">In och </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Se</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34651823" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="0F6775DC" w14:textId="77777777" w:rsidR="002B0C58" w:rsidRDefault="002B0C58" w:rsidP="002B0C58">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">de senaste 2 dygnen för </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Tc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F230055" w14:textId="362EB63C" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="0F2144D4" w14:textId="77777777" w:rsidR="002B0C58" w:rsidRPr="00D553AB" w:rsidRDefault="002B0C58" w:rsidP="002B0C58">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D66E9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>223</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00077399">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ra (Xofigo) ingen kontraindikation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003260A5">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D75507A" w14:textId="29EE087D" w:rsidR="51B39B8B" w:rsidRDefault="002B0C58" w:rsidP="00786665">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>För övriga nuklider, kontakta sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD0ACD3" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="003617DD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="0CD0ACD3" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Förberedelser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C82DC5D" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="3C82DC5D" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten ska ha ätit och druckit som vanligt före undersökningen. Receptbelagda aktiva D-vitaminanaloger (Paricalcitol, Zemplar) och kalcimimetika (Cinacalcet, Mimpara, Parsabiv) kan påverka </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Tc-sestamibiupptaget negativt varför dessa läkemedel bör utsättas14 dagar innan undersökning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32985903" w14:textId="135BB74F" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="32985903" w14:textId="135BB74F" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>För inneliggande patienter önskas fungerande PVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="199B90C6" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="199B90C6" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003617DD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8B87E2" w14:textId="5BAF8383" w:rsidR="003617DD" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="1D8B87E2" w14:textId="5BAF8383" w:rsidR="003617DD" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Vi ger ett radioaktivt läkemedel i en ven i en arm. Efter cirka 15 minuter får patienten ligga under en gammakamera i cirka 25 minuter. Efter cirka 2 timmar gör vi en ny bildtagning. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>När patienten ligger under kameran får patienten inte ha smycken, piercing, hårspännen/snoddar eller kläder som täcker halsregionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B665200" w14:textId="49301041" w:rsidR="000525C8" w:rsidRDefault="000525C8" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="7B665200" w14:textId="49301041" w:rsidR="000525C8" w:rsidRDefault="000525C8" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Stråldos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE66CF6" w14:textId="6C7334D6" w:rsidR="000525C8" w:rsidRDefault="000525C8" w:rsidP="000525C8">
+    <w:p w14:paraId="4FE66CF6" w14:textId="6C7334D6" w:rsidR="000525C8" w:rsidRDefault="000525C8" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:t>Nyttan med undersökningen ska vägas mot bland annat str</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5351">
         <w:t>ålningsrisken</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> innan </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5351">
         <w:t>remittering</w:t>
       </w:r>
       <w:r w:rsidR="005C5238" w:rsidRPr="004E5351">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298C867F" w14:textId="3CC9B8F8" w:rsidR="005C5238" w:rsidRPr="001D3276" w:rsidRDefault="004E5351" w:rsidP="004E5351">
-      <w:pPr>
+    <w:p w14:paraId="298C867F" w14:textId="3CC9B8F8" w:rsidR="005C5238" w:rsidRPr="001D3276" w:rsidRDefault="004E5351" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5351">
-        <w:t>Paratyreo</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Paratyreoidea-skintigrafi inklusive datortomografi för attenueringskorrektion och lokalisation är en dosklass 3-undersökning, se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00215308">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Information om stråldoser vid nu</w:t>
-[...15 lines deleted...]
-          <w:t>learmedicinsk undersökning.</w:t>
+          <w:t>Information om stråldoser vid nuklearmedicinsk undersökning.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001D3276">
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57109340" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="57109340" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc256000234"/>
       <w:bookmarkStart w:id="4" w:name="_Toc256000202"/>
       <w:bookmarkStart w:id="5" w:name="_Toc256000171"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000139"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000107"/>
       <w:bookmarkStart w:id="8" w:name="_Toc256000075"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000048"/>
       <w:bookmarkStart w:id="10" w:name="_Toc256000007"/>
       <w:bookmarkStart w:id="11" w:name="_Toc22120032"/>
       <w:bookmarkStart w:id="12" w:name="_Toc57182372"/>
       <w:bookmarkStart w:id="13" w:name="_Toc62727719"/>
       <w:bookmarkStart w:id="14" w:name="_Toc22120033"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000235"/>
       <w:bookmarkStart w:id="16" w:name="_Toc256000203"/>
       <w:bookmarkStart w:id="17" w:name="_Toc256000172"/>
       <w:bookmarkStart w:id="18" w:name="_Toc256000140"/>
       <w:bookmarkStart w:id="19" w:name="_Toc256000108"/>
       <w:bookmarkStart w:id="20" w:name="_Toc256000076"/>
       <w:bookmarkStart w:id="21" w:name="_Toc256000049"/>
       <w:bookmarkStart w:id="22" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="23" w:name="_Toc57182373"/>
       <w:bookmarkStart w:id="24" w:name="_Toc62727720"/>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Barn/Unga</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C933B83" w14:textId="28201489" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="0C933B83" w14:textId="28201489" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Undersökningar på barn (&lt;18 år) hänvisas till Drottning Silvias Barn och Ungdomssjukhus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075ED980" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="1B3F51CF" w14:textId="77777777" w:rsidR="008363E2" w:rsidRDefault="008363E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075ED980" w14:textId="2BD4BC0F" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Graviditet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665657F3" w14:textId="6A436489" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="665657F3" w14:textId="6A436489" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Särskild berättigandebedömning ska genomföras för gravida patienter och undersökningen ska om möjligt skjutas upp till efter födseln alternativt senare i graviditeten då den förväntade stråldosen till fostret är lägre. Medelabsorberad stråldos till fostret är ca 4 mGy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1978F1ED" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="1978F1ED" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc256000236"/>
       <w:bookmarkStart w:id="26" w:name="_Toc256000204"/>
       <w:bookmarkStart w:id="27" w:name="_Toc256000173"/>
       <w:bookmarkStart w:id="28" w:name="_Toc256000141"/>
       <w:bookmarkStart w:id="29" w:name="_Toc256000109"/>
       <w:bookmarkStart w:id="30" w:name="_Toc256000077"/>
       <w:bookmarkStart w:id="31" w:name="_Toc256000050"/>
       <w:bookmarkStart w:id="32" w:name="_Toc256000009"/>
       <w:bookmarkStart w:id="33" w:name="_Toc22120034"/>
       <w:bookmarkStart w:id="34" w:name="_Toc57182374"/>
       <w:bookmarkStart w:id="35" w:name="_Toc62727721"/>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Amning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE5D31C" w14:textId="07FA2B1C" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="3EE0B3FC" w14:textId="00089155" w:rsidR="00D553AB" w:rsidRPr="008363E2" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Patienten rekommenderas att amma/pumpa </w:t>
       </w:r>
       <w:r w:rsidR="000525C8" w:rsidRPr="00D553AB">
         <w:t>1–2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve"> timmar innan injektion. Inget amningsuppehåll krävs, men som en extra säkerhetsåtgärd ska det första målet efter undersökningen kastas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE0B3FC" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="00D553AB">
-[...16 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="4D65AA14" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Kontaktrestriktion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C4254B" w14:textId="5A206FB2" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-      <w:pPr>
+    <w:p w14:paraId="76C4254B" w14:textId="5A206FB2" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Patienten ska undvika kontakt närmre än 1 meter med barn under 3 år och gravida de närmaste 6 timmarna efter injektion. Patienten ska även undvika att sova i samma säng som barn under 18 år och gravida första natten efter undersökningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD798F1" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="5DD798F1" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Upplysningar på remiss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33134891" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="33134891" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Kort anamnes, aktuell medicinering och frågeställning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D3B58D" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="05D3B58D" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Bakomliggande sjukdomar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E891A7" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="25E891A7" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Eventuella operationer med datum. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA9E752" w14:textId="5E1A12C4" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3CA9E752" w14:textId="630E6A8A" w:rsidR="00D553AB" w:rsidRPr="000525C8" w:rsidRDefault="008363E2" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D553AB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ingen behandling med D-vitaminanaloger (Paricalcitol, Zemplar) eller </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D553AB">
+        <w:t xml:space="preserve">Eventuell </w:t>
+      </w:r>
+      <w:r w:rsidR="00D553AB" w:rsidRPr="00D553AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">behandling med D-vitaminanaloger (Paricalcitol, Zemplar) eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00D553AB" w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>kalcimimetika</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D553AB">
+      <w:r w:rsidR="00D553AB" w:rsidRPr="00D553AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D553AB">
+      <w:r w:rsidR="00D553AB" w:rsidRPr="00D553AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(Cinacalcet, Mimpara, Parsabiv) de senaste 14 dagarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1C1525" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="5D1C1525" w14:textId="77777777" w:rsidR="00D553AB" w:rsidRPr="00D553AB" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t>Undersökningstid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="38C07086" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00D553AB" w:rsidP="000525C8">
+    <w:p w14:paraId="76B9F95B" w14:textId="38C07086" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00D553AB" w:rsidP="008363E2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00D553AB">
         <w:t xml:space="preserve">Totalt cirka 4 timmar. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="0008773B">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="008363E2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1127" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="204E0943" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367">
+    <w:p w14:paraId="249BFA33" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08ADE0D1" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367">
+    <w:p w14:paraId="62DAB66A" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="549CD0FB" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367">
+    <w:p w14:paraId="186C9B4D" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -951,74 +1093,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="36357117" name="Bildobjekt 36357117">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1029,87 +1171,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DC565CE" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367"/>
+    <w:p w14:paraId="5C1D9504" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D8597D1" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367">
+    <w:p w14:paraId="4763E396" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D167FFC" w14:textId="77777777" w:rsidR="003D2367" w:rsidRDefault="003D2367">
+    <w:p w14:paraId="5C886347" w14:textId="77777777" w:rsidR="00E56BCD" w:rsidRDefault="00E56BCD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1133,106 +1275,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="734DAB65" w:rsidR="008A4EB9" w:rsidRDefault="003617DD" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="09785161">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="09785161">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-283873</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>189037</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1259,107 +1401,107 @@
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:t>Remittentinformation</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-22.35pt;margin-top:14.9pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQCYwK994gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8JAFEX3Jv6HyTNx&#10;BzNWxFL6SkgTYmJkAbJh99oZ2sb5qJ0Bqr/ecaXLl3dy77n5ajSaXdTgO2cRHqYCmLK1k51tEA7v&#10;m0kKzAeykrSzCuFLeVgVtzc5ZdJd7U5d9qFhMcT6jBDaEPqMc1+3ypCful7Z+Du5wVCI59BwOdA1&#10;hhvNEyHm3FBnY0NLvSpbVX/szwbhtdxsaVclJv3W5cvbad1/Ho5PiPd343oJLKgx/MHwqx/VoYhO&#10;lTtb6ZlGmMxmzxFFSBZxQgTmC/EIrEJIRQq8yPn/BcUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJjAr33iAAAACQEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-22.35pt;margin-top:14.9pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQCYwK994gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8JAFEX3Jv6HyTNx&#10;BzNWxFL6SkgTYmJkAbJh99oZ2sb5qJ0Bqr/ecaXLl3dy77n5ajSaXdTgO2cRHqYCmLK1k51tEA7v&#10;m0kKzAeykrSzCuFLeVgVtzc5ZdJd7U5d9qFhMcT6jBDaEPqMc1+3ypCful7Z+Du5wVCI59BwOdA1&#10;hhvNEyHm3FBnY0NLvSpbVX/szwbhtdxsaVclJv3W5cvbad1/Ho5PiPd343oJLKgx/MHwqx/VoYhO&#10;lTtb6ZlGmMxmzxFFSBZxQgTmC/EIrEJIRQq8yPn/BcUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJjAr33iAAAACQEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="465CE317" w:rsidR="00413A60" w:rsidRPr="003617DD" w:rsidRDefault="003617DD">
                     <w:pPr>
                       <w:ind w:left="0"/>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="36"/>
                         <w:szCs w:val="36"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003617DD">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>Remittentinformation</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="6B8F7862">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="6B8F7862">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-173686</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>252260</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1">
+          <wp:docPr id="914484233" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1389,51 +1531,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2489,51 +2631,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2970,51 +3112,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3304,50 +3446,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="706073D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="792C33AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3416,51 +3707,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3529,51 +3820,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E666CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF986168"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3642,51 +3933,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3756,281 +4047,296 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="694966046">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1872768347">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1978293874">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1084718652">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="522718003">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1553612128">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="207257487">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1069034941">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="895357934">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1498687639">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1473254635">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1854880906">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="42415029">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="389235800">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1777208295">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2057463622">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="835463675">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1382288805">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="160969727">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="362439579">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1868787895">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="773862933">
     <w:abstractNumId w:val="8"/>
   </w:num>
+  <w:num w:numId="23" w16cid:durableId="1256203983">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="000238FF"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="000525C8"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0008773B"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="00163C80"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C1AA6"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D3276"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00213AAB"/>
     <w:rsid w:val="00215308"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A52BC"/>
     <w:rsid w:val="002B0B30"/>
+    <w:rsid w:val="002B0C58"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="003260A5"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="00340DEA"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="003617DD"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D2367"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F6230"/>
+    <w:rsid w:val="003F6AF3"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="00422D6A"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E5351"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
@@ -4047,318 +4353,339 @@
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C5238"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00631133"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00636E20"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E32EF"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00786665"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008363E2"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00855D5B"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A14963"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE00CD"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B465BE"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C67672"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB3B7C"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D16C09"/>
+    <w:rsid w:val="00D17D9F"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D4507B"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D553AB"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D950CC"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E56BCD"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F27B2E"/>
+    <w:rsid w:val="00F34A9E"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F91643"/>
+    <w:rsid w:val="00FB1F19"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="51B39B8B"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{02B0091F-E973-428B-8A4F-48FFBFCC68A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4706,196 +5033,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -4973,606 +5300,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -5603,81 +5930,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5716,53 +6043,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5836,53 +6163,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5956,53 +6283,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -6052,53 +6379,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -6148,53 +6475,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -6230,53 +6557,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -6325,51 +6652,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -6413,51 +6740,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -6544,67 +6871,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -6648,153 +6975,162 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="004E5351"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="004E5351"/>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00215308"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="003260A5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7159,74 +7495,96 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3052</Characters>
+  <Pages>1</Pages>
+  <Words>569</Words>
+  <Characters>3246</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3620</CharactersWithSpaces>
+  <CharactersWithSpaces>3808</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>1310724</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8758-438627519-1619/surrogate/Information om str%C3%A5ldoser vid Nuklearmedicinska unders%C3%B6kningar.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Bisköldkörtelskintigrafi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>9</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>24</revision>
+  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>