--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,1448 +6,2162 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6357446D" w14:textId="77777777" w:rsidR="00F1119B" w:rsidRDefault="00F1119B" w:rsidP="00F35B05">
+    <w:p w14:paraId="6357446D" w14:textId="77777777" w:rsidR="00F1119B" w:rsidRDefault="00F1119B" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00F1119B" w:rsidSect="00F1119B">
+        <w:ind w:left="0"/>
+        <w:sectPr w:rsidR="00F1119B" w:rsidSect="008E0934">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
-          <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
+          <w:pgMar w:top="3402" w:right="1418" w:bottom="1276" w:left="1418" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="35D9FCAA" w14:textId="1F2E1817" w:rsidR="00F0296B" w:rsidRDefault="00F0296B" w:rsidP="00F0296B">
+    <w:p w14:paraId="35D9FCAA" w14:textId="1F2E1817" w:rsidR="00F0296B" w:rsidRDefault="00F0296B" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0024502C">
         <w:t xml:space="preserve">Arbetsordning för arbete i berednings- och dispenseringsrum </w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0024502C">
         <w:t xml:space="preserve"> Uddevalla</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4100196B" w14:textId="17E48BF5" w:rsidR="00740042" w:rsidRPr="0024502C" w:rsidRDefault="00740042" w:rsidP="00F0296B">
+    <w:p w14:paraId="4100196B" w14:textId="17E48BF5" w:rsidR="00740042" w:rsidRPr="0024502C" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F0296B">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDBE49B" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="00F84E17" w:rsidRDefault="00740042" w:rsidP="00740042">
+    <w:p w14:paraId="3BDBE49B" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="00F84E17" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Att säkerställa arbetsordningen för att uppfylla gällande GMP- och strålskydds</w:t>
       </w:r>
       <w:r>
         <w:softHyphen/>
         <w:t xml:space="preserve">krav vid beredning av radiofarmaka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDDD3C4" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="00F0296B">
+    <w:p w14:paraId="7DDDD3C4" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidRPr="0024502C">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFCD011" w14:textId="63E951DC" w:rsidR="00357A5C" w:rsidRPr="00AD4C66" w:rsidRDefault="003977F7" w:rsidP="009C6F51">
+    <w:p w14:paraId="6EFCD011" w14:textId="34D2B6C8" w:rsidR="00357A5C" w:rsidRPr="00AD4C66" w:rsidRDefault="16FDE5DA" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="993" w:right="-285"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:right="-285"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Inga förändringar</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00357A5C">
+      </w:pPr>
+      <w:r w:rsidRPr="0A152260">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Lagt till rutiner för IBC-NM och tagit bort rutiner för manuell blankettskrivning och etikettskrivning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ECBD41" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="0024502C" w:rsidRDefault="00740042" w:rsidP="00F0296B">
+    <w:p w14:paraId="20ECBD41" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="0024502C" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F0296B">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35252BC6" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="00740042">
+    <w:p w14:paraId="35252BC6" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="008E0934">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:t>Dokumentet har samlat nedtecknade rutiner i kronologisk arbetsordning med länkar till respektive dokument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0D1781" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="003C1C5C" w:rsidRDefault="00740042" w:rsidP="00F0296B">
+    <w:p w14:paraId="6E0D1781" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="003C1C5C" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F0296B">
         <w:t>Arbetsordning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074BA222" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="00960E9A">
+    <w:p w14:paraId="074BA222" w14:textId="77777777" w:rsidR="00740042" w:rsidRDefault="00740042" w:rsidP="008E0934">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00960E9A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Korridor</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD30F0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B97A5F9" w14:textId="7802E48F" w:rsidR="00D00857" w:rsidRDefault="00740042" w:rsidP="00004F78">
+    <w:p w14:paraId="0F7D4075" w14:textId="0527B593" w:rsidR="008E0934" w:rsidRPr="008E0934" w:rsidRDefault="00740042" w:rsidP="008E0934">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="1560"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="Hyperlnk"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="006298" w:themeColor="hyperlink"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141A0D">
         <w:t xml:space="preserve">Tryckskillnad avläses på mätarna, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="007435CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Kontroll av tryckskillnader</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> - Uddevalla</w:t>
         </w:r>
         <w:r w:rsidRPr="007435CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03C7476F" w14:textId="77777777" w:rsidR="00740042" w:rsidRPr="00960E9A" w:rsidRDefault="00740042" w:rsidP="00960E9A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="04755D2D" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Dispenseringsrum </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258437FA" w14:textId="04784C8E" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Max- och min</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5506">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>temperatur för kylskåpet och rummen avläses på termometrar, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Kontroll av temperatur och termometer i berednings- och dispenseringsrum samt kylskåp.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C64473D" w14:textId="7DEE9439" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Töm </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>eluat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>kitblyskyddsburkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> i aktuell blyskyddad avfallsburk och rengör dem med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5B6C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Släng även gamla kit och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5B6C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>eluat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5B6C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> i </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00A83390">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>IBC-NM </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A83390">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0DCBB3" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Blyskydden diskas vid behov i ljummet vatten för att klistret från etiketterna ska lossna. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424C5204" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>De kit som ska beredas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="0078D4"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5B6C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>inklusive tillhörande etikett</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> tas från kylskåpet och ställs i genomräckningsskåpet mot beredningsrummet.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F341F1" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03356FE7" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Dispenseringsrum</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Sluss </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3412B0FC" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Rutin för att gå in i Beredningsrum, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Slussning av all personal till beredningsrum-Uddevalla</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEF05CB" w14:textId="77777777" w:rsidR="00A83390" w:rsidRDefault="00A83390" w:rsidP="00A83390">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E87080" w14:textId="77777777" w:rsidR="00A83390" w:rsidRDefault="00A83390" w:rsidP="00A83390">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A66C5CE" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Beredningsrum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0C181D" w14:textId="05A59E31" w:rsidR="00740042" w:rsidRPr="00141A0D" w:rsidRDefault="00740042" w:rsidP="00004F78">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="007435CE">
+    <w:p w14:paraId="53BF73EF" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Kontrollera säkerhetsbänken, se: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
-[...156 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Drift och skötsel av säkerhetsbänk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CB3D1E">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE24C9" w:rsidRPr="00CE24C9">
-[...27 lines deleted...]
-        <w:r w:rsidR="00CE24C9" w:rsidRPr="00375E19">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> Säkerhetsbänkens beredningsytor och andra arbetsytor rengörs inför varje beredningsdag med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> och förses med nytt sterilt underlägg. Även arbetsverktygen rengörs. Se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Städning i renklassade lokaler i egen regi – Uddevalla sjukhus</w:t>
+          <w:t>Städning i </w:t>
         </w:r>
-      </w:hyperlink>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="007435CE">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Kvalitetskontroll av aktivitetsmätare.</w:t>
+          <w:t>renklassade</w:t>
         </w:r>
-      </w:hyperlink>
-[...76 lines deleted...]
-        <w:r w:rsidRPr="3E883C54">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Hantering av</w:t>
-[...158 lines deleted...]
-          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+          <w:t> lokaler i egen regi – Uddevalla sjukhus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">. Dokumentera i blankett </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00565CA7">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CF7AA7" w14:textId="2AA8AD07" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Utför </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3E6A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>daglig kontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67E69">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67E69" w:rsidRPr="00F67E69">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>av</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> aktivitetsmätaren, se</w:t>
+      </w:r>
+      <w:r w:rsidR="00215EAE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3E6A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>IBC</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3E6A" w:rsidRPr="007C3E6A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00215EAE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA148EA" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Innan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>eluat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>kitblyskyddsburkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> från genomräckningsskåpet ställs i säkerhetsbänken ska dessa torkas av med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ytdesinektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7276F061" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sprutor och kanylers förpackningar ska avlägsnas utanför säkerhetsbänken precis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scxw121943739"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>innan dessa tas in i säkerhetsbänken. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F09BFE" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> av </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Tc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>-generatorn, se: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Kontaminationskontroll</w:t>
+          <w:t>Hantering av generator i beredningsrum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449D48B3" w14:textId="4DB01D56" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Beredningar utförs enligt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2A64">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> specifika protokoll i IBC-NM. Det finns också</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> beredningskort för de olika radioaktiva läkemedlen, se pärm i genomräckningsskåpet eller hemsida på intranätet: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="000C3359">
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Medicinsk diagnostik - NU-sjukvården</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C3359">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="006298"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scxw121943739"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A1B43FE" w14:textId="3ED1D384" w:rsidR="00CE24C9" w:rsidRDefault="00CE24C9" w:rsidP="001F49B5">
-[...5 lines deleted...]
-        <w:ind w:left="1560"/>
+    <w:p w14:paraId="0F49D6E8" w14:textId="467C9507" w:rsidR="008E0934" w:rsidRPr="008729DA" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008729DA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Protokollen är utformade enligt beredningskorten och uppdateras när dessa uppdateras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC62B58" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Efter avslutat arbete slängs handskarna i </w:t>
-[...8 lines deleted...]
-        <w:t>slussen.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Tillämpa linjerensning dvs arbeta med en beredning i taget och ställ undan den färdiga beredningen innan nästa beredning påbörjas för att undvika sammanblandning.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="0078D4"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE820F0" w14:textId="7AC09922" w:rsidR="001F49B5" w:rsidRPr="00141A0D" w:rsidRDefault="0059053A" w:rsidP="001F49B5">
-[...5 lines deleted...]
-        <w:ind w:left="1560"/>
+    <w:p w14:paraId="33799720" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008729DA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Följ de olika beredningsstegen i IBC-NM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB24FCB" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid kontamination eller misstanke om kontamination av handskarna under pågående beredningsarbete tas dessa av så snabbt som möjligt och slängs i beredningsrummet. Öppna dörren med armbågen och kontrollmät händerna. Vid kontamination på händerna rengörs dessa med tvål och vatten tills värdet inte blir lägre, enligt </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+        <w:t>Använda sprutor och kanyler läggs i aktuell blyskyddad avfallsburk i säkerhetsbänk. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ABDD9C" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Efter varje beredningstillfälle och vid misstanke om spill görs en kontaminationskontroll, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="006298"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="000000"/>
-[...50 lines deleted...]
-        <w:r w:rsidRPr="007435CE">
+        </w:rPr>
+        <w:t>. Dokumentera i blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
-[...252 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A59FF7C" w14:textId="6F84C791" w:rsidR="00CE24C9" w:rsidRPr="00870338" w:rsidRDefault="00CE24C9" w:rsidP="00A16DE0">
-[...6 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6A6192B8" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">i beredningsrum och dispenseringsrum </w:t>
-[...2 lines deleted...]
-        <w:t>enligt</w:t>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Efter avslutat arbete slängs handskarna i den rena delen av slussen.</w:t>
       </w:r>
       <w:r>
-        <w:t>:</w:t>
-[...13 lines deleted...]
-        </w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C469002" w14:textId="161D9F75" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Vid kontamination eller misstanke om kontamination av handskarna under pågående beredningsarbete tas dessa av så snabbt som möjligt och slängs i beredningsrummet. Öppna dörren med armbågen och kontrollmät händerna. Vid kontamination på händerna rengörs dessa med tvål och vatten tills värdet inte blir lägre, enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
-[...39 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5506">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0F7D88" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dispenseringsrum </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026FDAD7" w14:textId="63ACEE60" w:rsidR="005F726F" w:rsidRPr="005F726F" w:rsidRDefault="008E0934" w:rsidP="005601B9">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Utför </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F726F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>daglig kontroll på</w:t>
+      </w:r>
+      <w:r w:rsidR="005F726F" w:rsidRPr="005F726F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F726F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aktivitetsmätare</w:t>
+      </w:r>
+      <w:r w:rsidR="005F726F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n, se IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4352E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD30F0">
+    </w:p>
+    <w:p w14:paraId="714529A0" w14:textId="458DC4AF" w:rsidR="008E0934" w:rsidRPr="005601B9" w:rsidRDefault="008E0934" w:rsidP="00B4352E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB04D4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Dra upp sprutor med önskad radiofarmaka enligt IBC-NM och märk dem med etikett, enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="005601B9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005601B9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-23/surrogate/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="005601B9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005601B9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005601B9">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Ansvarsfördelning vid beredning, dispensering och administrering av radiofarmaka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FD1970" w14:textId="3E7804A0" w:rsidR="008E0934" w:rsidRDefault="005601B9" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002D07C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008E0934">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>För uppdragning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E0934">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Xofigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E0934">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> se instruktion på </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="008E0934" w:rsidRPr="002D07C2">
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Beredning av </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="008E0934" w:rsidRPr="002D07C2">
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Xofigo</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="008E0934" w:rsidRPr="002D07C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="006298"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E623B70" w14:textId="3B9ADB86" w:rsidR="00F0296B" w:rsidRPr="00AD30F0" w:rsidRDefault="00F0296B" w:rsidP="00A16DE0">
-[...2 lines deleted...]
-        <w:ind w:left="1560"/>
+    <w:p w14:paraId="5D226532" w14:textId="77777777" w:rsidR="002D07C2" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Dokumentering av kontaminationskontroll sker i blankett </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00E0119F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Uppdragna sprutor märks med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D07C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>utskriven </w:t>
+      </w:r>
+      <w:r w:rsidR="002D07C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>etikett.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B7E5EB" w14:textId="57E090DD" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sprutor och kanyler läggs i för nukliden avsedd, blyskyddad avfallsburk i dragskåp. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FC5B89" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>En kontaminationskontroll ska utföras innan städpersonal från Regionservice kan gå in i rummet, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> Dokumentera i blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD30F0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498F248F" w14:textId="24C0958C" w:rsidR="00F0296B" w:rsidRPr="00141A0D" w:rsidRDefault="00F0296B" w:rsidP="00A16DE0">
-[...2 lines deleted...]
-        <w:ind w:left="1560"/>
+    <w:p w14:paraId="67507793" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Injektionsrummet och övriga rum kontrolleras vid misstänkt kontaminering. Utrustning för rengöring vid kontaminering finns i speciell låda i sköljrummet. Dokumentera i blankett </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="002B3FC5">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Städning utförs i beredningsrum och dispenseringsrum enligt: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scxw121943739"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Städning i </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>renklassade</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t> lokaler i egen regi, Uddevalla.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793D72C8" w14:textId="77777777" w:rsidR="002D07C2" w:rsidRDefault="002D07C2" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15083652" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Rutiner vid dagens slut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77189B30" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Fyll på förbrukningsmaterial såsom tex sprutor och spetsar.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06067182" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Vid kontamination av tex blyskydd se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403D3F73" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Dokumentering av kontaminationskontroll sker i blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00930DCA">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="1F3864"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="1F3864"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B7F39A" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="002D07C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Injektionsrummet och övriga rum kontrolleras vid misstänkt kontaminering. Utrustning för rengöring vid kontaminering finns i speciell låda i sköljrummet. Dokumentera i blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
+            <w:color w:val="006298"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Kontaminationskontroll</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="137A58F2" w14:textId="6D06D51E" w:rsidR="00F0296B" w:rsidRPr="0087086B" w:rsidRDefault="00F0296B" w:rsidP="0087086B">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0087086B">
+    <w:p w14:paraId="1408FFBD" w14:textId="7EA409A1" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
         <w:t>Ansvar</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57B2EAF8" w14:textId="77777777" w:rsidR="00F0296B" w:rsidRPr="002C07EF" w:rsidRDefault="00F0296B" w:rsidP="00F0296B">
+    <w:p w14:paraId="614CE3CF" w14:textId="77777777" w:rsidR="00001962" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
         <w:t>Tjänstgörande biomedicinsk analytiker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05ED08A2" w14:textId="77777777" w:rsidR="00F0296B" w:rsidRPr="009442BB" w:rsidRDefault="00F0296B" w:rsidP="009442BB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Dokumentation  </w:t>
+    <w:p w14:paraId="3847B041" w14:textId="3F7E09DB" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7170EED6" w14:textId="77777777" w:rsidR="00F0296B" w:rsidRPr="00517EEE" w:rsidRDefault="00F0296B" w:rsidP="00F0296B">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="3141891A" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Se respektive moment.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Dokumentation  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14878C98" w14:textId="77777777" w:rsidR="00F0296B" w:rsidRDefault="00F0296B" w:rsidP="00F0296B"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="09E63AFC" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00F0296B" w:rsidP="00004F78">
+    <w:p w14:paraId="3A357BF8" w14:textId="5053F22A" w:rsidR="008E0934" w:rsidRDefault="002D07C2" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Signaturlista för BMA förvaras i ”Apotekspärmen” på klinisk fysiologi, NÄL. </w:t>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Dokumentation görs i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00001962">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>, s</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0934">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>e respektive moment.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0934">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="008A6933">
+    <w:p w14:paraId="30E1A48C" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B726553" w14:textId="77777777" w:rsidR="008E0934" w:rsidRDefault="008E0934" w:rsidP="008E0934">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Signaturlista för BMA förvaras i ”Apotekspärmen” på klinisk fysiologi, NÄL. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B9F95B" w14:textId="04221C56" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="008E0934">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="008E0934">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="993" w:right="560" w:bottom="1276" w:left="992" w:header="284" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="263FFEA6" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
+    <w:p w14:paraId="7E2A2E28" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="568CA6A0" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
+    <w:p w14:paraId="46DD4D38" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1695A0E0" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
+    <w:p w14:paraId="138561A2" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1476,74 +2190,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="19" name="Picture 19">
+          <wp:docPr id="1044468903" name="Picture 19">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1554,73 +2268,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FF5AEB5" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63"/>
+    <w:p w14:paraId="5F1DE618" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74567C3D" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
+    <w:p w14:paraId="3F37BE20" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70E5B20C" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
+    <w:p w14:paraId="1C041AEA" w14:textId="77777777" w:rsidR="00A41B63" w:rsidRDefault="00A41B63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
@@ -1658,91 +2372,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1781,104 +2495,104 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="18" name="Picture 18">
+          <wp:docPr id="1177918111" name="Picture 18">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1908,926 +2622,761 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
+    <w:nsid w:val="012D57E9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FBCC56FC"/>
+    <w:tmpl w:val="80166C9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...13 lines deleted...]
-      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF89"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="3C063CDC"/>
+    <w:nsid w:val="03A33453"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="057CA71E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
-[...4 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="05DF67F4"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="055A6F7B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BB2AC22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
-[...11 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07F0337A"/>
-[...107 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:nsid w:val="0A842B6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D5255D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="120E6026"/>
-[...10 lines deleted...]
-        </w:tabs>
+    <w:nsid w:val="0D051AA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7B4BA10"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...10 lines deleted...]
-        </w:tabs>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...10 lines deleted...]
-        </w:tabs>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...10 lines deleted...]
-        </w:tabs>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="135A157B"/>
-[...337 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2897,417 +3446,1243 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="218E0769"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE285CF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="222E72FD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5492D210"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25247E1F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6786E838"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D520AB4"/>
-[...107 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:nsid w:val="2B1D2A01"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A04BCF8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34B24819"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="319E2D43"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37D09F34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38A42FB9"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:nsid w:val="3591296A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD2C2592"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393C5F79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D604D94A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AB319EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B24B16A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3377,531 +4752,1094 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...8 lines deleted...]
-      <w:pPr>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D4E1783"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83D023BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...253 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="51AB58F1"/>
-[...107 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:nsid w:val="3D81319E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DBA35CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FEE509B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2DE64168"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42CB2065"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10223236"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E8016E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F1DE7470"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="484A0F94"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BCA24314"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E015209"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0EA59EE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3971,1057 +5909,1631 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...8 lines deleted...]
-      <w:pPr>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57AE7F5D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BE622D76"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...563 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7EA41BCB"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="68A66D77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="55065E30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1868835698">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C32142F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0574797C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F6C5A47"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="23E8D292"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72434F10"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9970EBB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7293504A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B75A9314"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76AB42BC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B290D9BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CD0167F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93CA5092"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EE9096C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="344EECAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1788616393">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="440564506">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1883058999">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1084061911">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="569081133">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1328168023">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="235290296">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1628009222">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1429042128">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="378481480">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="997075517">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1760708294">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1776553179">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1579631962">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1571386140">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="15" w16cid:durableId="1040742774">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="785392052">
+  <w:num w:numId="16" w16cid:durableId="1971476263">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="223099863">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1171022966">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1920094794">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="19" w16cid:durableId="1348946808">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1788616393">
+  <w:num w:numId="20" w16cid:durableId="183902400">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1753625594">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1534877234">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="279648269">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="212817181">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1140882492">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="973291339">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="97602512">
+  <w:num w:numId="27" w16cid:durableId="718280478">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="955254591">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="785973967">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1533110913">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1082216816">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1895316667">
-[...59 lines deleted...]
-  <w:num w:numId="27" w16cid:durableId="503281205">
+  <w:num w:numId="32" w16cid:durableId="262879152">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:numIdMacAtCleanup w:val="31"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00001962"/>
     <w:rsid w:val="00004F78"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016892"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00037A63"/>
+    <w:rsid w:val="000461E2"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="0006109E"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C3359"/>
     <w:rsid w:val="000D108D"/>
+    <w:rsid w:val="000D7196"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00126A08"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001759F7"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001836F3"/>
     <w:rsid w:val="0018522C"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A71A1"/>
     <w:rsid w:val="001B4FC6"/>
     <w:rsid w:val="001B64D9"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D769A"/>
     <w:rsid w:val="001F49B5"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00215EAE"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A4DFC"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B3FC5"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002D07C2"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00306AE4"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="0032066B"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330981"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034207C"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00357A5C"/>
     <w:rsid w:val="00357C27"/>
     <w:rsid w:val="00360E0D"/>
@@ -5037,296 +7549,312 @@
     <w:rsid w:val="003977F7"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00403BCD"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00443ED1"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00465918"/>
+    <w:rsid w:val="00467794"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00476DC9"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D56AA"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00513258"/>
     <w:rsid w:val="00514C56"/>
     <w:rsid w:val="00525429"/>
     <w:rsid w:val="00525942"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00534FF5"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="005601B9"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CA7"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00573849"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0059053A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C18BA"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D1A45"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E5A33"/>
+    <w:rsid w:val="005F726F"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00621EBC"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00631966"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00653B24"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00683DA7"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A5614"/>
     <w:rsid w:val="006A5D8B"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F0DC2"/>
     <w:rsid w:val="006F394F"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0071429B"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00740042"/>
     <w:rsid w:val="00747228"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00760CDD"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="007776CD"/>
+    <w:rsid w:val="00777EA2"/>
     <w:rsid w:val="007815EC"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="0079127B"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C3E6A"/>
     <w:rsid w:val="007C7A44"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E5506"/>
     <w:rsid w:val="007F0083"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00826A05"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00834DDF"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843770"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="0085281B"/>
     <w:rsid w:val="00855961"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087086B"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="008729DA"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008978D2"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A6933"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B743F"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008E0934"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009442BB"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0095686B"/>
     <w:rsid w:val="00960E9A"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00977785"/>
+    <w:rsid w:val="0099404F"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C5B6C"/>
     <w:rsid w:val="009C6F51"/>
     <w:rsid w:val="009D3CF2"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F567A"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A16DE0"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A33400"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41B63"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A571FA"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A764B5"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A83390"/>
     <w:rsid w:val="00A83D76"/>
     <w:rsid w:val="00A84266"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB5B2A"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD4C66"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B00158"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B4352E"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B57EAD"/>
     <w:rsid w:val="00B60855"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB04D4"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF5F75"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C52FBC"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
@@ -5370,114 +7898,121 @@
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA0368"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF3F75"/>
     <w:rsid w:val="00F0296B"/>
     <w:rsid w:val="00F0508C"/>
     <w:rsid w:val="00F1119B"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F445D3"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5520A"/>
+    <w:rsid w:val="00F67E69"/>
+    <w:rsid w:val="00F704C8"/>
     <w:rsid w:val="00F86E54"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC5D04"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE2A64"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0A152260"/>
     <w:rsid w:val="0C305AF0"/>
     <w:rsid w:val="141242F6"/>
+    <w:rsid w:val="16FDE5DA"/>
     <w:rsid w:val="187290B8"/>
+    <w:rsid w:val="576C5D07"/>
     <w:rsid w:val="5967B4EE"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{3A684E86-EA87-47AB-B562-A5580E6C5040}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6230,51 +8765,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -6384,51 +8919,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -7672,51 +10207,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="15"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -7947,55 +10482,60 @@
     <w:rsid w:val="00F86E54"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004D56AA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004D56AA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004D56AA"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw121943739">
+    <w:name w:val="scxw121943739"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="008E0934"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8144,69 +10684,678 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1684554417">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1828015279">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="697042991">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1129937405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="527842151">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="166987313">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="232281833">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1650279405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="10953818">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="439840689">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1886679729">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="229459673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="750390735">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1188912706">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="892350498">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="464809334">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="777600384">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1579755601">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1538350415">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1597397947">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1845197573">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1269895949">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="813987888">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1539078338">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1619145668">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="185482716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1118141715">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="269094937">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="453209901">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="828910883">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="776407159">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="277878963">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1572159001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1538662990">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="105201508">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1565992224">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="76172749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1464810721">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1728524937">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2136750166">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1455371898">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="950430351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1679115408">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="538081978">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="199905237">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="950824539">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="844976860">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1822040338">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="992560671">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="778063115">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1209951892">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2108235862">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-23/SURROGATE/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-82/SURROGATE/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20-%20Uddevalla%20sjukhus.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-82/surrogate/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20-%20Uddevalla%20sjukhus.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-40/surrogate/Beredning%20av%20Xofigo%2c%20Uddevalla.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-59/SURROGATE/Kontroll%20av%20tryckskillnader%20-%20Uddevalla.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-9/surrogate/Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-20/surrogate/Administrering%20och%20dokumentering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioak" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/styrdokument/medicinska-styrdokument/medicinsk-diagnostik/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-73/surrogate/S%c3%b6nderfallstabell%2099mTc.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-8/SURROGATE/Blankett%20Dispensering%20av%20radiofarmaka-2.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-81/surrogate/Slussning%20av%20all%20personal%20till%20beredningsrum%20%e2%80%93%20Uddevalla.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-8/SURROGATE/Blankett%20Dispensering%20av%20radiofarmaka-2.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-30/SURROGATE/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-30/SURROGATE/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-23/SURROGATE/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-59/SURROGATE/Kontroll%20av%20tryckskillnader%20-%20Uddevalla.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-81/surrogate/Slussning%20av%20all%20personal%20till%20beredningsrum%20%e2%80%93%20Uddevalla.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/styrdokument/rutiner-och-riktlinjer-vardverksamhet/medicinsk-diagnostik/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-40/surrogate/Beredning%20av%20Xofigo%2c%20Uddevalla.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-82/SURROGATE/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20-%20Uddevalla%20sjukhus.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-82/surrogate/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20-%20Uddevalla%20sjukhus.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioak" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8502,61 +11651,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>640</Words>
-  <Characters>10028</Characters>
+  <Words>1421</Words>
+  <Characters>7533</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10647</CharactersWithSpaces>
+  <CharactersWithSpaces>8937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="156" baseType="variant">
       <vt:variant>
         <vt:i4>2490416</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>75</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett Kontaminationskontroll.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490416</vt:i4>
       </vt:variant>
@@ -8999,31 +12148,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-59/SURROGATE/Kontroll av tryckskillnader - Uddevalla.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsordning för arbete i beredningsrum - Uddevalla sjukhus</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>85</revision>
+  <revision>108</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>