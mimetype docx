--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -101,106 +101,116 @@
       <w:r>
         <w:t xml:space="preserve"> verksamhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607CBF58" w14:textId="73CC1AA5" w:rsidR="008E18E0" w:rsidRDefault="00FF29BB" w:rsidP="00EF5513">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidR="008E18E0" w:rsidRPr="003C0244">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7B39AB" w14:textId="6D0D355F" w:rsidR="008E18E0" w:rsidRDefault="00B73761" w:rsidP="00EF5513">
+    <w:p w14:paraId="665B4AEB" w14:textId="6B682B25" w:rsidR="00B73761" w:rsidRDefault="00B73761" w:rsidP="00EF5513">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ändrat tiden för arkivering </w:t>
+        <w:t xml:space="preserve">Lagt till </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="002458FA">
+        <w:t>rubrik om fysisk förvaringsplats för arkiv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665B4AEB" w14:textId="0E26A105" w:rsidR="00B73761" w:rsidRDefault="00B73761" w:rsidP="00EF5513">
+    <w:p w14:paraId="03128D6F" w14:textId="77777777" w:rsidR="002458FA" w:rsidRDefault="002458FA" w:rsidP="002458FA">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD90320" w14:textId="2C92F56D" w:rsidR="002458FA" w:rsidRDefault="009D37A6" w:rsidP="009D37A6">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D37A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Fysisk förvaringsplats för arkiv</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DF7FB5" w14:textId="08A78EAD" w:rsidR="009D37A6" w:rsidRPr="001A1A2D" w:rsidRDefault="001A1A2D" w:rsidP="009D37A6">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A1A2D">
+        <w:t>Arkivering</w:t>
+      </w:r>
       <w:r>
-        <w:t>Lagt till ordet ”</w:t>
+        <w:t xml:space="preserve"> på fysisk plats sker på Klinisk </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>Loggblad</w:t>
+      <w:r w:rsidR="004513B7">
+        <w:t>f</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-        <w:t>” vid åtgärdsplan.</w:t>
+      <w:r>
+        <w:t>ysiologi NÄL</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6003">
+        <w:t xml:space="preserve"> för båda verksamheterna på NÄL och Uddevalla. Sektionsledare ansvarar för att fysiska dokument flyttas var 3:e månad till säkerhetsskåp för arkivering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44CC4E00" w14:textId="77777777" w:rsidR="00EF5513" w:rsidRPr="005D3EC1" w:rsidRDefault="00EF5513" w:rsidP="00EF5513">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9496" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -525,94 +535,87 @@
             <w:pPr>
               <w:ind w:left="0" w:right="46"/>
             </w:pPr>
             <w:r>
               <w:t>3 år efter avslutad tjänst.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE1F044" w14:textId="77777777" w:rsidR="008E18E0" w:rsidRPr="00A97FD9" w:rsidRDefault="008E18E0" w:rsidP="00EF5513">
             <w:pPr>
               <w:ind w:left="0" w:right="46"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Säkerhetsskåp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1ACACD7D" w14:textId="4ADB5F47" w:rsidR="00223FCE" w:rsidRDefault="00223FCE" w:rsidP="00EF5513">
-[...4 lines deleted...]
-    <w:p w14:paraId="5CE2FAA3" w14:textId="77777777" w:rsidR="00223FCE" w:rsidRDefault="00223FCE" w:rsidP="00EF5513">
+    <w:p w14:paraId="5CE2FAA3" w14:textId="36D2FEC0" w:rsidR="00223FCE" w:rsidRDefault="00223FCE" w:rsidP="00EF5513">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="375"/>
         <w:tblW w:w="9496" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="2505"/>
         <w:gridCol w:w="3447"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EF5513" w14:paraId="323A958A" w14:textId="77777777" w:rsidTr="00EF5513">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FC0992C" w14:textId="77777777" w:rsidR="00EF5513" w:rsidRDefault="00EF5513" w:rsidP="00EF5513">
             <w:pPr>
               <w:ind w:left="0" w:right="46"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Läkemedelsverkets inspektionsrapport/protokoll och svar på (åtgärdsplan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2505" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AC13282" w14:textId="77777777" w:rsidR="00EF5513" w:rsidRDefault="00EF5513" w:rsidP="00EF5513">
             <w:pPr>
               <w:ind w:left="0" w:right="46"/>
             </w:pPr>
             <w:r>
               <w:t>Bevaras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00BB7315" w14:textId="77777777" w:rsidR="00EF5513" w:rsidRDefault="00EF5513" w:rsidP="00EF5513">
             <w:pPr>
@@ -1102,65 +1105,65 @@
     </w:p>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00EF5513">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00EF5513">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="415C053F" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
+    <w:p w14:paraId="4396C985" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D70B445" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
+    <w:p w14:paraId="3100CBD9" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="23BB5E56" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
+    <w:p w14:paraId="38CC9B69" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1410,61 +1413,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="163BA5BB" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663"/>
+    <w:p w14:paraId="7015DFEB" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F6D5403" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
+    <w:p w14:paraId="29DC9F88" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7789F33E" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
+    <w:p w14:paraId="4105DC6B" w14:textId="77777777" w:rsidR="00A91663" w:rsidRDefault="00A91663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -3967,51 +3970,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="383405223">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1210730270">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1882479241">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1171019601">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1628658891">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="612712231">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -4038,85 +4041,88 @@
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D5AC0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F0DBF"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F6003"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00173043"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1A2D"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E28B3"/>
     <w:rsid w:val="001F2642"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00223FCE"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="002458FA"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00267E52"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B6A15"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
@@ -4129,61 +4135,63 @@
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00355884"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E6917"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00406DE0"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="004513B7"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00483D85"/>
     <w:rsid w:val="00487575"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D4163"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00534345"/>
@@ -4245,99 +4253,103 @@
     <w:rsid w:val="00700D57"/>
     <w:rsid w:val="00706C14"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765007"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00772BEE"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E117F"/>
     <w:rsid w:val="007E2D08"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00882F7D"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B3B7A"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E18E0"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00941907"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00946DD8"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="009704A5"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098318E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009D37A6"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E3F2A"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A03A05"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A1127B"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
@@ -4445,72 +4457,75 @@
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E73C83"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC312D"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC5F15"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF5513"/>
+    <w:rsid w:val="00EF7581"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F65BFE"/>
+    <w:rsid w:val="00F868AC"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD2592"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE04FA"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF1696"/>
     <w:rsid w:val="00FF29BB"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="60EB4189"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
@@ -7333,71 +7348,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>227</Words>
-  <Characters>1826</Characters>
+  <Words>255</Words>
+  <Characters>1939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2049</CharactersWithSpaces>
+  <CharactersWithSpaces>2190</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arkiveringstider</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>53</revision>
+  <revision>60</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>