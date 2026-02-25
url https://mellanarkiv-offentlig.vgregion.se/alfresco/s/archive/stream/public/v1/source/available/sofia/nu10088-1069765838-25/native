--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,2895 +6,2705 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2687C557" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="18FF7818" w14:textId="77777777" w:rsidR="00963F13" w:rsidRPr="00963F13" w:rsidRDefault="00963F13" w:rsidP="00963F13">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00963F13" w:rsidRPr="00963F13" w:rsidSect="009C6C43">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31083A82" w14:textId="7B388540" w:rsidR="009C6C43" w:rsidRPr="00B5299E" w:rsidRDefault="00257E19" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc157694322"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00B5299E">
         <w:t>Arbetsprov – Metodbeskrivning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="-245954181"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="0691F6F7" w14:textId="35E9C7D9" w:rsidR="00257E19" w:rsidRDefault="00257E19" w:rsidP="00257E19">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0"/>
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="1BEB7EB6" w14:textId="77777777" w:rsidR="007239A4" w:rsidRPr="007239A4" w:rsidRDefault="007239A4" w:rsidP="00257E19">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0"/>
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="36C13A24" w14:textId="33232987" w:rsidR="007239A4" w:rsidRDefault="00257E19">
-[...88 lines deleted...]
-        <w:p w14:paraId="2DE05590" w14:textId="1084365D" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="0A6D2657" w14:textId="5A28322F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694323" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "2-4" \h \z </w:instrText>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc220918163" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Förändringar sedan föregående version</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694323 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918163 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="123F5107" w14:textId="49121170" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="18647D4C" w14:textId="2DC8A9FF" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694324" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918164" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inledning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694324 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918164 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2214399C" w14:textId="4059B7F5" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="62278E18" w14:textId="3AD16F5F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694325" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918165" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694325 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918165 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CF2D4C2" w14:textId="20798D68" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="2283257B" w14:textId="14AFF4DE" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694326" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918166" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Diagnostik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694326 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918166 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AD9146F" w14:textId="1773E760" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="1C41B5B4" w14:textId="7DC875D7" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694327" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918167" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Prognostik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694327 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918167 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44F1A6D6" w14:textId="4E6D239B" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="1FE481F3" w14:textId="3933E48F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694328" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918168" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Övrigt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694328 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918168 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="059A48A5" w14:textId="18CC5E87" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="1C5A0CAA" w14:textId="5F91A4B4" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694329" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918169" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Kontraindikationer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694329 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918169 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AE1A0CF" w14:textId="55FEFBB6" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="45A490E0" w14:textId="4FDF567D" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694330" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918170" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Absoluta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694330 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918170 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0CE2E7E4" w14:textId="778D56EA" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="5556C747" w14:textId="6AC4F60E" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694331" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918171" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Relativa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694331 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918171 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="77E6BC43" w14:textId="7BE6FA9F" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="7D27C9D4" w14:textId="72B3047A" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694332" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918172" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Avbrottskriterier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694332 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918172 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69D15D82" w14:textId="45941219" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="7A76BE73" w14:textId="4B8E366F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694333" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918173" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utrustning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694333 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918173 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1FFD3825" w14:textId="4808A142" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="38754C78" w14:textId="6F7B31A5" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694334" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918174" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Förbrukningsmaterial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694334 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918174 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="505F96D7" w14:textId="606506FB" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="070379D4" w14:textId="16F0FA2A" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694335" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918175" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Funktionskontroll/kalibrering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694335 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918175 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E2AA72B" w14:textId="3DAF1098" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="2B657283" w14:textId="37C288DA" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694336" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918176" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Patientförberedelser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694336 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918176 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="455C207F" w14:textId="5FA86CEB" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="6DE6E3C7" w14:textId="1B631978" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694337" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918177" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Patientinformation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694337 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918177 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A5775FC" w14:textId="2911E240" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="4DBD417A" w14:textId="56194533" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694338" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918178" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Remittentinformation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694338 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918178 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08563A30" w14:textId="53D9D174" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="7085CCA5" w14:textId="3A2B2DC2" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694339" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918179" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694339 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918179 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F02FDCE" w14:textId="096F7243" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="5808C249" w14:textId="52471CEA" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694340" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918180" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Undersökningsprocedur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694340 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918180 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60CFB4C8" w14:textId="0DC8C9E4" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="63125D88" w14:textId="17E61C95" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694341" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918181" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Inför undersökning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694341 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918181 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B573AB2" w14:textId="74212FE5" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="529B23A4" w14:textId="34E92B5A" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694342" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918182" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Undersökningens utförande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694342 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918182 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C737090" w14:textId="4019082E" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="24B3205F" w14:textId="1F48B177" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694343" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918183" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rengöring</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694343 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918183 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73B24377" w14:textId="25CF23DF" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="06EDB588" w14:textId="47D04B2F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694344" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918184" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mellan varje patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694344 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918184 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18D30F83" w14:textId="0F716FB2" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="6859CDCA" w14:textId="04035B7F" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694345" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918185" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>En gång per dag</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694345 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918185 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7406E1FD" w14:textId="7F2AAEB0" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="58389EBD" w14:textId="2E535C55" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694346" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918186" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>En gång per vecka</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694346 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918186 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4718991A" w14:textId="7DF1D0E3" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="0F2EA921" w14:textId="4D9E63F2" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694347" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918187" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referensvärden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694347 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918187 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15B64D65" w14:textId="0F5ED486" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="0C1B231E" w14:textId="06A1E0AE" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694348" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918188" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Felkällor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694348 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918188 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DC3D218" w14:textId="149E00F4" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="081EFE5C" w14:textId="13E89F48" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694349" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918189" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utlåtande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694349 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918189 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2C5F9140" w14:textId="25CEBA06" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="2810B556" w14:textId="7006CFBA" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694350" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918190" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694350 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918190 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6954165F" w14:textId="0C2612E6" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="24097AA3" w14:textId="75775CA0" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694351" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918191" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bilagor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694351 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918191 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59EB1759" w14:textId="113C0900" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="1AB28341" w14:textId="6FD1F282" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694352" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918192" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Borgskala för bröstsmärta, ansträngningsgrad och andfåddhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694352 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918192 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2AEB8D32" w14:textId="64834191" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="4D620564" w14:textId="1EE41EC8" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694353" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918193" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Pulsoximetri</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694353 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918193 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2994852B" w14:textId="6BB02FBB" w:rsidR="007239A4" w:rsidRDefault="007239A4">
+        <w:p w14:paraId="4475B0AF" w14:textId="6104DE5A" w:rsidR="00DA7130" w:rsidRDefault="00DA7130">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc157694354" w:history="1">
-            <w:r w:rsidRPr="00F82EA5">
+          <w:hyperlink w:anchor="_Toc220918194" w:history="1">
+            <w:r w:rsidRPr="00526017">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Svarsmall</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc157694354 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220918194 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0559CB78" w14:textId="41C57978" w:rsidR="00257E19" w:rsidRPr="009C6C43" w:rsidRDefault="00257E19" w:rsidP="00257E19">
+        <w:p w14:paraId="0559CB78" w14:textId="7207FDDE" w:rsidR="00257E19" w:rsidRPr="009C6C43" w:rsidRDefault="00DA7130" w:rsidP="00257E19">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009C6C43">
+          <w:r>
             <w:rPr>
-              <w:b/>
-              <w:bCs/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="60DF5CB0" w14:textId="77777777" w:rsidR="00257E19" w:rsidRPr="009C6C43" w:rsidRDefault="00257E19" w:rsidP="00257E19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FD30CF4" w14:textId="77777777" w:rsidR="00257E19" w:rsidRPr="00257E19" w:rsidRDefault="00257E19" w:rsidP="00257E19">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23B95097" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc473720101"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc473720258"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc473720101"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc473720258"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Metodgrupp: Lina Gustafsson (biomedicinsk analytiker) och Martin Holgersson (läkare).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17556FA6" w14:textId="2A4668DB" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="00B5299E" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc157694323"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc220918163"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="43A8EF06" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="43A8EF06" w14:textId="4E69A6B5" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="000F44E9" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C6C43">
-[...3 lines deleted...]
-        <w:t>Större delar av metodbeskrivningen har uppdaterats.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inga förändringar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E68A1A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc256000068"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc157694324"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc256000068"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc256000002"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc38464156"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc53665192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc62742004"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220918164"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Inledning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="214CE7E1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arbetsprov på ergometercykel är en klassisk, klinisk fysiologisk undersökningsmetod. Ursprunget till metoden kommer från arbete av den danska fysiologen August Krogh under första delen av 1900-talet. Krogh och medarbetare konstruerade en robust och pålitlig, elektriskt bromsad, cykelergometer som kunde användas i samband med mätning av syreupptagning under arbete. Under ledning av Erik </w:t>
-[...41 lines deleted...]
-        <w:t>-maximalt test på ett tillförlitligt sätt kunna beräkna den maximala syreupptagningen.</w:t>
+        <w:t>Arbetsprov på ergometercykel är en klassisk, klinisk fysiologisk undersökningsmetod. Ursprunget till metoden kommer från arbete av den danska fysiologen August Krogh under första delen av 1900-talet. Krogh och medarbetare konstruerade en robust och pålitlig, elektriskt bromsad, cykelergometer som kunde användas i samband med mätning av syreupptagning under arbete. Under ledning av Erik Hohwu-Christensen, som varit elev hos Krogh i Köpenhamn, fortsatte arbetet på Gymnastik- och idrottshögskolan i Stockholm. Per-Olof Åstrand utvecklade här tillsammans med laborator doktor W von Döbeln originalet till Monarks mekaniskt bromsade ergometercykel. Tillsammans med sin blivande hustru Irma utvecklades samtidigt metoden att via ett sub-maximalt test på ett tillförlitligt sätt kunna beräkna den maximala syreupptagningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6873D0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parallellt med detta arbete utvecklades under ledning av Torgny Sjöstrand det medicinska arbetsprovet med samtidig registrering av EKG på det nystartade fysiologiska laboratoriet på Karolinska Sjukhuset. Under åren har provet utvecklats vidare med bland annat psykolog Gunnar Borgs skattningsskalor och samtidig mätning av blodtryck.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="282FBA92" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A153BDE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc256000069"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="13" w:name="_Toc256000069"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc256000036"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc256000003"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc473720259"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc473720102"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc38464157"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc53665193"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc62742005"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc220918165"/>
+      <w:r w:rsidRPr="009C6C43">
         <w:t>Indikationer</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="2BA6A2C5" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc256000070"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc157694326"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc256000004"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc38464158"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc53665194"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc62742006"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc220918166"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Diagnostik</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="32BF215B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Utredning av bröstsmärta/misstänkt stabil kranskärlssjukdom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696F65F7" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
-        <w:t xml:space="preserve">Utredning av </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Utredning av dyspné</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71A7A0A0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Utredning vid misstanke om arbetsprovocerad arytmi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CA098B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
@@ -2902,72 +2712,70 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Utredning vid upplevd nedsatt prestationsförmåga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FDCF73B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc256000071"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc256000071"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc256000005"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc38464159"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc53665195"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc62742007"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc220918167"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prognostik</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="36"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6B057530" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Utredning efter genomgången hjärtinfarkt eller peri-/myokardit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6D9BB6" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
@@ -3006,60 +2814,52 @@
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Efter hjärttransplantation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="380D30F8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
-        <w:t xml:space="preserve">Utvärdering av </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Utvärdering av klaffvitier</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6D1C64A5" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Perifer kärlsjukdom (framför allt nedre extremitet)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754E03E0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
@@ -3067,209 +2867,187 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:color w:val="191919"/>
         </w:rPr>
         <w:t>Inför planerad behandling, kirurgisk eller medicinsk, exempelvis tumörkirurgi för att bedöma patientens funktionsstatus eller inför insättning av läkemedel som kan påverka hjärtfunktionen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF7A4FB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc256000072"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="43" w:name="_Toc157694328"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc256000039"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc38464160"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc53665196"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc62742008"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc220918168"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Övrigt</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
-      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="53810DB8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Försäkrings- och intygsfrågor, exempelvis screening av individer med vissa yrken med krav på regelbundna kontroller (brandmän, piloter, mastarbetare </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">Försäkrings- och intygsfrågor, exempelvis screening av individer med vissa yrken med krav på regelbundna kontroller (brandmän, piloter, mastarbetare etc.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F83233" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kontroll av pacemaker</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04AA86A7" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc256000073"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc157694329"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc256000040"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc473720260"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc473720103"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc38464161"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc53665197"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc62742009"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc220918169"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Kontraindikationer</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="1CFC6A05" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc256000074"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="_Toc157694330"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc256000008"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc38464162"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc53665198"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc62742010"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc220918170"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Absoluta</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
-      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="1A7C01E2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anamnes eller nytillkomna EKG- förändringar som inger misstanke om pågående </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Anamnes eller nytillkomna EKG- förändringar som inger misstanke om pågående myokardprocess</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2260FA31" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Klinisk misstanke om instabil angina pectoris</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D6B0163" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
@@ -3339,127 +3117,91 @@
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Akut lungemboli eller lunginfarkt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D00684" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3196ECA4" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc256000075"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="66" w:name="_Toc157694331"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc38464163"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc53665199"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc62742011"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc220918171"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Relativa</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
-      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="06011EA2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kraftigt förhöjt viloblodtryck: </w:t>
-[...36 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kraftigt förhöjt viloblodtryck: systoliskt &gt; 230 mmHg eller diastoliskt &gt; 120 mmHg</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7400D22A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nyligen genomgången hjärtinfarkt eller myokardit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E8B80A1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
@@ -3548,112 +3290,97 @@
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Språk- eller kommunikationsproblem som omöjliggör säker dialog utan närvarande tolk eller förmedlare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A202AA0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc256000076"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="66" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000010"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc38464164"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc53665200"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc62742012"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc220918172"/>
+      <w:r w:rsidRPr="009C6C43">
         <w:t>Avbrottskriterier</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
-      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="1F1018BD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Blodtrycksfall (</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B3"/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15 </w:t>
-[...13 lines deleted...]
-        <w:t>) och ihållande ventrikeltakykardi är indikation för omedelbart avbrytande av arbetsprovet. I övriga fall tillkallas läkare.</w:t>
+        <w:t xml:space="preserve"> 15 mmHg) och ihållande ventrikeltakykardi är indikation för omedelbart avbrytande av arbetsprovet. I övriga fall tillkallas läkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4791D19E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="402374C3" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3814,139 +3541,103 @@
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Blodtrycksfall </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B3"/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> vid en mätning eller </w:t>
+        <w:t xml:space="preserve"> 15 mmHg vid en mätning eller </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B3"/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> vid upprepande mätningar</w:t>
+        <w:t xml:space="preserve"> 10 mmHg vid upprepande mätningar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFD3349" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Systoliskt blodtryck </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B3"/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 280 </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 280 mmHg</w:t>
+      </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA543DE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
@@ -3981,79 +3672,51 @@
         <w:t>Påtaglig hjärtfrekvenssänkning, till exempel AV- block III eller ihållande AV- block II</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D3E5F0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tillkomst av </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> 200 slag/minut</w:t>
+        <w:t>Tillkomst av supraventrikulär takykardi med hjärtfrekvens &gt; 200 slag/minut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04290DA5" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ventrikeltakykardi definierad som </w:t>
@@ -4115,371 +3778,252 @@
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ST-sänkning </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B3"/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4 mm (vid 10mm/</w:t>
-[...13 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> 4 mm (vid 10mm/mV)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73894D2A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tillkomst av </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> i avledningar med dominerande R- våg</w:t>
+        <w:t>Tillkomst av ST- höjning i avledningar med dominerande R- våg</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75622D9B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Erfaren läkare kan modifiera avbrottskriterierna i enskilda fall.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527C7C22" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Toc256000077"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="82" w:name="_Toc157694333"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000044"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc473720261"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc473720104"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc38464165"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc53665201"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc62742013"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc220918173"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Utrustning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
-      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="0CB302B1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arbetsprovstation: CARDIOLEX EC </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Arbetsprovstation: CARDIOLEX EC Sence</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4A7AE7B6" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Laserskrivare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68181FC9" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cykel: </w:t>
-[...41 lines deleted...]
-        <w:t>, Monark 939 E</w:t>
+        <w:t>Cykel: Lode Corrival/cpet, Monark 939 E</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008846BA" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sugelektrodsystem: Quickels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070E05D8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Dopplerutrustning</w:t>
-[...39 lines deleted...]
-        <w:t>/ Parks Medical Electronics Model 841 - A</w:t>
+        <w:t>Dopplerutrustning: Hadeco Minidop/ Parks Medical Electronics Model 841 - A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4002F2C1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Blodtrycksmanschett</w:t>
@@ -4595,70 +4139,70 @@
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Defibrillator och akutväska ska finnas tillgänglig</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F5BC5D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc256000078"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="89" w:name="_Toc157694334"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc256000078"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc256000045"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc38464166"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc53665202"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc62742014"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc220918174"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Förbrukningsmaterial</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
-      <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="08483912" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kompresser</w:t>
       </w:r>
     </w:p>
@@ -4709,65 +4253,51 @@
         </w:rPr>
         <w:t>Rakhyvel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5AD7A2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 volym %), nedan benämnd </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 volym %), nedan benämnd ytdesinfektion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270F43DC" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tejp</w:t>
       </w:r>
@@ -4791,59 +4321,56 @@
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gel till dopplergivare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E62DEE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009C6C43">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Elektrodfilter</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="667CD428" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nitrospray</w:t>
       </w:r>
     </w:p>
@@ -4854,302 +4381,272 @@
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="3261"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Papper till skrivare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D24B0AC" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc256000079"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="99" w:name="_Toc157694335"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc256000079"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc256000046"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc495496651"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc473720263"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc473720106"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc38464167"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc53665203"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc62742015"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc220918175"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Funktionskontroll/kalibrering</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
-      <w:bookmarkEnd w:id="99"/>
     </w:p>
     <w:p w14:paraId="539A7D5E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Årlig genomgång och teknisk säkerhetskontroll enligt servicehandbok ska genomföras och dokumenteras enligt nedan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C8528B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="142"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9608" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3113"/>
         <w:gridCol w:w="3292"/>
         <w:gridCol w:w="3203"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66CBA946" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66CBA946" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68137EB4" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utrustning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF0A1EC" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
                 <w:tab w:val="left" w:pos="1631"/>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="100" w:name="_Toc38464168"/>
+            <w:bookmarkStart w:id="99" w:name="_Toc38464168"/>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Utförs av</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="100"/>
+            <w:bookmarkEnd w:id="99"/>
           </w:p>
           <w:p w14:paraId="0080AF1C" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63CA6683" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="0" w:hanging="142"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7F60C288" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7F60C288" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E29C722" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cykel/styrenhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13C941FD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
                 <w:tab w:val="left" w:pos="650"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lode</w:t>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lode Corrival/cpet</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AF54A33" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="0" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F2C3E5A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="0" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7ACA5B80" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7ACA5B80" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E13D251" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Blodtrycksmätare</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19785175" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
@@ -5181,51 +4678,51 @@
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3705F665" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="0" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66211AB6" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66211AB6" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40254366" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsprovstation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70976A4E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
@@ -5252,51 +4749,51 @@
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63664991" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="1AD9B2B7" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="1AD9B2B7" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F0AAC8F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sugelektrodsystem</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="778AA7C3" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
@@ -5323,51 +4820,51 @@
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F2BB55F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="21049E3A" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="21049E3A" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CA9C89C" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dopplerapparat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0881D002" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
@@ -5394,51 +4891,51 @@
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3203" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10D6F1BD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7F2005E1" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="7F2005E1" w14:textId="77777777" w:rsidTr="00155002">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3113" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4936E43F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Defibrillator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5487,268 +4984,232 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Manualer för arbetsprovstationen och cyklar ska förvaras på respektive undersöknings</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>rum på särskilt uppmärkt hylla.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FFEDAD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc256000080"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="109" w:name="_Toc157694336"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc256000080"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc256000047"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc473720264"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc473720107"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc38464169"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc53665204"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc62742016"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc220918176"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Patientförberedelser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
-      <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:p w14:paraId="0A4DC4A4" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc256000081"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="112" w:name="_Toc256000015"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc256000081"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc256000048"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc256000015"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc220918177"/>
       <w:bookmarkStart w:id="113" w:name="_Toc473720265"/>
       <w:bookmarkStart w:id="114" w:name="_Toc473720108"/>
       <w:bookmarkStart w:id="115" w:name="_Toc38464170"/>
       <w:bookmarkStart w:id="116" w:name="_Toc53665205"/>
       <w:bookmarkStart w:id="117" w:name="_Toc62742017"/>
-      <w:bookmarkStart w:id="118" w:name="_Toc157694337"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Patientinformation</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
-      <w:bookmarkEnd w:id="118"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
     </w:p>
-    <w:p w14:paraId="647D834B" w14:textId="4CBE8F83" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="00607712" w:rsidP="009C6C43">
+    <w:p w14:paraId="647D834B" w14:textId="4CBE8F83" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+        <w:r w:rsidRPr="009C6C43">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>Undersökning –</w:t>
-[...17 lines deleted...]
-          <w:t>Patientinformation</w:t>
+          <w:t>Undersökning – Patientinformation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+      <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E22CB88" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="119" w:name="_Toc256000082"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="127" w:name="_Toc157694338"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc256000082"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc256000049"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc256000016"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc473720266"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc473720109"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc38464171"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc53665206"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc62742018"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc220918178"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Remittentinformation</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
-      <w:bookmarkEnd w:id="127"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="57E700D6" w14:textId="769223FE" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="00607712" w:rsidP="009C6C43">
+    </w:p>
+    <w:p w14:paraId="57E700D6" w14:textId="769223FE" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+        <w:r w:rsidRPr="009C6C43">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>Undersökning – Remitt</w:t>
-[...17 lines deleted...]
-          <w:t>ntinformation</w:t>
+          <w:t>Undersökning – Remittentinformation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+      <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3924F1B8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="128" w:name="_Toc256000083"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="134" w:name="_Toc157694339"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc256000083"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc256000050"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc256000017"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc38464172"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc53665207"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc62742019"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc220918179"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Patient</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
-      <w:bookmarkEnd w:id="134"/>
     </w:p>
     <w:p w14:paraId="5959E8AC" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Får äta och dricka som vanligt, </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:sz w:val="23"/>
@@ -5803,51 +5264,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avdelningsansvarig läkare kan avgöra om ordinerade mediciner ska tas undersökningsdagen eller inte. Rutinen är annars att patienten tar sina ordinerade mediciner som vanligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F0E518" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Poliklinisk patient:</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ska ta med lista på aktuella mediciner </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inneliggande patient:</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5911,100 +5371,100 @@
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inneliggande patient:</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avdelningen ska kontrollera att patienten är cykelkunnig och vid behov beställa tolk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC3AF60" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="135" w:name="_Toc473720267"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="143" w:name="_Toc157694340"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc473720267"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc473720110"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc38464173"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc53665208"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc62742020"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc256000084"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000018"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc220918180"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Undersökningsprocedur</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
-      <w:bookmarkEnd w:id="143"/>
     </w:p>
     <w:p w14:paraId="642BD734" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="144" w:name="_Toc256000085"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="150" w:name="_Toc157694341"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc256000019"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc38464174"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc53665209"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc62742021"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc220918181"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Inför undersökning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
-      <w:bookmarkEnd w:id="150"/>
     </w:p>
     <w:p w14:paraId="00EBE44C" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Slå på strömmen på arbetsprovstationen. Arbetsprovprogrammet startar automatiskt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A1FB7E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
@@ -6020,120 +5480,120 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Slå på strömmen på cykeln.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="053A0059" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="151" w:name="_Toc256000086"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="157" w:name="_Toc157694342"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc256000086"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc38464175"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc53665210"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc62742022"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc220918182"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Undersökningens utförande</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
-      <w:bookmarkEnd w:id="157"/>
     </w:p>
     <w:p w14:paraId="1D2C00D2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Kontrollera patientens identitet enligt rutin BFM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C282B64" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t xml:space="preserve">Fyll i aktuella uppgifter, bland annat mediciner, i patientadministrativt system enligt dokument ”Patientadministrativt system”. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C157085" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AC793C8" wp14:editId="457D3826">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AC793C8" wp14:editId="457D3826">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>676910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1780540" cy="285750"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1780540" cy="285750"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -6149,51 +5609,51 @@
                           <w:p w14:paraId="20F93261" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Redigera patientinfo (F2)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2AC793C8" id="Textruta 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.3pt;margin-top:2.1pt;width:140.2pt;height:22.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyqt2+kAEAABIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1PIzEMvSPxH6Lc6Uy7FMqoUw6LymUF&#10;SLA/IM0knUj5wg6d6b9fJ5SWZW8r5uBxYufZ79nL29FZtlOAJviWTyc1Z8rL0Bm/bfnvl/XFgjNM&#10;wnfCBq9avlfIb1fnZ8shNmoW+mA7BYxAPDZDbHmfUmyqCmWvnMBJiMpTUAdwItERtlUHYiB0Z6tZ&#10;XV9VQ4AuQpAKkW7v3oN8VfC1VjI9ao0qMdty6i0VC8Vusq1WS9FsQcTeyEMb4j+6cMJ4KnqEuhNJ&#10;sDcw/0A5IyFg0Gkig6uC1kaqwoHYTOsvbJ57EVXhQuJgPMqE3wcrH3bP8QlIhiFig+RmFqMGl//U&#10;HxuLWPujWGpMTNLl9HpRzy9JU0mx2WJ+PS9qVqfXETDdq+BYdloONIyikdj9wkQVKfUjJRfDYE23&#10;NtaWA2w3Py2wnaDBrcuXZ0VP/kqzng0tv/lxVRdkH/L79zzrM44qO3Cod6KYvTRuxgPvTej2T8AG&#10;2oOW4+ubAFWq5TQSvtQ9LEme7Ocz+Z9XefUHAAD//wMAUEsDBBQABgAIAAAAIQDpjjXH3QAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NToNAFIX3Jn2HyW3ixtihaBCQoTE2Ju5aqxt3A3MLpMwd&#10;ZKYF397rSpdfzsn5KTaz7cUFR985UrBeRSCQamc6ahR8vL/cpiB80GR07wgVfKOHTbm4KnRu3ERv&#10;eDmERnAI+VwraEMYcil93aLVfuUGJNaObrQ6MI6NNKOeONz2Mo6iRFrdETe0esDnFuvT4WwVZK4a&#10;ttv91zR/di4Nu5td1rwelbpezk+PIALO4c8Mv/N5OpS8qXJnMl70zFGSsFXBfQyC9bv0gb9VzFkM&#10;sizk/wPlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyqt2+kAEAABIDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpjjXH3QAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAOoDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA9AQAAAAA&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="2AC793C8" id="Textruta 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.3pt;margin-top:2.1pt;width:140.2pt;height:22.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyqt2+kAEAABIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1PIzEMvSPxH6Lc6Uy7FMqoUw6LymUF&#10;SLA/IM0knUj5wg6d6b9fJ5SWZW8r5uBxYufZ79nL29FZtlOAJviWTyc1Z8rL0Bm/bfnvl/XFgjNM&#10;wnfCBq9avlfIb1fnZ8shNmoW+mA7BYxAPDZDbHmfUmyqCmWvnMBJiMpTUAdwItERtlUHYiB0Z6tZ&#10;XV9VQ4AuQpAKkW7v3oN8VfC1VjI9ao0qMdty6i0VC8Vusq1WS9FsQcTeyEMb4j+6cMJ4KnqEuhNJ&#10;sDcw/0A5IyFg0Gkig6uC1kaqwoHYTOsvbJ57EVXhQuJgPMqE3wcrH3bP8QlIhiFig+RmFqMGl//U&#10;HxuLWPujWGpMTNLl9HpRzy9JU0mx2WJ+PS9qVqfXETDdq+BYdloONIyikdj9wkQVKfUjJRfDYE23&#10;NtaWA2w3Py2wnaDBrcuXZ0VP/kqzng0tv/lxVRdkH/L79zzrM44qO3Cod6KYvTRuxgPvTej2T8AG&#10;2oOW4+ubAFWq5TQSvtQ9LEme7Ocz+Z9XefUHAAD//wMAUEsDBBQABgAIAAAAIQDpjjXH3QAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NToNAFIX3Jn2HyW3ixtihaBCQoTE2Ju5aqxt3A3MLpMwd&#10;ZKYF397rSpdfzsn5KTaz7cUFR985UrBeRSCQamc6ahR8vL/cpiB80GR07wgVfKOHTbm4KnRu3ERv&#10;eDmERnAI+VwraEMYcil93aLVfuUGJNaObrQ6MI6NNKOeONz2Mo6iRFrdETe0esDnFuvT4WwVZK4a&#10;ttv91zR/di4Nu5td1rwelbpezk+PIALO4c8Mv/N5OpS8qXJnMl70zFGSsFXBfQyC9bv0gb9VzFkM&#10;sizk/wPlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAyqt2+kAEAABIDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpjjXH3QAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAOoDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA9AQAAAAA&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="20F93261" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Redigera patientinfo (F2)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="9525" distL="0" distR="9525" wp14:anchorId="6FDFD122" wp14:editId="7867028E">
@@ -6527,51 +5987,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73EA629B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13227232" wp14:editId="2B8397E5">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13227232" wp14:editId="2B8397E5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>845185</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>334645</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1433195" cy="287020"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="7" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1433195" cy="287020"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -6581,76 +6041,76 @@
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2D530BF4" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Om fullgod kvalitet.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="13227232" id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:66.55pt;margin-top:26.35pt;width:112.85pt;height:22.6pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATbdoKjAEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/ofxB0X+Qka9cacXpYkV2K&#10;rUDbH6DIUixAEgVRjZ1/X0pN06/bMB9okqIe+R61up68Y3ud0ELo+HzWcKaDgt6GXccfHzbfLznD&#10;LEMvHQTd8YNGfr0++7YaY6sXMIDrdWIEErAdY8eHnGMrBKpBe4kziDrQoYHkZaYw7USf5Ejo3olF&#10;01yIEVIfEyiNSNmbl0O+rvjGaJX/GoM6M9dxmi1Xm6rdFivWK9nukoyDVccx5D9M4aUN1PQEdSOz&#10;ZE/JfoHyViVAMHmmwAswxipdORCbefOJzf0go65cSByMJ5nw/8GqP/v7eJdIhjFii+QWFpNJvvxp&#10;PjZVsQ4nsfSUmaLk/MdyOb8650zR2eLyZ7Ooaoq32zFh/q3Bs+J0PNEyqkZyf4uZOlLpa0lphuBs&#10;v7HO1SDttr9cYntJi9vUr+yKrnwoc4GNHb9aXjQVOUC5/1LnQsHR9Q0c+71RLF6ethOzPTEpyCWz&#10;hf5QtRAlIsVrw+PrKCt9H5P//g2vnwEAAP//AwBQSwMEFAAGAAgAAAAhANDybxjfAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/Q+bMfFi7NKSWkCWxtiY9FatXrwt7BSI7Cxlt4X+&#10;e8eTHl/m5Zvv5ZvJduKCg28dKVjMIxBIlTMt1Qo+P14fEhA+aDK6c4QKruhhU8xucp0ZN9I7Xg6h&#10;Fgwhn2kFTQh9JqWvGrTaz12PxLejG6wOHIdamkGPDLedXEbRo7S6Jf7Q6B5fGqy+D2erIHVlv92+&#10;ncbpq3VJ2N/v03p3VOrudnp+AhFwCn9l+NVndSjYqXRnMl50nON4wVUFq+UaBBfiVcJbSqavU5BF&#10;Lv8vKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE23aCowBAAALAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0PJvGN8AAAAJAQAADwAAAAAA&#10;AAAAAAAAAADmAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPIEAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="13227232" id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:66.55pt;margin-top:26.35pt;width:112.85pt;height:22.6pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATbdoKjAEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/ofxB0X+Qka9cacXpYkV2K&#10;rUDbH6DIUixAEgVRjZ1/X0pN06/bMB9okqIe+R61up68Y3ud0ELo+HzWcKaDgt6GXccfHzbfLznD&#10;LEMvHQTd8YNGfr0++7YaY6sXMIDrdWIEErAdY8eHnGMrBKpBe4kziDrQoYHkZaYw7USf5Ejo3olF&#10;01yIEVIfEyiNSNmbl0O+rvjGaJX/GoM6M9dxmi1Xm6rdFivWK9nukoyDVccx5D9M4aUN1PQEdSOz&#10;ZE/JfoHyViVAMHmmwAswxipdORCbefOJzf0go65cSByMJ5nw/8GqP/v7eJdIhjFii+QWFpNJvvxp&#10;PjZVsQ4nsfSUmaLk/MdyOb8650zR2eLyZ7Ooaoq32zFh/q3Bs+J0PNEyqkZyf4uZOlLpa0lphuBs&#10;v7HO1SDttr9cYntJi9vUr+yKrnwoc4GNHb9aXjQVOUC5/1LnQsHR9Q0c+71RLF6ethOzPTEpyCWz&#10;hf5QtRAlIsVrw+PrKCt9H5P//g2vnwEAAP//AwBQSwMEFAAGAAgAAAAhANDybxjfAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/Q+bMfFi7NKSWkCWxtiY9FatXrwt7BSI7Cxlt4X+&#10;e8eTHl/m5Zvv5ZvJduKCg28dKVjMIxBIlTMt1Qo+P14fEhA+aDK6c4QKruhhU8xucp0ZN9I7Xg6h&#10;Fgwhn2kFTQh9JqWvGrTaz12PxLejG6wOHIdamkGPDLedXEbRo7S6Jf7Q6B5fGqy+D2erIHVlv92+&#10;ncbpq3VJ2N/v03p3VOrudnp+AhFwCn9l+NVndSjYqXRnMl50nON4wVUFq+UaBBfiVcJbSqavU5BF&#10;Lv8vKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE23aCowBAAALAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0PJvGN8AAAAJAQAADwAAAAAA&#10;AAAAAAAAAADmAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPIEAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2D530BF4" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Om fullgod kvalitet.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7266FAB7" wp14:editId="73AD261A">
+          <wp:anchor distT="0" distB="0" distL="0" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7266FAB7" wp14:editId="73AD261A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>333375</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="708660" cy="295275"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="15" name="Bildobjekt 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="297160232" name="Bildobjekt 21"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
@@ -6722,98 +6182,97 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>EKG sparas automatiskt.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15420250" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="6350" distL="0" distR="0" wp14:anchorId="549BBBBD" wp14:editId="757E2B15">
             <wp:extent cx="466725" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="16" name="Bildobjekt 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1159570242" name="Bildobjekt 22"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="466725" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0447B447" wp14:editId="4DDBADC8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0447B447" wp14:editId="4DDBADC8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-551180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>161925</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="641350" cy="357505"/>
                 <wp:effectExtent l="0" t="3175" r="0" b="635"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="12" name="Text Box 22"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="641350" cy="357505"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -6822,51 +6281,51 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="67C337A9" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0447B447" id="Text Box 22" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-43.4pt;margin-top:12.75pt;width:50.5pt;height:28.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsbZX7igEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvBfIPxC8x5SdOi0Ey0HRwL0E&#10;bYG0H0BTpEWAL+wylvz3XVKu47S3ojqs9sXhziw3D5N37KgBbQwdXy4aznRQsbfh0PGfP3a3HznD&#10;LEMvXQy64yeN/GF7824zplav4hBdr4ERSMB2TB0fck6tEKgG7SUuYtKBiiaCl5lCOIge5Ejo3olV&#10;09yLMUKfICqNSNnHuci3Fd8YrfI3Y1Bn5jpOs+Vqodp9sWK7ke0BZBqsOo8h/2EKL22gSy9QjzJL&#10;9gL2LyhvFUSMJi9U9CIaY5WuHIjNsvmDzfMgk65cSBxMF5nw/8Gqr8fn9B1IhjFhi+QWFpMBX/40&#10;H5uqWKeLWHrKTFHy/v3ybk2SKirdrT+sm3URU7weToD5i46eFafjQLuoEsnjE+a59XdLuQujs/3O&#10;OlcDOOw/O2BHSXvb1e+M/qbNhdIcYjk2I84ZXTd/vuaVWPHytJ+Y7Tu+KoAls4/9aaaN6dNLJrA6&#10;3XVJlIA2UPmdX0tZ8XVM/vWb3v4CAAD//wMAUEsDBBQABgAIAAAAIQAZ4MT13gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqcRLW7IpgICBw4cWvIBTrzEUWM7ip0m/D3u&#10;CY6jGc28yQ+L6dmFRt85i7BZJ8DINk51tkWovt5XApgP0irZO0sIP+ThUNze5DJTbrZHupxCy2KJ&#10;9ZlE0CEMGee+0WSkX7uBbPS+3WhkiHJsuRrlHMtNz9Mk2XEjOxsXtBzoVVNzPk0G4SzKumzm48u0&#10;nz/1215U5cdjhXh/tzw/AQu0hL8wXPEjOhSRqXaTVZ71CCuxi+gBId1ugV0DDymwGkFsBPAi5/8P&#10;FL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALG2V+4oBAAAbAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGeDE9d4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAO8EAAAAAA==&#10;" stroked="f">
+              <v:rect w14:anchorId="0447B447" id="Text Box 22" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-43.4pt;margin-top:12.75pt;width:50.5pt;height:28.15pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsbZX7igEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvBfIPxC8x5SdOi0Ey0HRwL0E&#10;bYG0H0BTpEWAL+wylvz3XVKu47S3ojqs9sXhziw3D5N37KgBbQwdXy4aznRQsbfh0PGfP3a3HznD&#10;LEMvXQy64yeN/GF7824zplav4hBdr4ERSMB2TB0fck6tEKgG7SUuYtKBiiaCl5lCOIge5Ejo3olV&#10;09yLMUKfICqNSNnHuci3Fd8YrfI3Y1Bn5jpOs+Vqodp9sWK7ke0BZBqsOo8h/2EKL22gSy9QjzJL&#10;9gL2LyhvFUSMJi9U9CIaY5WuHIjNsvmDzfMgk65cSBxMF5nw/8Gqr8fn9B1IhjFhi+QWFpMBX/40&#10;H5uqWKeLWHrKTFHy/v3ybk2SKirdrT+sm3URU7weToD5i46eFafjQLuoEsnjE+a59XdLuQujs/3O&#10;OlcDOOw/O2BHSXvb1e+M/qbNhdIcYjk2I84ZXTd/vuaVWPHytJ+Y7Tu+KoAls4/9aaaN6dNLJrA6&#10;3XVJlIA2UPmdX0tZ8XVM/vWb3v4CAAD//wMAUEsDBBQABgAIAAAAIQAZ4MT13gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqcRLW7IpgICBw4cWvIBTrzEUWM7ip0m/D3u&#10;CY6jGc28yQ+L6dmFRt85i7BZJ8DINk51tkWovt5XApgP0irZO0sIP+ThUNze5DJTbrZHupxCy2KJ&#10;9ZlE0CEMGee+0WSkX7uBbPS+3WhkiHJsuRrlHMtNz9Mk2XEjOxsXtBzoVVNzPk0G4SzKumzm48u0&#10;nz/1215U5cdjhXh/tzw/AQu0hL8wXPEjOhSRqXaTVZ71CCuxi+gBId1ugV0DDymwGkFsBPAi5/8P&#10;FL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALG2V+4oBAAAbAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGeDE9d4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAO8EAAAAAA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="67C337A9" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="205F7A20" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
@@ -6926,98 +6385,70 @@
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vid önskad POX-mätning, se bilaga.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79054A78" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gör patienten redo för cykling. Placera vid behov dopplergivare med gel över </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> och fäst med tejp. </w:t>
+        <w:t xml:space="preserve">Gör patienten redo för cykling. Placera vid behov dopplergivare med gel över arteria radialis och fäst med tejp. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B06CC1D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FA6AF03" wp14:editId="389512BB">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FA6AF03" wp14:editId="389512BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>805815</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>235585</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2191385" cy="305435"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="2" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2191385" cy="305435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -7027,51 +6458,51 @@
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="47F88420" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Starta arbetsprovet (F8).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7FA6AF03" id="_x0000_s1029" style="position:absolute;margin-left:63.45pt;margin-top:18.55pt;width:172.55pt;height:24.05pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKV26DigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6L3KSpWiNOD2sSC9F&#10;O6DbByiyFAuQRIFSY+fvSylZ2q23Yj7QJEU98j1qfTt5xw4ak4XQ8fms4UwHBb0N+47//rX9ds1Z&#10;yjL00kHQHT/qxG83X7+sx9jqBQzgeo2MQEJqx9jxIefYCpHUoL1MM4g60KEB9DJTiHvRoxwJ3Tux&#10;aJorMQL2EUHplCh7dzrkm4pvjFb5yZikM3Mdp9lytVjtrlixWct2jzIOVp3HkJ+YwksbqOkF6k5m&#10;yV7QfoDyViEkMHmmwAswxipdORCbefMPm+dBRl25kDgpXmRK/w9WPR6e408kGcaY2kRuYTEZ9OVP&#10;87GpinW8iKWnzBQlF/Ob+fJ6xZmis2Wz+r5cFTXF2+2IKd9r8Kw4HUdaRtVIHh5SPpX+KSnNEjjb&#10;b61zNcD97odDdpC0uG39zuh/lbnAxo7fLK+aihyg3D9Bu1BwdH0D535vFIuXp93EbE/DF+SS2UF/&#10;rFqIEpHilc75dZSVvo/Jf/+GN68AAAD//wMAUEsDBBQABgAIAAAAIQApKPBR3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzTTxYuxStC1QlsbYmHirrV68LewUiOwsstuC/97x&#10;pMeX+fLme/l2sp244OBbRwoW8wgEUuVMS7WC97fnuwSED5qM7hyhgm/0sC2ur3KdGTfSAS/HUAsu&#10;IZ9pBU0IfSalrxq02s9dj8S3kxusDhyHWppBj1xuOxlH0Upa3RJ/aHSPTw1Wn8ezVZC6st/tXr/G&#10;6aN1Sdjf7tP65aTUzWx63IAIOIU/GH71WR0KdirdmYwXHed4lTKq4H69AMHAwzrmcaWCZBmDLHL5&#10;f0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEpXboOKAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACko8FHfAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="7FA6AF03" id="_x0000_s1029" style="position:absolute;margin-left:63.45pt;margin-top:18.55pt;width:172.55pt;height:24.05pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKV26DigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6L3KSpWiNOD2sSC9F&#10;O6DbByiyFAuQRIFSY+fvSylZ2q23Yj7QJEU98j1qfTt5xw4ak4XQ8fms4UwHBb0N+47//rX9ds1Z&#10;yjL00kHQHT/qxG83X7+sx9jqBQzgeo2MQEJqx9jxIefYCpHUoL1MM4g60KEB9DJTiHvRoxwJ3Tux&#10;aJorMQL2EUHplCh7dzrkm4pvjFb5yZikM3Mdp9lytVjtrlixWct2jzIOVp3HkJ+YwksbqOkF6k5m&#10;yV7QfoDyViEkMHmmwAswxipdORCbefMPm+dBRl25kDgpXmRK/w9WPR6e408kGcaY2kRuYTEZ9OVP&#10;87GpinW8iKWnzBQlF/Ob+fJ6xZmis2Wz+r5cFTXF2+2IKd9r8Kw4HUdaRtVIHh5SPpX+KSnNEjjb&#10;b61zNcD97odDdpC0uG39zuh/lbnAxo7fLK+aihyg3D9Bu1BwdH0D535vFIuXp93EbE/DF+SS2UF/&#10;rFqIEpHilc75dZSVvo/Jf/+GN68AAAD//wMAUEsDBBQABgAIAAAAIQApKPBR3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzTTxYuxStC1QlsbYmHirrV68LewUiOwsstuC/97x&#10;pMeX+fLme/l2sp244OBbRwoW8wgEUuVMS7WC97fnuwSED5qM7hyhgm/0sC2ur3KdGTfSAS/HUAsu&#10;IZ9pBU0IfSalrxq02s9dj8S3kxusDhyHWppBj1xuOxlH0Upa3RJ/aHSPTw1Wn8ezVZC6st/tXr/G&#10;6aN1Sdjf7tP65aTUzWx63IAIOIU/GH71WR0KdirdmYwXHed4lTKq4H69AMHAwzrmcaWCZBmDLHL5&#10;f0HxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEpXboOKAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACko8FHfAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="47F88420" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Starta arbetsprovet (F8).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
@@ -7380,51 +6811,51 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="498475" cy="395605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E26083A" wp14:editId="24166832">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E26083A" wp14:editId="24166832">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3766820" cy="457835"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="8" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3766820" cy="457835"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -7434,87 +6865,87 @@
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="08904546" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Skriv in det systoliska blodtrycket taget i sittande på cykeln (F11).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4E26083A" id="_x0000_s1030" style="position:absolute;margin-left:0;margin-top:.4pt;width:296.6pt;height:36.05pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE8NQMigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L3KTNU2NOD2syC7D&#10;NqDtByiyFAuQRIFSY+fvRylZ2nW3oT7QJEU98j1qfT95xw4ak4XQ8etZw5kOCnob9h1/ftp+XnGW&#10;sgy9dBB0x4868fvN1af1GFs9hwFcr5ERSEjtGDs+5BxbIZIatJdpBlEHOjSAXmYKcS96lCOheyfm&#10;TbMUI2AfEZROibIPp0O+qfjGaJV/GpN0Zq7jNFuuFqvdFSs2a9nuUcbBqvMY8j+m8NIGanqBepBZ&#10;she0/0B5qxASmDxT4AUYY5WuHIjNdfOOzeMgo65cSJwULzKlj4NVPw6P8ReSDGNMbSK3sJgM+vKn&#10;+dhUxTpexNJTZoqSi9vlcjUnTRWdfbm5XS1uipri9XbElL9p8Kw4HUdaRtVIHr6nfCr9U1KaJXC2&#10;31rnaoD73VeH7CBpcdv6ndH/KnOBjR2/Wyybihyg3D9Bu1BwdH0D536vFIuXp93EbE/DF+SS2UF/&#10;rFqIEpHilc75dZSVvo3Jf/uGN78BAAD//wMAUEsDBBQABgAIAAAAIQCA0yQv2wAAAAQBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJC2IpRcBa6k6ICYnbYOyyW9p4bUXjlCZby9tj&#10;TnC0fuv352I1u16daAydZ4SbRQKKuPa24wZh9/FyvQQVomFres+E8E0BVuX5WWFy6yd+p9M2NkpK&#10;OOQGoY1xyLUOdUvOhIUfiCU7+NGZKOPYaDuaScpdr9MkudfOdCwXWjPQc0v15/boEDJfDev129c0&#10;7zu/jJurTda8HhAvL+anR1CR5vi3DL98oUMppsof2QbVI8gjEUH0kt1ltymoCuEhzUCXhf6PL38A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhPDUDIoBAAALAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgNMkL9sAAAAEAQAADwAAAAAAAAAAAAAA&#10;AADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOwEAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="4E26083A" id="_x0000_s1030" style="position:absolute;margin-left:0;margin-top:.4pt;width:296.6pt;height:36.05pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE8NQMigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L3KTNU2NOD2syC7D&#10;NqDtByiyFAuQRIFSY+fvRylZ2nW3oT7QJEU98j1qfT95xw4ak4XQ8etZw5kOCnob9h1/ftp+XnGW&#10;sgy9dBB0x4868fvN1af1GFs9hwFcr5ERSEjtGDs+5BxbIZIatJdpBlEHOjSAXmYKcS96lCOheyfm&#10;TbMUI2AfEZROibIPp0O+qfjGaJV/GpN0Zq7jNFuuFqvdFSs2a9nuUcbBqvMY8j+m8NIGanqBepBZ&#10;she0/0B5qxASmDxT4AUYY5WuHIjNdfOOzeMgo65cSJwULzKlj4NVPw6P8ReSDGNMbSK3sJgM+vKn&#10;+dhUxTpexNJTZoqSi9vlcjUnTRWdfbm5XS1uipri9XbElL9p8Kw4HUdaRtVIHr6nfCr9U1KaJXC2&#10;31rnaoD73VeH7CBpcdv6ndH/KnOBjR2/Wyybihyg3D9Bu1BwdH0D536vFIuXp93EbE/DF+SS2UF/&#10;rFqIEpHilc75dZSVvo3Jf/uGN78BAAD//wMAUEsDBBQABgAIAAAAIQCA0yQv2wAAAAQBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJC2IpRcBa6k6ICYnbYOyyW9p4bUXjlCZby9tj&#10;TnC0fuv352I1u16daAydZ4SbRQKKuPa24wZh9/FyvQQVomFres+E8E0BVuX5WWFy6yd+p9M2NkpK&#10;OOQGoY1xyLUOdUvOhIUfiCU7+NGZKOPYaDuaScpdr9MkudfOdCwXWjPQc0v15/boEDJfDev129c0&#10;7zu/jJurTda8HhAvL+anR1CR5vi3DL98oUMppsof2QbVI8gjEUH0kt1ltymoCuEhzUCXhf6PL38A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhPDUDIoBAAALAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgNMkL9sAAAAEAQAADwAAAAAAAAAAAAAA&#10;AADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOwEAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="08904546" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Skriv in det systoliska blodtrycket taget i sittande på cykeln (F11).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD84D5D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="3175" distL="0" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AA818D0" wp14:editId="6DCCA473">
+          <wp:anchor distT="0" distB="3175" distL="0" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AA818D0" wp14:editId="6DCCA473">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>175260</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="477520" cy="396875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="21" name="Bildobjekt 28"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1693702547" name="Bildobjekt 28"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
@@ -7537,51 +6968,51 @@
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1C9F30" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ECDB527" wp14:editId="14AB903B">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ECDB527" wp14:editId="14AB903B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>838200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>45720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2191385" cy="305435"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="22" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2191385" cy="305435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -7591,51 +7022,51 @@
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1C0A0669" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Starta arbete (F8).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5ECDB527" id="_x0000_s1031" style="position:absolute;margin-left:66pt;margin-top:3.6pt;width:172.55pt;height:24.05pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxwEuPigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+QkS9EacXpYkV6K&#10;dkC3H6DIUixAXyDV2Pn3pZQs7dZbMR9okqIe+R61vp28YwcNaGPo+HzWcKaDir0N+47//rX9ds0Z&#10;Zhl66WLQHT9q5Lebr1/WY2r1Ig7R9RoYgQRsx9TxIefUCoFq0F7iLCYd6NBE8DJTCHvRgxwJ3Tux&#10;aJorMUboE0SlESl7dzrkm4pvjFb5yRjUmbmO02y5Wqh2V6zYrGW7B5kGq85jyE9M4aUN1PQCdSez&#10;ZC9gP0B5qyBiNHmmohfRGKt05UBs5s0/bJ4HmXTlQuJgusiE/w9WPR6e008gGcaELZJbWEwGfPnT&#10;fGyqYh0vYukpM0XJxfxmvrxecabobNmsvi9XRU3xdjsB5nsdPStOx4GWUTWShwfMp9I/JaUZRmf7&#10;rXWuBrDf/XDADpIWt63fGf2vMhfY2PGb5VVTkUMs90/QLhQcXd/Aud8bxeLlaTcx23e8zl0yu9gf&#10;qxaiRKR4pXN+HWWl72Py37/hzSsAAAD//wMAUEsDBBQABgAIAAAAIQCEXjxf3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJv6HzSPxYmRLEQulW2IkJt5A9OJt2320jd23tbvQ+u99&#10;nOQ4mcnMN9lmtK04Y+8bRwpm0wgEUulMQ5WCz4/XhyUIHzQZ3TpCBb/oYZPf3mQ6NW6gdzwfQiW4&#10;hHyqFdQhdKmUvqzRaj91HRJ7R9dbHVj2lTS9HrjctjKOoidpdUO8UOsOX2osvw8nq2Dlim673f8M&#10;41fjlmF3v1tVb0el7ibj8xpEwDH8h+GCz+iQM1PhTmS8aFnPY/4SFCQxCPYfk2QGolCwWMxB5pm8&#10;PpD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHHAS4+KAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIRePF/fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="5ECDB527" id="_x0000_s1031" style="position:absolute;margin-left:66pt;margin-top:3.6pt;width:172.55pt;height:24.05pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxwEuPigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+QkS9EacXpYkV6K&#10;dkC3H6DIUixAXyDV2Pn3pZQs7dZbMR9okqIe+R61vp28YwcNaGPo+HzWcKaDir0N+47//rX9ds0Z&#10;Zhl66WLQHT9q5Lebr1/WY2r1Ig7R9RoYgQRsx9TxIefUCoFq0F7iLCYd6NBE8DJTCHvRgxwJ3Tux&#10;aJorMUboE0SlESl7dzrkm4pvjFb5yRjUmbmO02y5Wqh2V6zYrGW7B5kGq85jyE9M4aUN1PQCdSez&#10;ZC9gP0B5qyBiNHmmohfRGKt05UBs5s0/bJ4HmXTlQuJgusiE/w9WPR6e008gGcaELZJbWEwGfPnT&#10;fGyqYh0vYukpM0XJxfxmvrxecabobNmsvi9XRU3xdjsB5nsdPStOx4GWUTWShwfMp9I/JaUZRmf7&#10;rXWuBrDf/XDADpIWt63fGf2vMhfY2PGb5VVTkUMs90/QLhQcXd/Aud8bxeLlaTcx23e8zl0yu9gf&#10;qxaiRKR4pXN+HWWl72Py37/hzSsAAAD//wMAUEsDBBQABgAIAAAAIQCEXjxf3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJv6HzSPxYmRLEQulW2IkJt5A9OJt2320jd23tbvQ+u99&#10;nOQ4mcnMN9lmtK04Y+8bRwpm0wgEUulMQ5WCz4/XhyUIHzQZ3TpCBb/oYZPf3mQ6NW6gdzwfQiW4&#10;hHyqFdQhdKmUvqzRaj91HRJ7R9dbHVj2lTS9HrjctjKOoidpdUO8UOsOX2osvw8nq2Dlim673f8M&#10;41fjlmF3v1tVb0el7ibj8xpEwDH8h+GCz+iQM1PhTmS8aFnPY/4SFCQxCPYfk2QGolCwWMxB5pm8&#10;PpD/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHHAS4+KAQAACwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIRePF/fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAA5AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADwBAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1C0A0669" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Starta arbete (F8).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
@@ -7755,51 +7186,51 @@
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="226503E8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14C8F2F7" wp14:editId="7C1DA4CD">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14C8F2F7" wp14:editId="7C1DA4CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>621112</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8282</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4295775" cy="305435"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="13" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4295775" cy="305435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -7813,77 +7244,77 @@
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="148428CD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Skriv in systoliskt blodtryck och siffror enligt Borg-skalan (F11).</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2D1E0FE6" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="14C8F2F7" id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:48.9pt;margin-top:.65pt;width:338.25pt;height:24.05pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPIA6TlQEAABkDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+wmTboaUXpYkV2G&#10;rUC7H6DIUixAXyPV2Pn3o5Qs7bZbUR9kiqQe+R65vpu8YwcNaGMQ/GrWcqaDir0Ne8F/Pm0/feYM&#10;swy9dDFowY8a+d3m44f1mDo9j0N0vQZGIAG7MQk+5Jy6pkE1aC9xFpMOFDQRvMx0hX3TgxwJ3btm&#10;3rarZozQJ4hKI5L3/hTkm4pvjFb5hzGoM3OCU2+5nlDPXTmbzVp2e5BpsOrchnxDF17aQEUvUPcy&#10;S/YM9j8obxVEjCbPVPRNNMYqXTkQm6v2HzaPg0y6ciFxMF1kwveDVd8Pj+kBSIYxYYdkFhaTAV/+&#10;1B+bqljHi1h6ykyR83p+u7y5WXKmKLZol9eLZVGzeXmdAPNXHT0rhuBAw6gaycM3zKfUPymlGEZn&#10;+611rl5gv/vigB0kDW5bvzP6X2kusFHw28WqrcghlvcnaBcKjq47cK73QrFYedpNzPaCrwpy8exi&#10;f3wANtI6CI6/niXoWrTESP9K7rwrZcCv72S/3ujNbwAAAP//AwBQSwMEFAAGAAgAAAAhAN4tPBfd&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjk1PwzAMhu9I/IfISFwQS4FqXUvTadqExG0f7LJb&#10;2nhtReOUJlvLv8ec4Gb7ffX4yZeT7cQVB986UvA0i0AgVc60VCs4frw9LkD4oMnozhEq+EYPy+L2&#10;JteZcSPt8XoItWAI+UwraELoMyl91aDVfuZ6JM7ObrA68DrU0gx6ZLjt5HMUzaXVLfGHRve4brD6&#10;PFysgtSV/Waz+xqnU+sWYfuwTev3s1L3d9PqFUTAKfyV4Vef1aFgp9JdyHjRMSNh88D3FxAcJ0nM&#10;Q6kgTmOQRS7/+xc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE8gDpOVAQAAGQMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN4tPBfdAAAABwEA&#10;AA8AAAAAAAAAAAAAAAAA7wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="14C8F2F7" id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:48.9pt;margin-top:.65pt;width:338.25pt;height:24.05pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPIA6TlQEAABkDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+wmTboaUXpYkV2G&#10;rUC7H6DIUixAXyPV2Pn3o5Qs7bZbUR9kiqQe+R65vpu8YwcNaGMQ/GrWcqaDir0Ne8F/Pm0/feYM&#10;swy9dDFowY8a+d3m44f1mDo9j0N0vQZGIAG7MQk+5Jy6pkE1aC9xFpMOFDQRvMx0hX3TgxwJ3btm&#10;3rarZozQJ4hKI5L3/hTkm4pvjFb5hzGoM3OCU2+5nlDPXTmbzVp2e5BpsOrchnxDF17aQEUvUPcy&#10;S/YM9j8obxVEjCbPVPRNNMYqXTkQm6v2HzaPg0y6ciFxMF1kwveDVd8Pj+kBSIYxYYdkFhaTAV/+&#10;1B+bqljHi1h6ykyR83p+u7y5WXKmKLZol9eLZVGzeXmdAPNXHT0rhuBAw6gaycM3zKfUPymlGEZn&#10;+611rl5gv/vigB0kDW5bvzP6X2kusFHw28WqrcghlvcnaBcKjq47cK73QrFYedpNzPaCrwpy8exi&#10;f3wANtI6CI6/niXoWrTESP9K7rwrZcCv72S/3ujNbwAAAP//AwBQSwMEFAAGAAgAAAAhAN4tPBfd&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjk1PwzAMhu9I/IfISFwQS4FqXUvTadqExG0f7LJb&#10;2nhtReOUJlvLv8ec4Gb7ffX4yZeT7cQVB986UvA0i0AgVc60VCs4frw9LkD4oMnozhEq+EYPy+L2&#10;JteZcSPt8XoItWAI+UwraELoMyl91aDVfuZ6JM7ObrA68DrU0gx6ZLjt5HMUzaXVLfGHRve4brD6&#10;PFysgtSV/Waz+xqnU+sWYfuwTev3s1L3d9PqFUTAKfyV4Vef1aFgp9JdyHjRMSNh88D3FxAcJ0nM&#10;Q6kgTmOQRS7/+xc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE8gDpOVAQAAGQMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN4tPBfdAAAABwEA&#10;AA8AAAAAAAAAAAAAAAAA7wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="148428CD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Skriv in systoliskt blodtryck och siffror enligt Borg-skalan (F11).</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2D1E0FE6" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="184839B9" wp14:editId="25DB1B64">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="184839B9" wp14:editId="25DB1B64">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="498475" cy="395605"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20803"/>
                 <wp:lineTo x="20637" y="20803"/>
                 <wp:lineTo x="20637" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="24" name="Bild5" descr="C:\Users\gk.nu.0236\Desktop\Skärmklipp.PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -7941,55 +7372,54 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597B8FEE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61B6931C" wp14:editId="34367376">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61B6931C" wp14:editId="34367376">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>581992</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>564184</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4459605" cy="1775714"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="25" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4459605" cy="1775714"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -8004,51 +7434,51 @@
                         <w:txbxContent>
                           <w:p w14:paraId="4D58C6E2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Dokumentera eventuell bröstsmärta och dess karaktär, arytmier, anmärkningsvärt andningsmönster, yrsel eller andra subjektiva besvär under arbetsprovet.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="61B6931C" id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:45.85pt;margin-top:44.4pt;width:351.15pt;height:139.8pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:200;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMp4c0lAEAACYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtuO0zAQfUfiHyy/U6dLL2zUdIVYlRcE&#10;SLt8gOvYjSXfNONt0r9n7JZugTdEHpy5+XjOmdk8TN6xowa0MXR8Pms400HF3oZDx38879594Ayz&#10;DL10MeiOnzTyh+3bN5sxtfouDtH1GhiBBGzH1PEh59QKgWrQXuIsJh0oaSJ4mcmFg+hBjoTunbhr&#10;mpUYI/QJotKIFH08J/m24hujVf5mDOrMXMept1xPqOe+nGK7ke0BZBqsurQh/6ELL22gR69QjzJL&#10;9gL2LyhvFUSMJs9U9CIaY5WuHIjNvPmDzdMgk65cSBxMV5nw/8Gqr8en9B1IhjFhi2QWFpMBX/7U&#10;H5uqWKerWHrKTFFwsVjer5olZ4py8/V6uZ4vipzi9XoCzJ919KwYHQeaRhVJHr9gPpf+KimvYXS2&#10;31nnqgOH/ScH7Chpcrv6XdB/K3OBjR2/f79qKnKI5f4Z2oWCo+sSXN575VisPO0nZvuOrwtyiexj&#10;fzorgOnjSyaw2uZtShSHhlGJXhanTPvWJ/t2vbc/AQAA//8DAFBLAwQUAAYACAAAACEAtiiSgd8A&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBS7GbtKFNYzZFRAXBi1U8b7OT&#10;D8zOht1NG/31jic9Du/LM89b7mc7iBP60DtSkC4TEEi1Mz21Ct7fHm9yECFqMnpwhAq+MMC+urwo&#10;dWHcmV7xdIitYAiFQivoYhwLKUPdodVh6UYkzhrnrY58+lYar88Mt4NcJclGWt0Tf+j0iPcd1p+H&#10;ySrYPaRx8vMiW0wNPa9emo+n77VV6vpqvrsFEXGOf2X41Wd1qNjp6CYyQQzMSLfcVJDnvIDz7S7j&#10;bUcF602egaxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDMp4c0lAEAACYDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC2KJKB3wAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAO4DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="61B6931C" id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:45.85pt;margin-top:44.4pt;width:351.15pt;height:139.8pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:200;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMp4c0lAEAACYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtuO0zAQfUfiHyy/U6dLL2zUdIVYlRcE&#10;SLt8gOvYjSXfNONt0r9n7JZugTdEHpy5+XjOmdk8TN6xowa0MXR8Pms400HF3oZDx38879594Ayz&#10;DL10MeiOnzTyh+3bN5sxtfouDtH1GhiBBGzH1PEh59QKgWrQXuIsJh0oaSJ4mcmFg+hBjoTunbhr&#10;mpUYI/QJotKIFH08J/m24hujVf5mDOrMXMept1xPqOe+nGK7ke0BZBqsurQh/6ELL22gR69QjzJL&#10;9gL2LyhvFUSMJs9U9CIaY5WuHIjNvPmDzdMgk65cSBxMV5nw/8Gqr8en9B1IhjFhi2QWFpMBX/7U&#10;H5uqWKerWHrKTFFwsVjer5olZ4py8/V6uZ4vipzi9XoCzJ919KwYHQeaRhVJHr9gPpf+KimvYXS2&#10;31nnqgOH/ScH7Chpcrv6XdB/K3OBjR2/f79qKnKI5f4Z2oWCo+sSXN575VisPO0nZvuOrwtyiexj&#10;fzorgOnjSyaw2uZtShSHhlGJXhanTPvWJ/t2vbc/AQAA//8DAFBLAwQUAAYACAAAACEAtiiSgd8A&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBS7GbtKFNYzZFRAXBi1U8b7OT&#10;D8zOht1NG/31jic9Du/LM89b7mc7iBP60DtSkC4TEEi1Mz21Ct7fHm9yECFqMnpwhAq+MMC+urwo&#10;dWHcmV7xdIitYAiFQivoYhwLKUPdodVh6UYkzhrnrY58+lYar88Mt4NcJclGWt0Tf+j0iPcd1p+H&#10;ySrYPaRx8vMiW0wNPa9emo+n77VV6vpqvrsFEXGOf2X41Wd1qNjp6CYyQQzMSLfcVJDnvIDz7S7j&#10;bUcF602egaxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDMp4c0lAEAACYDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC2KJKB3wAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAO4DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="4D58C6E2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Dokumentera eventuell bröstsmärta och dess karaktär, arytmier, anmärkningsvärt andningsmönster, yrsel eller andra subjektiva besvär under arbetsprovet.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Var uppmärksam på patientens tillstånd och eventuella EKG- förändringar till exempel arytmier, ST-T- avvikelser under arbetsprovets gång.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
@@ -8127,51 +7557,51 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60FB1C16" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="5715" distL="0" distR="118745" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685AB3E0" wp14:editId="7AB37582">
+          <wp:anchor distT="0" distB="5715" distL="0" distR="118745" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685AB3E0" wp14:editId="7AB37582">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>558165</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="490855" cy="394335"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="28" name="Bildobjekt 32"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2007211214" name="Bildobjekt 32"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
@@ -8203,51 +7633,51 @@
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C714F49" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51AFF3F6" wp14:editId="662F0865">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51AFF3F6" wp14:editId="662F0865">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>905510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>7620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2191385" cy="305435"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="29" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2191385" cy="305435"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -8257,51 +7687,51 @@
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6B2EC975" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Avsluta arbetet (F8). </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="51AFF3F6" id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:71.3pt;margin-top:.6pt;width:172.55pt;height:24.05pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBs1mbOigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N3KSpUiNOD2sSC9D&#10;O6DbByiyFAuQREFUY+fvRylZ2m23YT7QJEU98j1q8zB5x446oYXQ8fms4UwHBb0Nh47/+L67XXOG&#10;WYZeOgi64yeN/GF782kzxlYvYADX68QIJGA7xo4POcdWCFSD9hJnEHWgQwPJy0xhOog+yZHQvROL&#10;prkTI6Q+JlAakbKP50O+rfjGaJVfjEGdmes4zZarTdXuixXbjWwPScbBqssY8h+m8NIGanqFepRZ&#10;srdk/4LyViVAMHmmwAswxipdORCbefMHm9dBRl25kDgYrzLh/4NVz8fX+C2RDGPEFsktLCaTfPnT&#10;fGyqYp2uYukpM0XJxfx+vlyvOFN0tmxWn5eroqZ4vx0T5icNnhWn44mWUTWSx6+Yz6W/SkozBGf7&#10;nXWuBumw/+ISO0pa3K5+F/TfylxgY8fvl3dNRQ5Q7p+hXSg4ur6BS793isXL035itu/4uiCXzB76&#10;U9VClIgUr3Qur6Os9GNM/sc3vP0JAAD//wMAUEsDBBQABgAIAAAAIQDU6ujS3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0HaytxQdRpqNokxKkQFRK3lsKFmxNvk4h4ncZuE/6e&#10;5QS3Gc1o9m2+nWwnrjj41pGC5SICgVQ501Kt4OP95T4B4YMmoztHqOAbPWyL2U2uM+NGesPrMdSC&#10;R8hnWkETQp9J6asGrfYL1yNxdnKD1YHtUEsz6JHHbSfjKFpLq1viC43u8bnB6ut4sQpSV/a73eE8&#10;Tp+tS8L+bp/WryelbufT0yOIgFP4K8MvPqNDwUylu5DxomO/itdcZRGD4HyVbDYgShbpA8gil/8f&#10;KH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbNZmzooBAAALAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1Oro0t4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAO8EAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="51AFF3F6" id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:71.3pt;margin-top:.6pt;width:172.55pt;height:24.05pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBs1mbOigEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N3KSpUiNOD2sSC9D&#10;O6DbByiyFAuQREFUY+fvRylZ2m23YT7QJEU98j1q8zB5x446oYXQ8fms4UwHBb0Nh47/+L67XXOG&#10;WYZeOgi64yeN/GF782kzxlYvYADX68QIJGA7xo4POcdWCFSD9hJnEHWgQwPJy0xhOog+yZHQvROL&#10;prkTI6Q+JlAakbKP50O+rfjGaJVfjEGdmes4zZarTdXuixXbjWwPScbBqssY8h+m8NIGanqFepRZ&#10;srdk/4LyViVAMHmmwAswxipdORCbefMHm9dBRl25kDgYrzLh/4NVz8fX+C2RDGPEFsktLCaTfPnT&#10;fGyqYp2uYukpM0XJxfx+vlyvOFN0tmxWn5eroqZ4vx0T5icNnhWn44mWUTWSx6+Yz6W/SkozBGf7&#10;nXWuBumw/+ISO0pa3K5+F/TfylxgY8fvl3dNRQ5Q7p+hXSg4ur6BS793isXL035itu/4uiCXzB76&#10;U9VClIgUr3Qur6Os9GNM/sc3vP0JAAD//wMAUEsDBBQABgAIAAAAIQDU6ujS3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0HaytxQdRpqNokxKkQFRK3lsKFmxNvk4h4ncZuE/6e&#10;5QS3Gc1o9m2+nWwnrjj41pGC5SICgVQ501Kt4OP95T4B4YMmoztHqOAbPWyL2U2uM+NGesPrMdSC&#10;R8hnWkETQp9J6asGrfYL1yNxdnKD1YHtUEsz6JHHbSfjKFpLq1viC43u8bnB6ut4sQpSV/a73eE8&#10;Tp+tS8L+bp/WryelbufT0yOIgFP4K8MvPqNDwUylu5DxomO/itdcZRGD4HyVbDYgShbpA8gil/8f&#10;KH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbNZmzooBAAALAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1Oro0t4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADkAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAO8EAAAAAA==&#10;" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6B2EC975" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Avsluta arbetet (F8). </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FB6E73" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -8392,51 +7822,51 @@
         <w:t>Läkare avgör när arbetsprovet avslutas, vanligtvis sex minuter efter avslutat arbete.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4890CB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3561F757" wp14:editId="0A5A869F">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3561F757" wp14:editId="0A5A869F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>828675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>35560</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1916430" cy="349885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="31" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1916430" cy="349885"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -8452,51 +7882,51 @@
                               <w:pStyle w:val="Raminnehll"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="284"/>
                               </w:tabs>
                             </w:pPr>
                             <w:r>
                               <w:t>Avsluta arbetsprovet (F8).</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1B48B058" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3561F757" id="_x0000_s1035" style="position:absolute;margin-left:65.25pt;margin-top:2.8pt;width:150.9pt;height:27.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsCGXWcgEAAOICAAAOAAAAZHJzL2Uyb0RvYy54bWysUstuwjAQvFfqP1i+FydAEUQkXBC9VG0l&#10;2g8wjk0s+SXbJeHvuzYUUHuretnsczw7m+Vq0AoduA/SmhqXowIjbphtpdnX+ON98zDHKERqWqqs&#10;4TU+8oBXzf3dsncVH9vOqpZ7BCAmVL2rcRejqwgJrOOahpF13EBRWK9phNDvSetpD+hakXFRzEhv&#10;feu8ZTwEyK5PRdxkfCE4i69CBB6RqjFwi9n6bHfJkmZJq72nrpPsTIP+gYWm0sCjF6g1jRR9evkL&#10;SkvmbbAijpjVxAohGc87wDZl8WObbUcdz7uAOMFdZAr/B8teDlv35kGG3oUqgJu2GITX6Qv80JDF&#10;Ol7E4kNEDJLlopxNJ6Apg9pkupjPH5Oa5DrtfIhP3GqUnBp7OEbWiB6eQzy1frekx4zdSKXyQZRB&#10;fY0Xk1mRBy4VAFcm9fJ82jPMlXny4rAbkGxhPNFJmZ1tj3lFkiIQMrM8Hz1d6jYG//bXbL4AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBgv/z63QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3&#10;JP6D9ZDYqE1DA0rjVAgpLEykHTq68WsSNX6OYrdN+ut5TDCe7nT3Xb6ZXC8uOIbOk4bnhQKBVHvb&#10;UaNhty2f3kCEaMia3hNqmDHApri/y01m/ZW+8VLFRnAJhcxoaGMcMilD3aIzYeEHJPaOfnQmshwb&#10;aUdz5XLXy6VSqXSmI15ozYAfLdan6uw0lOq0q27VNn6q8vaVxv2sbDpr/fgwva9BRJziXxh+8Rkd&#10;CmY6+DPZIHrWiVpxVMMqBcH+S7JMQBw0pOoVZJHL/weKHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAsCGXWcgEAAOICAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBgv/z63QAAAAgBAAAPAAAAAAAAAAAAAAAAAMwDAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA1gQAAAAA&#10;" filled="f" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="3561F757" id="_x0000_s1035" style="position:absolute;margin-left:65.25pt;margin-top:2.8pt;width:150.9pt;height:27.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsCGXWcgEAAOICAAAOAAAAZHJzL2Uyb0RvYy54bWysUstuwjAQvFfqP1i+FydAEUQkXBC9VG0l&#10;2g8wjk0s+SXbJeHvuzYUUHuretnsczw7m+Vq0AoduA/SmhqXowIjbphtpdnX+ON98zDHKERqWqqs&#10;4TU+8oBXzf3dsncVH9vOqpZ7BCAmVL2rcRejqwgJrOOahpF13EBRWK9phNDvSetpD+hakXFRzEhv&#10;feu8ZTwEyK5PRdxkfCE4i69CBB6RqjFwi9n6bHfJkmZJq72nrpPsTIP+gYWm0sCjF6g1jRR9evkL&#10;SkvmbbAijpjVxAohGc87wDZl8WObbUcdz7uAOMFdZAr/B8teDlv35kGG3oUqgJu2GITX6Qv80JDF&#10;Ol7E4kNEDJLlopxNJ6Apg9pkupjPH5Oa5DrtfIhP3GqUnBp7OEbWiB6eQzy1frekx4zdSKXyQZRB&#10;fY0Xk1mRBy4VAFcm9fJ82jPMlXny4rAbkGxhPNFJmZ1tj3lFkiIQMrM8Hz1d6jYG//bXbL4AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBgv/z63QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3&#10;JP6D9ZDYqE1DA0rjVAgpLEykHTq68WsSNX6OYrdN+ut5TDCe7nT3Xb6ZXC8uOIbOk4bnhQKBVHvb&#10;UaNhty2f3kCEaMia3hNqmDHApri/y01m/ZW+8VLFRnAJhcxoaGMcMilD3aIzYeEHJPaOfnQmshwb&#10;aUdz5XLXy6VSqXSmI15ozYAfLdan6uw0lOq0q27VNn6q8vaVxv2sbDpr/fgwva9BRJziXxh+8Rkd&#10;CmY6+DPZIHrWiVpxVMMqBcH+S7JMQBw0pOoVZJHL/weKHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAsCGXWcgEAAOICAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBgv/z63QAAAAgBAAAPAAAAAAAAAAAAAAAAAMwDAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA1gQAAAAA&#10;" filled="f" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2708E512" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="284"/>
                         </w:tabs>
                       </w:pPr>
                       <w:r>
                         <w:t>Avsluta arbetsprovet (F8).</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1B48B058" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8576,51 +8006,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="697A4599" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12CCEB4E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="123190" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CE5C359" wp14:editId="0584006E">
+          <wp:anchor distT="0" distB="0" distL="0" distR="123190" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CE5C359" wp14:editId="0584006E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3175</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="695960" cy="290195"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="34" name="Bildobjekt 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="134843246" name="Bildobjekt 35"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
@@ -8700,51 +8130,51 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="476250" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67CB8D35" wp14:editId="06F5266A">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67CB8D35" wp14:editId="06F5266A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>969010</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>89535</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1916430" cy="349885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="35" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1916430" cy="349885"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -8760,332 +8190,282 @@
                               <w:pStyle w:val="Raminnehll"/>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="284"/>
                               </w:tabs>
                             </w:pPr>
                             <w:r>
                               <w:t>Spara undersökning (F5).</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="17A13337" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                             <w:pPr>
                               <w:pStyle w:val="Raminnehll"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="67CB8D35" id="_x0000_s1036" style="position:absolute;margin-left:76.3pt;margin-top:7.05pt;width:150.9pt;height:27.55pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB45pyZcgEAAOMCAAAOAAAAZHJzL2Uyb0RvYy54bWysUktuwjAU3FfqHSzvixOgCCISNohuqrYS&#10;7QGMYxNL/sl2Sbh9nw0F1O6qbpz383jeTJarQSt04D5Ia2pcjgqMuGG2lWZf44/3zcMcoxCpaamy&#10;htf4yANeNfd3y95VfGw7q1ruEYCYUPWuxl2MriIksI5rGkbWcQNNYb2mEVK/J62nPaBrRcZFMSO9&#10;9a3zlvEQoLo+NXGT8YXgLL4KEXhEqsbALebT53OXTtIsabX31HWSnWnQP7DQVBp49AK1ppGiTy9/&#10;QWnJvA1WxBGzmlghJON5B9imLH5ss+2o43kXECe4i0zh/2DZy2Hr3jzI0LtQBQjTFoPwOn2BHxqy&#10;WMeLWHyIiEGxXJSz6QQ0ZdCbTBfz+WNSk1xvOx/iE7capaDGHszIGtHDc4in0e+R9JixG6lUNkQZ&#10;1Nd4MZkV+cKlA+DKpFmerT3DXJmnKA67AckWCGZ3U2ln22PekaQMlMw0z64nq25ziG//zeYLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC6wcdZ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLFnVVVCaTgipXDjR7bBj1pi2WuNUTba1e3rMCW7+5U+/Pxfb2Q3iglPoPWlYrxQIpMbb&#10;nloN+1319AwiREPWDJ5Qw4IBtuX9XWFy66/0hZc6toJLKORGQxfjmEsZmg6dCSs/IvHu20/ORI5T&#10;K+1krlzuBpkolUlneuILnRnxvcPmVJ+dhkqd9vWt3sUPVd0+s3hYlM0WrR8f5rdXEBHn+AfDrz6r&#10;Q8lOR38mG8TAeZNkjPKQrkEwkG7SFMRRQ/aSgCwL+f+D8gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB45pyZcgEAAOMCAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC6wcdZ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAMwDAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA1gQAAAAA&#10;" filled="f" stroked="f" strokeweight=".26mm">
+              <v:rect w14:anchorId="67CB8D35" id="_x0000_s1036" style="position:absolute;margin-left:76.3pt;margin-top:7.05pt;width:150.9pt;height:27.55pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB45pyZcgEAAOMCAAAOAAAAZHJzL2Uyb0RvYy54bWysUktuwjAU3FfqHSzvixOgCCISNohuqrYS&#10;7QGMYxNL/sl2Sbh9nw0F1O6qbpz383jeTJarQSt04D5Ia2pcjgqMuGG2lWZf44/3zcMcoxCpaamy&#10;htf4yANeNfd3y95VfGw7q1ruEYCYUPWuxl2MriIksI5rGkbWcQNNYb2mEVK/J62nPaBrRcZFMSO9&#10;9a3zlvEQoLo+NXGT8YXgLL4KEXhEqsbALebT53OXTtIsabX31HWSnWnQP7DQVBp49AK1ppGiTy9/&#10;QWnJvA1WxBGzmlghJON5B9imLH5ss+2o43kXECe4i0zh/2DZy2Hr3jzI0LtQBQjTFoPwOn2BHxqy&#10;WMeLWHyIiEGxXJSz6QQ0ZdCbTBfz+WNSk1xvOx/iE7capaDGHszIGtHDc4in0e+R9JixG6lUNkQZ&#10;1Nd4MZkV+cKlA+DKpFmerT3DXJmnKA67AckWCGZ3U2ln22PekaQMlMw0z64nq25ziG//zeYLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQC6wcdZ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLFnVVVCaTgipXDjR7bBj1pi2WuNUTba1e3rMCW7+5U+/Pxfb2Q3iglPoPWlYrxQIpMbb&#10;nloN+1319AwiREPWDJ5Qw4IBtuX9XWFy66/0hZc6toJLKORGQxfjmEsZmg6dCSs/IvHu20/ORI5T&#10;K+1krlzuBpkolUlneuILnRnxvcPmVJ+dhkqd9vWt3sUPVd0+s3hYlM0WrR8f5rdXEBHn+AfDrz6r&#10;Q8lOR38mG8TAeZNkjPKQrkEwkG7SFMRRQ/aSgCwL+f+D8gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB45pyZcgEAAOMCAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC6wcdZ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAMwDAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA1gQAAAAA&#10;" filled="f" stroked="f" strokeweight=".26mm">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3244E20F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="284"/>
                         </w:tabs>
                       </w:pPr>
                       <w:r>
                         <w:t>Spara undersökning (F5).</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="17A13337" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
                       <w:pPr>
                         <w:pStyle w:val="Raminnehll"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7873DB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B287E3" w14:textId="77777777" w:rsidR="00B5299E" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="158" w:name="_Toc256000087"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="164" w:name="_Toc157694343"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc256000054"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc38464176"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc53665211"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc62742023"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc220918183"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Rengöring</w:t>
       </w:r>
-      <w:bookmarkStart w:id="165" w:name="_Toc256000088"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="170" w:name="_Toc62742024"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc256000088"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000055"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc38464177"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc53665212"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc62742024"/>
+      <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
-      <w:bookmarkEnd w:id="164"/>
     </w:p>
     <w:p w14:paraId="1A37F197" w14:textId="1427B0B3" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="171" w:name="_Toc157694344"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc220918184"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mellan varje patient</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
-      <w:bookmarkEnd w:id="171"/>
     </w:p>
     <w:p w14:paraId="6F3BE4ED" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Torka av elektroderna och sladdarna med </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Torka av elektroderna och sladdarna med Ytdesinfektion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CA4557" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Torka av blodtrycksmanschetten med </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Torka av blodtrycksmanschetten med Ytdesinfektion</w:t>
+      </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>och lägg den på tork.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D31483" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Byt britspapper och torka av britsen och cykeln med </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Byt britspapper och torka av britsen och cykeln med Ytdesinfektion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC6D3BD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="172" w:name="_Toc473720268"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="180" w:name="_Toc157694345"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc473720268"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc473720111"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc256000089"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc38464178"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc53665213"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc62742025"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc220918185"/>
+      <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="009C6C43">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>En gång per dag</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="173"/>
-      <w:r w:rsidRPr="009C6C43">
-[...4 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
-      <w:bookmarkEnd w:id="180"/>
     </w:p>
     <w:p w14:paraId="6FB5AD95" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Byt </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Byt elektrodfilter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D1289D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Blanda ny kontaktvätska.</w:t>
       </w:r>
     </w:p>
@@ -9098,248 +8478,219 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rengör behållare för kontaktvätska.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9FD680" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="181" w:name="_Toc256000090"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="187" w:name="_Toc157694346"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc38464179"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc53665214"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc62742026"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc220918186"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>En gång per vecka</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
-      <w:bookmarkEnd w:id="187"/>
     </w:p>
     <w:p w14:paraId="11F4C97D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sprita </w:t>
-[...13 lines deleted...]
-        <w:t>, cykel och blodtrycksmanschett.</w:t>
+        <w:t>Sprita noggrant brits, cykel och blodtrycksmanschett.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E283D8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sprita och torka av övriga utrymmen till exempel skrivbord och tangentbord.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE8E197" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="188" w:name="_Toc256000091"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="187" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc256000058"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc38464180"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc53665215"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc62742027"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc220918187"/>
+      <w:r w:rsidRPr="009C6C43">
         <w:t>Referensvärden</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
-      <w:bookmarkEnd w:id="194"/>
     </w:p>
     <w:p w14:paraId="03233BE5" w14:textId="3851C514" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">För fysisk prestationsförmåga används det så kallade ”Kalmarmaterialet” (se referenser). I detta material utgick man från samtliga arbetsprov utförda på kliniken mellan </w:t>
       </w:r>
       <w:r w:rsidR="001523BA" w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2004–2012</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ur dessa fick man fram cirka 3 700 normala test. Utav dessa exkluderades de som hade mediciner som kunde påverka hjärtfunktionen. Kvar blev totalt 1 790 tester som materialet baseras på. Ålder varierande mellan </w:t>
       </w:r>
       <w:r w:rsidR="001523BA" w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7–80</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> år.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">”Kalmarmaterialet” visar i jämförelse med tidigare ofta använda ”Kristianstads- och </w:t>
-[...13 lines deleted...]
-        <w:t>” resultat som ligger mellan dessa.</w:t>
+        <w:t>”Kalmarmaterialet” visar i jämförelse med tidigare ofta använda ”Kristianstads- och Lundamaterialet” resultat som ligger mellan dessa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BD722A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73D1BB61" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="195" w:name="_Toc256000092"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="203" w:name="_Toc157694348"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc256000092"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc473720271"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc473720114"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc38464181"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc53665216"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc62742028"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc220918188"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Felkällor</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
-      <w:bookmarkEnd w:id="203"/>
     </w:p>
     <w:p w14:paraId="500E6E66" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fel identitet inmatad</w:t>
       </w:r>
@@ -9552,163 +8903,147 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inadekvat patientmedverkan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C5AFA6" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="204" w:name="_Toc256000093"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="210" w:name="_Toc157694349"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc256000093"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc256000060"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc38464182"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc53665217"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc62742029"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc220918189"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Utlåtande</w:t>
       </w:r>
-      <w:bookmarkStart w:id="211" w:name="_Toc473720272"/>
-      <w:bookmarkStart w:id="212" w:name="_Toc473720115"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc473720272"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc473720115"/>
+      <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="209"/>
-      <w:bookmarkEnd w:id="211"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="210"/>
     </w:p>
     <w:p w14:paraId="02F0577D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utlåtande bör bestå av en beskrivande del och en bedömningsdel. Svarsmallar finns i patientadministrativt system. Svarsmallar, se bilaga.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59590444" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="470584D7" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t xml:space="preserve">I den </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>beskrivande</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve"> delen beskrivs de olika fynd/mätningar man anser adekvata, dels utifrån rutin/metodbeskrivning/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> utifrån eventuell aktuell patologi.</w:t>
+        <w:t xml:space="preserve"> delen beskrivs de olika fynd/mätningar man anser adekvata, dels utifrån rutin/metodbeskrivning/svarsmall och dels utifrån eventuell aktuell patologi.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C5F84F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">bedömningsdelen </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">är det av vikt med fokusering på allvarligaste patologi/ frågeställning, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> vid fynd av mer betydande patologi där man bedömer grad av patologi. Beskriv även eventuell bakomliggande mekanism, relevant klinisk värdering inklusive korrelation till subjektiva besvär. Vid tidigare gjord undersökning kommenteras de viktigaste förändringarna som skett.</w:t>
+        <w:t>är det av vikt med fokusering på allvarligaste patologi/ frågeställning, framförallt vid fynd av mer betydande patologi där man bedömer grad av patologi. Beskriv även eventuell bakomliggande mekanism, relevant klinisk värdering inklusive korrelation till subjektiva besvär. Vid tidigare gjord undersökning kommenteras de viktigaste förändringarna som skett.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD3BE1F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="283199C8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -9927,91 +9262,74 @@
         </w:rPr>
         <w:t>Eventuella arytmier och ST-T- förändringar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C471B62" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Max ST-</w:t>
-[...15 lines deleted...]
-        <w:t>. Tid till viloutseende</w:t>
+        <w:t>Max ST-60- sänkning. Tid till viloutseende</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF252BF" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Eventuell accentuering av ST-T-förändringar efter arbetet</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="115D428E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -10071,842 +9389,408 @@
         </w:rPr>
         <w:t>Anledning till eventuellt sänkt fysisk prestationsförmåga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA409E9" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sammantagen bedömning avseende eventuell </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sammantagen bedömning avseende eventuell myokardischemi</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0C1CF4BB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Svar på annan eventuell frågeställning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE56F8B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75F4F784" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="213" w:name="_Toc256000094"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="221" w:name="_Toc157694350"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc256000094"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000061"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc256000028"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc505344624"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc503541055"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc38464183"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc53665218"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc62742030"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc220918190"/>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Referenser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
-      <w:bookmarkEnd w:id="221"/>
     </w:p>
     <w:p w14:paraId="51C882DB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...108 lines deleted...]
-        <w:t xml:space="preserve"> Imaging, 2014.</w:t>
+        <w:t>”Kalmarmaterialet” Brudin L, Jorfeldt L, Pahlm O. Comparison of two commonly used reference materials for exercise bicycle tests with a Swedish clinical database of patients with normal outcome. Clin Physiol Func Imaging, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1450E7CC" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ED94796" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="3119"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Klinisk</w:t>
-[...34 lines deleted...]
-        <w:t>. Liber AB, Stockholm 2011.</w:t>
+        <w:t>Klinisk fysiologi. Jonsson, Wollmer. Liber AB, Stockholm 2011.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="709C3475" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Kliniska Arbetsprov – Metoder för diagnos och prognos, L </w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Kliniska Arbetsprov – Metoder för diagnos och prognos, L Jorfeldt och O Pahlm. Författarna och </w:t>
+      </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Studentlitteratur</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> AB, Lund 2013.</w:t>
+        <w:t>Studentlitteratur AB, Lund 2013.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="33956D28" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Nivedahl</w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Nivedahl P. Arbetsprov med EKG. Göteborg: Kardiologkliniken/Klinisk fysiologi Göteborg: 2019 [läst 2019-12-18]. Tillgänglig: </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="009C6C43">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>https://www.internetmedicin.se/page.aspx?id=6025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> Arbetsprov med EKG. Göteborg: Kardiologkliniken/Klinisk fysiologi Göteborg: 2019 [läst 2019-12-18]. Tillgänglig: </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="009C6C43">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>https://www.internetmedicin.se/page.aspx?id=6025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06896CBB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Åstrand</w:t>
-[...79 lines deleted...]
-    <w:p w14:paraId="611CE333" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="00607712" w:rsidP="009C6C43">
+        <w:t xml:space="preserve">Åstrand, Per-Olof. Ergometri konditionsprov. Stockholm: Gymnastik och Idrottshögskolan. 1964. [läst 2020-04-15]. Tillgänglig: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611CE333" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+        <w:r w:rsidRPr="009C6C43">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>https://www.gih.se/Global/3_forskning/fysiologi/Astrand_testhandbok.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+      <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="009C6C43" w:rsidRPr="009C6C43">
+      <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C450E3E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="222" w:name="_Toc256000095"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="221" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc256000062"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc38464184"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc53665219"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc62742031"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc220918191"/>
+      <w:r w:rsidRPr="009C6C43">
         <w:t>Bilagor</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
-      <w:bookmarkEnd w:id="228"/>
     </w:p>
     <w:p w14:paraId="70403DE2" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="229" w:name="Borgskala"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="236" w:name="_Toc157694352"/>
+      <w:bookmarkStart w:id="228" w:name="Borgskala"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc256000096"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc256000063"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc256000030"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc38464185"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc53665220"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc62742032"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc220918192"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Borgskala</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="009C6C43">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för bröstsmärta, ansträngningsgrad och andfåddhet</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="229"/>
-      <w:r w:rsidRPr="009C6C43">
-[...4 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
-      <w:bookmarkEnd w:id="236"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="4247" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="5AF5B0F3" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="5AF5B0F3" w14:textId="77777777" w:rsidTr="00155002">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B92ED60" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:u w:val="single"/>
@@ -11178,51 +10062,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Extremt stark (nästan max)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="734C8E22" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5387"/>
                 <w:tab w:val="left" w:pos="5954"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-142"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="34DEAF89" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="34DEAF89" w14:textId="77777777" w:rsidTr="00155002">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E924B32" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -11500,51 +10384,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E00DCC8" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="4247" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66E75F8D" w14:textId="77777777" w:rsidTr="00BA2BC5">
+      <w:tr w:rsidR="009C6C43" w:rsidRPr="009C6C43" w14:paraId="66E75F8D" w14:textId="77777777" w:rsidTr="00155002">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6222BF78" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -11817,331 +10701,288 @@
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Extremt kraftig (nästan max)</w:t>
             </w:r>
             <w:r w:rsidRPr="009C6C43">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="554992BE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="237" w:name="_Toc256000097"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc256000097"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc256000031"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc38464186"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc53665221"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc62742033"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc220918193"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pulsoximetri</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
-      <w:bookmarkEnd w:id="243"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="028F59CB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50748142" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Ibland önskar </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> läkare kontroll av syresättning med hjälp av POX-mätare under ansträngning. Ansvarig läkare kan även besluta att POX-mätning ska utföras.</w:t>
+        <w:t>Ibland önskar inremitterande läkare kontroll av syresättning med hjälp av POX-mätare under ansträngning. Ansvarig läkare kan även besluta att POX-mätning ska utföras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="208FA9E1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4274F29B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8C044B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Utförande:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="658D7EDF" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Se till att patienten har varma fingrar på vänster hand. Detta görs antingen med hjälp av varmt/ljummet vatten eller värmedyna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="004911C0" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Placera </w:t>
-[...7 lines deleted...]
-        <w:t>, företrädesvis på ringfingret.</w:t>
+        <w:t>Placera probe, företrädesvis på ringfingret.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3A92F9" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Kontrollera signalkvalitet via pulsindex (PI) och hjärtfrekvens.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782511FA" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Skriv in värdena i arbetsprovssystemet under cyklingen, särskilt mot slutet av arbetet och under första minutens vila.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412FA2E1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B8875EB" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Tolkning sänkning under arbete, grad av </w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Tolkning sänkning under arbete, grad av desaturation:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D208C98" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> % Ingen nämnvärd</w:t>
+      <w:r w:rsidRPr="009C6C43">
+        <w:t>0-3 % Ingen nämnvärd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BE5CFE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> % Lätt </w:t>
+      <w:r w:rsidRPr="009C6C43">
+        <w:t xml:space="preserve">4-5 % Lätt </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1602317A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> % Måttlig</w:t>
+      <w:r w:rsidRPr="009C6C43">
+        <w:t>6-10 % Måttlig</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D30C772" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>&gt;10 % Uttalad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03604E1D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20A15F04" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69C6E3EF" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="00B5299E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="244" w:name="_Toc256000098"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="250" w:name="_Toc157694354"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc256000098"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc256000065"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc38464187"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc53665222"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc62742034"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc220918194"/>
       <w:r w:rsidRPr="009C6C43">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Svarsmall</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
-      <w:bookmarkEnd w:id="250"/>
     </w:p>
     <w:p w14:paraId="0E232C9B" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7672F58C" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Vilo-EKG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3342E163" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -12162,83 +11003,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F8BE43C" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>Arbetsprov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BF899F" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Belastar från -- Watt med -- W stegring/min till -- W (motsvarande --% av referens), bryter på grund av ---- och når en maximal hjärtfrekvens på --- slag/minut (motsvarande -- % av förväntad </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> systoliskt. Andningsfrekvensen stiger till maximalt --- /min. Ingen bröstsmärta.</w:t>
+        <w:t>Belastar från -- Watt med -- W stegring/min till -- W (motsvarande --% av referens), bryter på grund av ---- och når en maximal hjärtfrekvens på --- slag/minut (motsvarande -- % av förväntad maxpuls). Blodtryck i liggande är ---/-- mmHg, ökar till  maximalt --- mmHg systoliskt. Andningsfrekvensen stiger till maximalt --- /min. Ingen bröstsmärta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430F589A" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EC6DC7E" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>EKG-reaktion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E05B1BA" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
@@ -12272,204 +11081,196 @@
       <w:r w:rsidRPr="009C6C43">
         <w:t>SAMMANFATTNING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E454FD" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t xml:space="preserve">För åldern --- arbetsförmåga. Ingen bröstsmärta. Normal EKG-reaktion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209D2D74" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
-        <w:t xml:space="preserve">Inga hållpunkter för arbetsprovocerad </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Inga hållpunkter för arbetsprovocerad myocardischemi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E56FD1" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009C6C43">
         <w:t>-----------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FF7301" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76EBAB2D" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="4A12D7EE" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FF2A598" w14:textId="77777777" w:rsidR="009C6C43" w:rsidRPr="009C6C43" w:rsidRDefault="009C6C43" w:rsidP="009C6C43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="009C6C43">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05DE552B" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
+    <w:p w14:paraId="514FCD31" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A6C0D2" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
+    <w:p w14:paraId="26F89949" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3C14DEEB" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
+    <w:p w14:paraId="405F4672" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -12477,89 +11278,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -12588,51 +11389,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="18" name="Bildobjekt 18">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -12666,87 +11467,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="352B22B1" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863"/>
+    <w:p w14:paraId="6B6DFC4B" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46B17C13" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
+    <w:p w14:paraId="1BB77A15" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="54D5B22C" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
+    <w:p w14:paraId="0A0C66C2" w14:textId="77777777" w:rsidR="00A54863" w:rsidRDefault="00A54863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -12776,100 +11577,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -12899,87 +11700,87 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="Bildobjekt 17">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -13020,51 +11821,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18572,54 +17373,53 @@
   <w:num w:numId="41" w16cid:durableId="1692224599">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="2031253295">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="397215900">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="99567859">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1679186830">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="738944103">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="7106060">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -18643,92 +17443,95 @@
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E51EE"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F39F4"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F44E9"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001523BA"/>
+    <w:rsid w:val="00155002"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00203293"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00257E19"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
@@ -18785,50 +17588,51 @@
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F5DBA"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00607712"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
@@ -18839,92 +17643,95 @@
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007239A4"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F6478"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00826D28"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00963F13"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C429E"/>
     <w:rsid w:val="009C6C43"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54863"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
@@ -18934,96 +17741,98 @@
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B5299E"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA7130"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
@@ -19041,75 +17850,75 @@
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{F8F9CE40-40A1-4314-A6D2-A5CB4DDFC80C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21516,51 +20325,51 @@
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Raminnehll">
     <w:name w:val="Raminnehåll"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009C6C43"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21928,71 +20737,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>1912</Words>
-  <Characters>15888</Characters>
+  <Words>1905</Words>
+  <Characters>15699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
+  <Lines>130</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17765</CharactersWithSpaces>
+  <CharactersWithSpaces>17569</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsprov - Metodbeskrivning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>11</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>14</revision>
+  <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>