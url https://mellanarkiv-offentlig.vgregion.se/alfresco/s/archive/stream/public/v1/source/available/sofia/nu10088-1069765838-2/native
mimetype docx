--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,1699 +6,1812 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="13BEED2A" w14:textId="77777777" w:rsidR="00EB7958" w:rsidRDefault="00EB7958" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00EB7958" w:rsidSect="00142088">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="273047F5" w14:textId="77777777" w:rsidR="00EB7958" w:rsidRPr="00EB7958" w:rsidRDefault="00EB7958" w:rsidP="00142088">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6ACDB785" w14:textId="386E4323" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0" w:right="-427"/>
       </w:pPr>
       <w:r w:rsidRPr="00546A1D">
         <w:t xml:space="preserve">Arbetsordning för arbete i beredningsrum </w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00546A1D">
         <w:t xml:space="preserve"> NÄL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BFA22D" w14:textId="54437D4A" w:rsidR="00D80F54" w:rsidRPr="00F13AA9" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F13AA9">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7106689E" w14:textId="7E8FF705" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
+    <w:p w14:paraId="7106689E" w14:textId="7E8FF705" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Att säkerställa arbetsordningen för att uppfylla gällande GMP- och strålskyddskrav vid beredning av radiofarmaka. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0911BA88" w14:textId="6581912F" w:rsidR="00D80F54" w:rsidRPr="00546A1D" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0240BB" w14:textId="36095673" w:rsidR="1AE244E5" w:rsidRDefault="1AE244E5" w:rsidP="00142088">
+    <w:p w14:paraId="3C0240BB" w14:textId="7E1E57EC" w:rsidR="1AE244E5" w:rsidRPr="00766048" w:rsidRDefault="0051503A" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="855"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> förändringar.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lagt till rutiner för IBC-NM och tagit bort rutiner för manuell blankettskrivning och</w:t>
+      </w:r>
+      <w:r w:rsidR="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>etikettskrivning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58571591" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00F13AA9" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F13AA9">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C495586" w14:textId="450E6BDB" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
+    <w:p w14:paraId="3C495586" w14:textId="450E6BDB" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BB12B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Dokumentet har samlat nedtecknade rutiner i kronologisk arbetsordning med länkar till respektive dokument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6462B7C4" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A27951" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A27951">
         <w:t>Beredningsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA88DF5" w14:textId="40E62D4D" w:rsidR="00D80F54" w:rsidRPr="007A0318" w:rsidRDefault="00D80F54" w:rsidP="00142088">
+    <w:p w14:paraId="7AA88DF5" w14:textId="40E62D4D" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Städning får inte ske när beredning eller annan verksamhet pågår i berednings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
-        <w:t>rummet.</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="008421A4">
+        <w:t>rummet. Efter städning av beredningsrum ska minst 30 min</w:t>
+      </w:r>
+      <w:r w:rsidR="008421A4" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>uter</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> förflyta innan beredning får ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5AE0EC" w14:textId="0ECCE48E" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="2F5AE0EC" w14:textId="0ECCE48E" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>, se</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tryckskillnader och rumstemperatur avläses på datorn i korridoren, se</w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00F01E00">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>: Kontroll av tryckskillnader.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A27951">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="007F5A68">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontroll av temperatur och termometer i berednings- och dispenseringsrum samt kylskåp.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C738D62" w14:textId="0A1073F6" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="4C738D62" w14:textId="0A1073F6" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rutin för att gå in i beredningsrum, se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="0076404D">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Slussning av personal till beredningsrum.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0803C5AB" w14:textId="4CB7A6E6" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="0803C5AB" w14:textId="4CB7A6E6" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00E4545F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Max- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E4545F">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>mintemperatur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E4545F">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för kylskåpet avläses, se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="007F5A68">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontroll av temperatur och termometer i berednings- och dispenseringsrum samt kylskåp.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13C2D52A" w14:textId="31B4BB01" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="13C2D52A" w14:textId="31B4BB01" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera säkerhetsbänken, se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="0076404D">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Drift och skötsel av säkerhetsbänk.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Låt fläkten gå på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>helfart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> hela arbetsdagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34786DE5" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="34786DE5" w14:textId="74908EB6" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> IBC-LITE.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utför bakgrundsmätning och kontroller på aktivitetsmätaren, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0550" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7CCD45" w14:textId="77777777" w:rsidR="00953E40" w:rsidRPr="004E6B44" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
+    <w:p w14:paraId="4F7CCD45" w14:textId="0B161366" w:rsidR="00953E40" w:rsidRPr="00766048" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Säkerhetsbänkens beredningsytor och andra arbetsytor rengörs inför varje beredning med alkoholbaserat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ytdesinfektionsmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> med rengörande effekt (≥ 70 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> %) nedan benämnt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidR="00154933" w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006007D0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> förses med steril duk. Även arbetsverktygen rengörs med </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006007D0">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00154933" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Säkerhetsbänkens beredningsyta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">förses med steril duk. Även arbetsverktygen rengörs med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DBA976" w14:textId="77777777" w:rsidR="00953E40" w:rsidRPr="004E6B44" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
+    <w:p w14:paraId="01DBA976" w14:textId="77777777" w:rsidR="00953E40" w:rsidRPr="00766048" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004E6B44">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Innan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>eluat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">-, och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>kitblyskyddsburkar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt sprutskydd från genomräckningsskåpet eller skåpet i rummet ställs in i säkerhetsbänken ska dessa torkas av med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E6B44">
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CB7140" w14:textId="2F375175" w:rsidR="00953E40" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
+    <w:p w14:paraId="40CB7140" w14:textId="2F375175" w:rsidR="00953E40" w:rsidRPr="00766048" w:rsidRDefault="00953E40" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004E6B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Sprutor och kanyler</w:t>
       </w:r>
-      <w:r w:rsidR="00370833">
+      <w:r w:rsidR="00370833" w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">s förpackningar ska avlägsnas utanför säkerhetsbänken precis innan </w:t>
       </w:r>
-      <w:r w:rsidR="00B7628F">
+      <w:r w:rsidR="00B7628F" w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>dessa tas in i säkerhetsbänken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A45B0D1" w14:textId="1CB396B6" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="6A45B0D1" w14:textId="1CB396B6" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Eluering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> av ”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F57A7B">
-        <w:rPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F57A7B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tc”, se: </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="0076404D">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Hantering av generator i beredningsrum.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E9D3099" w14:textId="1DCFC9BA" w:rsidR="00D80F54" w:rsidRPr="00D8617F" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="07CCCD5D" w14:textId="56EF1D29" w:rsidR="00AB5351" w:rsidRPr="00766048" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...10 lines deleted...]
-          <w:i/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beredningar utförs enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="00500714" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>specifika protokoll i IBC-NM, som är utformade efter</w:t>
+      </w:r>
+      <w:r w:rsidR="00373EBC" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>beredningskort</w:t>
+      </w:r>
+      <w:r w:rsidR="00373EBC" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>en och uppdateras när beredningskorten uppdateras</w:t>
+      </w:r>
+      <w:r w:rsidR="00133F54" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18620B5F" w14:textId="533A87AB" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00AB5351" w:rsidP="00372335">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="417" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Beredningskorten för de olika radiofarmakan finns också i pärmen märkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03551" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ”Beredningskort” i beredningsrummet eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC78FB" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>se: N</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E66" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>U-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC78FB" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sjukvårdens</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB055E" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hemsida</w:t>
+      </w:r>
+      <w:r w:rsidR="00372335" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E66" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>styrande dokument/Medicinska styrdokument per</w:t>
+      </w:r>
+      <w:r w:rsidR="000008D3" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ämne/Medicinsk</w:t>
+      </w:r>
+      <w:r w:rsidR="00372335" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000008D3" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>diagnostik/Beredningskort</w:t>
+      </w:r>
+      <w:r w:rsidR="00372335" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A9D44A" w14:textId="342A0121" w:rsidR="008E3EE6" w:rsidRPr="00766048" w:rsidRDefault="008E3EE6" w:rsidP="00CE3C1F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-8" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tillämpa linjerensning dvs arbeta med en beredning i taget och ställ undan den färdiga beredningen innan nästa beredning påbörjas för att undvika sammanblandning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C089F24" w14:textId="39BDC39B" w:rsidR="00E954BB" w:rsidRPr="00766048" w:rsidRDefault="00E9533F" w:rsidP="00CE3C1F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-8" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Följ de olika beredningsstegen i IBC-NM för respektive kit-beredning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07774174" w14:textId="06CDB96B" w:rsidR="00D80F54" w:rsidRPr="00766048" w:rsidRDefault="00D349AB" w:rsidP="00BA589A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Använda s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F54" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prutor och kanyler läggs i aktuell blyskyddad avfallsburk i säkerhetsbänk/dragskåp. För övrigt se </w:t>
+      </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D02039">
+        <w:r w:rsidR="00D80F54" w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...198 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0516A954" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00CE3C1F">
+    <w:p w14:paraId="0516A954" w14:textId="33E9EF8A" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00CE3C1F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="-8" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F57A7B">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> varje beredning med </w:t>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Säkerhetsbänkens beredningsytor och andra arbetsytor kontrolleras med aktivitetsmätare och rengörs efter varje beredning med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00F57A7B">
         <w:t xml:space="preserve">Även arbetsverktygen </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00542C59" w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och scanner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kontrolleras med aktivitetsmätare och rengörs med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000743D2">
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000743D2">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000743D2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FF8EF3" w14:textId="2D36128F" w:rsidR="0053783C" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
+    <w:p w14:paraId="47FF8EF3" w14:textId="2D36128F" w:rsidR="0053783C" w:rsidRPr="00766048" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Avfallspåsen till Pedalpelle byts och aktivitetsinnehållet kontrolleras med aktivitetsmätare i slussen. Om aktiviteten överstiger 50 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>cps</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> över bakgrunden läggs påsen i avklingningsrummet och märks med aktuellt datum. I annat fall slängs påsen i de vanliga soporna. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703B31B3" w14:textId="327EF923" w:rsidR="0053783C" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
+    <w:p w14:paraId="703B31B3" w14:textId="327EF923" w:rsidR="0053783C" w:rsidRPr="00766048" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Städning utförs enligt: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00FB5CF0">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve">Städning i </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00FB5CF0">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>renklassade</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00FB5CF0">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> lokaler i egen regi. NÄL. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29EE8F39" w14:textId="77777777" w:rsidR="0053783C" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
+    <w:p w14:paraId="29EE8F39" w14:textId="77777777" w:rsidR="0053783C" w:rsidRPr="00766048" w:rsidRDefault="0053783C" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokumentering av kontaminationskontroll sker i pärmen i beredningsrummet på blankett </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="006298"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF94676" w14:textId="5A54AD96" w:rsidR="0053783C" w:rsidRPr="009E6B72" w:rsidRDefault="0053783C" w:rsidP="00142088">
+    <w:p w14:paraId="3FF94676" w14:textId="5A54AD96" w:rsidR="0053783C" w:rsidRPr="00766048" w:rsidRDefault="0053783C" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E6B72">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766048">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Handskar tas som regel av i slussen och slängs i påsen som tas med ut från beredningsrummet. Är påsen inte uttagen från beredningsrummet slängs handskarna i påsen vid tvättstället i slussen som kontrollmäts och tas sedan med ut. Vid kontamination eller stark misstanke om kontamination av handskarna under pågående beredningsarbete tas dessa av så snabbt som möjligt och slängs i beredningsrummet. Händerna rengörs då med tvål och vatten tills värdet inte blir lägre, enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00FA44E5">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00766048">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3233C686" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="60"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0753D3E8" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007A6899">
         <w:lastRenderedPageBreak/>
         <w:t>Dispenseringsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F51ADD" w14:textId="60608A5A" w:rsidR="00D80F54" w:rsidRPr="00CA7C25" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="35F51ADD" w14:textId="60608A5A" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00356AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Max- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00356AD4">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>mintemperatur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00356AD4">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="007F5A68">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för kylskåpet avläses, se: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00A416A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontroll av temperatur och termometer i berednings- och dispenseringsrum samt kylskåp.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="171450E0" w14:textId="45654BB7" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="171450E0" w14:textId="45654BB7" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="0076404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera säkerhetsbänken, se: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00A416A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Drift och skötsel av säkerhetsbänk.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Låt fläkten gå på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>helfart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> hela arbetsdagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016F6AE2" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="016F6AE2" w14:textId="5B456C53" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> IBC-LITE.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utför bakgrundsmätning och kontroller på aktivitetsmätaren, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4852" w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A641AD9" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00F263CB" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="687D9380" w14:textId="71F09DE6" w:rsidR="00514513" w:rsidRPr="00A416A9" w:rsidRDefault="002372CF" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...36 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dra upp sprutor med önskad radiofarmaka enligt IBC-NM och märk dem med </w:t>
+      </w:r>
+      <w:r w:rsidR="00584417" w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etikett, enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00576C49" w:rsidRPr="00A416A9">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00576C49" w:rsidRPr="00A416A9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>Ansvarsfördelning vid beredning, dispensering och administrering av radiofarmaka.</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D66B9E4" w14:textId="7F99A1E8" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="2A641AD9" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00F57A7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Säkerhetsbänkens beredningsytor och andra arbetsytor rengörs varje dag med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och förses med plastat underlägg. Även arbetsverktygen rengörs med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0CDD46" w14:textId="4FFB4187" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sprutor och kanyler läggs i aktuell blyskyddad avfallsburk i säkerhetsbänk/dragskåp. För övrigt se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-[...3 lines deleted...]
-        <w:r w:rsidR="008C4835" w:rsidRPr="008C4835">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00A416A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-          </w:rPr>
-[...55 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6ED9011F" w14:textId="6605935B" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="6ED9011F" w14:textId="6605935B" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. Om aktiviteten överstiger 50 </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Efter förmiddagens arbete kontrolleras säkerhetsbänkens beredningsytor och andra arbetsytor med aktivitetsmätare. Avfallspåsen till Pedalpelle byts och aktivitetsinnehållet kontrolleras med aktivitetsmätare. Om aktiviteten överstiger 50 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>cps</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F57A7B">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="001A1722">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> över bakgrunden läggs påsen i avklingningsrummet och märks med aktuell nuklid och datum. I annat fall slängs påsen i de vanliga soporna. Dokumentering sker i pärmen ”Städning i egen regi, NÄL” på blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00A416A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CA7C25">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE27791" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00546A1D" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00546A1D">
         <w:t>Rutiner vid dagens slut</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i dispenseringsrummet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E11CBD8" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00F57A7B" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="3E11CBD8" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">rengörs med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Efter avslutat arbete för dagen kontrolleras säkerhetsbänkens beredningsytor och andra arbetsytor med aktivitetsmätare och rengörs med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F57A7B">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">med </w:t>
+        <w:t xml:space="preserve">Även arbetsverktygen, sprutblyskydd och transportlådorna kontrolleras med aktivitetsmätare och rengörs med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004521C7">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC5F2F6" w14:textId="4922C330" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="4BC5F2F6" w14:textId="4922C330" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontaminerade sprutblyskydd sköljs i tvål och vatten och kontrollmäts igen. Vid kvarstående kontamination läggs de i det gråa blyskyddet för avklingning, annars sköljs de med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004521C7">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektionsmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004521C7">
-[...3 lines deleted...]
-        <w:t>och ställs till torkning.</w:t>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och ställs till torkning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0406AAE0" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="0406AAE0" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Töm och sprita ett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>elueringskärl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>kitblyskydd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> för morgondagens beredningar och ställ dem i genomräckningsskåpet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED60F3F" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="0ED60F3F" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Dokumentering av kontaminationskontroll och städning sker i pärmen ”Städning i egen regi”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45139C62" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="45139C62" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Gamla kit- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>eluatflaskor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tas ur kylskåpet och ställs i avsett blyskydd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6333CB" w14:textId="6B5FCE27" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
+    <w:p w14:paraId="1C6333CB" w14:textId="6B5FCE27" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00BA589A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:r w:rsidRPr="00902155">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Övriga rum med kontamineringsrisk kontrolleras vid misstänkt kontaminering. Utrustning för rengöring vid kontaminering finns i speciell låda i slussen. Dokumentera på blankett </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00A416A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>Kontaminationskontroll</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005D6A1C">
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C6C492" w14:textId="7CACB55E" w:rsidR="00D80F54" w:rsidRPr="001718D6" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001718D6">
         <w:t>Ansvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786FD600" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="002C07EF" w:rsidRDefault="00D80F54" w:rsidP="00142088">
+    <w:p w14:paraId="786FD600" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Tjänstgörande biomedicinsk analytiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7571AA58" w14:textId="4C1655E4" w:rsidR="00D80F54" w:rsidRPr="001718D6" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001718D6">
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7D6A7E" w14:textId="5695C9C5" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00142088">
+    <w:p w14:paraId="4B7D6A7E" w14:textId="5695C9C5" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="00D80F54" w:rsidP="00142088">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Se respektive moment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="256B4089" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="001848B6" w:rsidP="00142088">
+    <w:p w14:paraId="256B4089" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidRDefault="001848B6" w:rsidP="00142088">
       <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:instrText>HYPERLINK "https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/c339d05a-bed9-4720-9732-745239c28a38/Mall%2011%20Signaturlista%20ver%203.0.pdf?a=false&amp;guest=true"</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D80F54" w:rsidRPr="00CF643E">
+      <w:r w:rsidR="00D80F54" w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Signaturlista</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00D80F54" w:rsidRPr="00CF643E">
-[...3 lines deleted...]
-        <w:t>förvaras i ”Apotekspärm” på klinisk fysiologi, NÄL.</w:t>
+      <w:r w:rsidR="00D80F54" w:rsidRPr="00A416A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> förvaras i ”Apotekspärm” på klinisk fysiologi, NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D80F54" w:rsidSect="00142088">
+    <w:sectPr w:rsidR="00D80F54" w:rsidRPr="00A416A9" w:rsidSect="00142088">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63277142" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
+    <w:p w14:paraId="7ECAA0EA" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CB30524" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
+    <w:p w14:paraId="21856ABF" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0EACFC73" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
+    <w:p w14:paraId="039E059B" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1727,51 +1840,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1046382199" name="Picture 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1805,73 +1918,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06885CA1" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D"/>
+    <w:p w14:paraId="09457581" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E066DBD" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
+    <w:p w14:paraId="13718247" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E3AC1F7" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
+    <w:p w14:paraId="78F69157" w14:textId="77777777" w:rsidR="009D752D" w:rsidRDefault="009D752D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
@@ -1949,51 +2062,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2159,51 +2272,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5346,675 +5459,713 @@
   <w:num w:numId="21" w16cid:durableId="727723574">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2024699075">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="60980424">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1776055770">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1063987506">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="67772069">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1172068208">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000008D3"/>
     <w:rsid w:val="00004840"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006112"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00023AEC"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00054BBE"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000743D2"/>
     <w:rsid w:val="00075923"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B52D9"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="00103E35"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="00133F54"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="00142088"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00154933"/>
     <w:rsid w:val="001565FC"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164366"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001718D6"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001848B6"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A1722"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E6997"/>
     <w:rsid w:val="00207731"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00233CAB"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="002372CF"/>
+    <w:rsid w:val="00244BF4"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025646E"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00293549"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F3A94"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00324533"/>
+    <w:rsid w:val="00324633"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00356AD4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00370833"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00372335"/>
+    <w:rsid w:val="00373EBC"/>
     <w:rsid w:val="00374ACE"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="00384B9B"/>
     <w:rsid w:val="00384D1F"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C0255"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00443DB4"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="004521C7"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004843AF"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="004924A9"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D6BC8"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E6B44"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="00500714"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00514513"/>
+    <w:rsid w:val="0051503A"/>
     <w:rsid w:val="00525EA9"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="0053783C"/>
     <w:rsid w:val="00541D07"/>
+    <w:rsid w:val="00542C59"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00552127"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00570098"/>
+    <w:rsid w:val="00576C49"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00584417"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A04B0"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C419D"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C69EA"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F20CB"/>
+    <w:rsid w:val="006007D0"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00654C18"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="006618E3"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672798"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00686B98"/>
+    <w:rsid w:val="006921BD"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006B7E3D"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F290B"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="007313CE"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00737A1F"/>
     <w:rsid w:val="007445CB"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00766048"/>
     <w:rsid w:val="007678BC"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00771921"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007935D8"/>
     <w:rsid w:val="007A5147"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C5E34"/>
+    <w:rsid w:val="007D19ED"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0080679A"/>
     <w:rsid w:val="00807DB8"/>
     <w:rsid w:val="0081218D"/>
     <w:rsid w:val="0081757C"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008421A4"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00846B11"/>
     <w:rsid w:val="00851082"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00857AD0"/>
     <w:rsid w:val="00862016"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00865669"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00882BE0"/>
     <w:rsid w:val="00890D1E"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B6FEB"/>
     <w:rsid w:val="008C4835"/>
+    <w:rsid w:val="008C4852"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E3EE6"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00902155"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931A9B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953E40"/>
     <w:rsid w:val="0095686B"/>
     <w:rsid w:val="00964DDC"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0098012C"/>
+    <w:rsid w:val="00990E66"/>
     <w:rsid w:val="0099711A"/>
     <w:rsid w:val="009A40C4"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B65B1"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009D752D"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6B72"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F1563"/>
     <w:rsid w:val="009F216C"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A239B8"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
+    <w:rsid w:val="00A416A9"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
+    <w:rsid w:val="00A815D2"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92B5A"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB5351"/>
     <w:rsid w:val="00AB60CD"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7AB7"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B27056"/>
     <w:rsid w:val="00B332CB"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46A4F"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7628F"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B80EF1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B91A40"/>
     <w:rsid w:val="00B926C4"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA589A"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD535D"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01234"/>
+    <w:rsid w:val="00C03551"/>
     <w:rsid w:val="00C0699B"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C27FDA"/>
     <w:rsid w:val="00C3605D"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42D03"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46A47"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C54C62"/>
     <w:rsid w:val="00C5550B"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C6592C"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C80855"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C87684"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C94F88"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA17DC"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD4C70"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE1A43"/>
     <w:rsid w:val="00CE3C1F"/>
     <w:rsid w:val="00CE3DB6"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF643E"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D02BFC"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D13A7F"/>
     <w:rsid w:val="00D349AB"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D579EE"/>
     <w:rsid w:val="00D63D56"/>
     <w:rsid w:val="00D80F54"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D90287"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD716E"/>
+    <w:rsid w:val="00DE0550"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF06DD"/>
     <w:rsid w:val="00DF1D35"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E30B6C"/>
     <w:rsid w:val="00E4545F"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E546C7"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E84A1C"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E91238"/>
+    <w:rsid w:val="00E9533F"/>
+    <w:rsid w:val="00E954BB"/>
     <w:rsid w:val="00E959BB"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB7958"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3BEE"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC78FB"/>
     <w:rsid w:val="00ED313B"/>
     <w:rsid w:val="00ED494F"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE3F4F"/>
     <w:rsid w:val="00EE44AD"/>
     <w:rsid w:val="00F01E00"/>
     <w:rsid w:val="00F13AA9"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F25383"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F263CB"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F342EB"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F67716"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA44E5"/>
+    <w:rsid w:val="00FB055E"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB5CF0"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC74D6"/>
+    <w:rsid w:val="00FD2382"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="0100A4EE"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1AE244E5"/>
     <w:rsid w:val="3DB857B0"/>
     <w:rsid w:val="61E3F907"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="79259CC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{319E8883-E427-4EB4-B1C5-617CEEE5D9A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8497,51 +8648,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00ED313B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00ED313B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00ED313B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8711,51 +8862,51 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1123498416">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-23/surrogate/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/c48fb997-6a8f-463d-95cc-ceebc9a705c3?a=false&amp;guest=true" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-58/surrogate/Kontroll%20av%20tryckskillnader%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/styrdokument/medicinska-styrdokument/medicinsk-diagnostik/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-23/surrogate/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-23/surrogate/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-9/surrogate/Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-83/surrogate/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20%e2%80%93%20%20N%c3%84L.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning%20av%20all%20personal%20till%20beredningsrum%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioak" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-8/SURROGATE/Blankett%20Dispensering%20av%20radiofarmaka-2.pdf" TargetMode="External" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioak" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-58/surrogate/Kontroll%20av%20tryckskillnader%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-23/surrogate/Ansvarsf%c3%b6rdelning%20vid%20beredning%2c%20dispensering%20och%20administrering%20av%20radiofarmaka.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-83/surrogate/St%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20%e2%80%93%20%20N%c3%84L.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-45/SURROGATE/Drift%20och%20sk%c3%b6tsel%20av%20s%c3%a4kerhetsb%c3%a4nk.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning%20av%20all%20personal%20till%20beredningsrum%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-11/surrogate/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-57/SURROGATE/Kontroll%20av%20temperatur%20och%20termometer%20i%20berednings-%20och%20dispenseringsrum%20samt%20kylsk%c3%a5p.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -9051,61 +9202,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>801</Words>
-  <Characters>10859</Characters>
+  <Words>804</Words>
+  <Characters>9433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11637</CharactersWithSpaces>
+  <CharactersWithSpaces>10217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="138" baseType="variant">
       <vt:variant>
         <vt:i4>7995433</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/c339d05a-bed9-4720-9732-745239c28a38/Mall 11 Signaturlista ver 3.0.pdf?a=false&amp;guest=true</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490416</vt:i4>
       </vt:variant>
@@ -9494,31 +9645,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-58/surrogate/Kontroll av tryckskillnader - N%c3%84L.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsordning för arbete i beredningsrum – NÄL</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>88</revision>
+  <revision>123</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>