--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,101 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="17F72710" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="00F35B05">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="006D02CF" w:rsidSect="006D02CF">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="4A4DA54F" w14:textId="77777777" w:rsidR="00DE6C2F" w:rsidRDefault="002E5232" w:rsidP="002E5232">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>ERAS vid tunntarms</w:t>
       </w:r>
       <w:r w:rsidR="00DE6C2F">
         <w:t xml:space="preserve">-, tjocktarms- och </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA24A81" w14:textId="79D3B82E" w:rsidR="006D02CF" w:rsidRDefault="00DE6C2F" w:rsidP="002E5232">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>ändtarmskirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6548570A" w14:textId="492FF82E" w:rsidR="00DE6C2F" w:rsidRDefault="00DE6C2F" w:rsidP="00DE6C2F">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617B8706" w14:textId="42405F93" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna rutin gäller alla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -142,60 +143,60 @@
         </w:rPr>
         <w:t>komplicerat</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vårdförlopp görs </w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avsteg</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i samråd med ansvarig kirurg. Rutinen tillämpas på kirurgkliniken inom NU-sjukvården.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF7D788" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="00CE2339">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34EFB88B" w14:textId="18D23745" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0082090C">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440351"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Kirurgmottagningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B876C8F" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
@@ -479,58 +480,57 @@
         <w:t>Informera om alkoholkarens sista 4 veckorna inför operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C873797" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Eras checklista fylls i och läggs till avd. sekreterare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6495B26B" w14:textId="701F4286" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0082090C">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
-        <w:lastRenderedPageBreak/>
         <w:t>Inskrivningsdagen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DEA8D02" w14:textId="0589EAB0" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sekreterare sammanställer ERAS-mapp, skriver ut provtagningsremisser</w:t>
       </w:r>
       <w:r w:rsidR="00286D45">
         <w:rPr>
@@ -620,97 +620,90 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Längd och vikt registreras. Blodtryck, puls, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pOx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B1C6C2" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+    <w:p w14:paraId="47B1C6C2" w14:textId="4029BB6C" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="6D175E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sjuksköterska kontaktar AK-mottagningen för utsättning av </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> PM SSTH)</w:t>
+        <w:t xml:space="preserve">Sjuksköterska kontaktar AK-mottagningen för utsättning av Waran. Meddelar operationstyp och datum samt målvärde för </w:t>
+      </w:r>
+      <w:r w:rsidR="254765CF" w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PK</w:t>
+      </w:r>
+      <w:r w:rsidR="254765CF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="254765CF" w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1,4). Informationsblad till patienten. Instruktion om utsättning av NOAK (enl PM SSTH)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A22ED33" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Apotekare går igenom patientens läkemedel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78F28681" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
@@ -903,51 +896,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7BBD04FC" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se MASK-PM för mer detaljer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCFEAD9" w14:textId="613694D9" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="00F138E5">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Inläggningsdagen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7133DE" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Inskrivning: </w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -1307,55 +1300,54 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308DD2F4" w14:textId="77777777" w:rsidR="0058364D" w:rsidRDefault="0058364D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="791B6E67" w14:textId="723EE250" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0058364D">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
-        <w:lastRenderedPageBreak/>
         <w:t>Operationsdagen – före operation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C675BA8" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nutrition:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> klara drycker tillåtet fram till två timmar innan operation. Patienten skall dricka särskild preoperativ dryck operationsdagens morgon. (05:00 resp. 08:00 vid tidig resp. sen start).</w:t>
       </w:r>
     </w:p>
@@ -1579,51 +1571,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och 0800 vid sen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>op.start</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231CD61F" w14:textId="154AE2AC" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0021607F">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Operation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244F1DDC" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sövning och smärtlindring:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -1788,899 +1780,884 @@
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> FASS) Operatör ordinerar post.-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> analgetika i Melior direkt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>post.op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2895188E" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="006D02CF">
-[...461 lines deleted...]
-      <w:r w:rsidRPr="006D02CF">
+      <w:r w:rsidRPr="425CAB25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Rektumamputerade:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Sover på UVA, kommer till avdelningen på morgonen post </w:t>
+        <w:t>Drän:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> anläggs i normalfallet enbart vid rektumamputation. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Int_VYAHWW5t"/>
+      <w:r>
+        <w:t>Passivt drän</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t xml:space="preserve"> i bukhålan och </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Int_L4zdhxtb"/>
+      <w:r>
+        <w:t>aktivt drän</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t xml:space="preserve"> subcutant i perineum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADBD60D" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> KAD sätts sterilt på alla patienter efter sövning. Dras på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
-        <w:t xml:space="preserve"> dag 1. </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="22779C73" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+        <w:t xml:space="preserve">-bordet vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> kirurgi på kolon utan EDA. Lämnas om EDA. Vid rektumkirurgi sätts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>suprapubisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> kateter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>peroperativt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAFA216" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Smärtlindring:</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="61B9A0A5" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+        <w:t>Ventrikelsond:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> sätts på samtliga patienter vid sövning och avlägsnas innan väckning i normalfallet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC5697A" w14:textId="0718C3CF" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="006D02CF">
-[...307 lines deleted...]
-      <w:r w:rsidRPr="006D02CF">
+      <w:r w:rsidRPr="425CAB25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Perineala</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D02CF">
+        <w:t>Kontroller:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ERAS </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Int_7QW7wwXB"/>
+      <w:r>
+        <w:t>checklista kirurgi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t xml:space="preserve"> fylls i. Vid kirurgi för cancer – fyll i INCA-registerformulär.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426C39F9" w14:textId="25C55E05" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Operationsdagen – efter operation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF8D854" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Smärtlindring:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> T Alvedon 500 mg 0+0+2+2 till samtliga patienter. (kontraindikationer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> FASS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018FE450" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">EDA vid: öppen kirurgi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> låg främre resektion av rektum, vid de flesta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> hög främre resektion av rektum, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> sigmoideumresektion med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>divertikulit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> som indikation. Vid smärtgenombrott ges bolusdos i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> i första hand. Överväg kirurgisk komplikation. Överväg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> ny EDA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083683B8" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">Till pat utan EDA ges T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ibumetin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 400 mg 0+1+1. UNDANTAG: patient med rektumanastomos. IBD. (kontraindikationer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> FASS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E67D53B" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Gabapentin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 300 mg 0+0+1 vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> rektumamputation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606BFDEE" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> urinmängd ned till 800 ml operationsdygnet accepteras. Noggrann kontroll av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>resurin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>bladderscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> på patienter utan KAD/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>cystofix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">. Se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>AnOpIVA:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> PM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Blåskontroll på UVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F96C37" w14:textId="229F7318" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="425CAB25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Vätskebehandling/Nutrition:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> I.v. vätska enl. AnOpIVA:s PM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="425CAB25">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Kolorektal kirurgi – Postop vård av ERAS-patienter.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Fri dryck redan på UVA. Ska </w:t>
+      </w:r>
+      <w:r w:rsidR="10AEA25D">
+        <w:t>dricka &gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> en liter varav två näringsdrycker. Får äta när patienten bedöms tillräckligt vaken efter operationsslut.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B9468E" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mobilisering:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Sitta i fåtölj, sitta på sängkant, stå. Sammanlagt två timmar. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Sittring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> till rektumamputerade.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED4A7DA" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tarmfunktion:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Emgesan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 250 mg 0+0+4 till samtliga patienter. UNDANTAG: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>ileostomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F38301B" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Trombosprofylax:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Fragmin 5000 IE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>. Stickträning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299A7AD0" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Kontroller:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> ERAS checklista för anestesi/UVA fylls i. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8763DA" w14:textId="5D2D8740" w:rsidR="006D02CF" w:rsidRPr="0038044D" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rektumamputerade:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Sover på UVA, kommer till avdelningen på morgonen post </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> dag 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0E664E" w14:textId="5C1C893B" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Postoperativ dag 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22779C73" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Smärtlindring:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> T Alvedon 500 mg 2x4. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B9A0A5" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ibumetin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 400 mg 1x3. UNDANTAG: EDA, IBD, rektumanastomos. (kontraindikationer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> FASS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2954D4FA" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Gabapentin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 300 mg 1x3 efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> rektumamputation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367B380A" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">EDA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> ovan. Vid smärtgenombrott i första hand bolusdos i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">. Överväg kirurgisk komplikation. Överväg att lägga om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">. Överväg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Dynastat 40 mg iv.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30219A78" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Nutrition:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Fritt intag per os. Patienterna uppmuntras att äta normalkost. Äta i matsal!! Skall dricka 3 x 200 ml näringsdryck.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142FC856" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mobilisering:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Ur säng 6 - 8 timmar dagligen i tvåtimmarspass, inklusive gångträning. Sitthjälpmedel till rektumamputerade. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08253D73" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>dygnsdiures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> ned till 800 ml vid normal njurfunktion accepteras. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>cystofix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> stängs 0800. Mätning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>resurin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Cystofix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> kan dras vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>resurin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> &lt;200 ml vid minst två mättillfällen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B30CB8" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Trombosprofylax:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Fragmin 5000 IE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>sc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>. Stickträning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFB9B33" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Vikt:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> kontrolleras dagligen i tre dagar. Vid viktuppgång &gt;2 kg ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Furix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 20 – 40 mg iv.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317DE1C0" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Tarmfunktion:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Emgesan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 250 mg 4x2. Fram till hemgång. Sätts bara ut vid besvärande diarré. Ej till patienter med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>ileostomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454A3DA5" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Stomi:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> Stomiträning påbörjas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2BB3F0" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Kontroller:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> ERAS-checklista och loggbok fylls i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A2E597" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Perineala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> förband:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> Sitter så länge det inte lossnar eller fuktar igenom. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722F3394" w14:textId="36A2A053" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve">Inspekteras/tas av/byts inför hemgång. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17DAA071" w14:textId="36AA9CC2" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Postoperativ dag 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3949C347" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Lab: </w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve">Hb, LPK, TPK, CRP, Na, K, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Krea,Ca,Albumin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2803,611 +2780,516 @@
     </w:p>
     <w:p w14:paraId="21218CB7" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kolonopererade med EDA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1FFD4F" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve">T Alvedon 500 mg 2x4. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29457559" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+    <w:p w14:paraId="29457559" w14:textId="5C757D96" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="006D02CF">
-        <w:t xml:space="preserve">Planerad EDA-dragning: </w:t>
+      <w:r>
+        <w:t>Planerad EDA-dragning: Inj Dynastat 40 mg kl 7</w:t>
+      </w:r>
+      <w:r w:rsidR="31858A1A">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">30. Ordineras av operatör redan post op. Vid kontraindikation mot NSAID/COX2-hämmare ges K Oxynorm 5 mg. EDA stängs av 0800. EDA:n dras 1100. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B3B344" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ibumetin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 400 mg 0+1+1. Första dos två timmar efter EDA-dragning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. NSAID får ej ges innan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F13309" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rektumopererade; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503FB95C" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>T Alvedon 500 mg 2x4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B6D723" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ibumetin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 400 mg 1x3. UNDANTAG: EDA, IBD, rektumanastomos. (kontraindikationer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> FASS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6835F3" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Gabapentin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> 300 mg 1x3 efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> rektumamputation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EA9C1F" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>EDA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> kvar till dag 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C16F39B" w14:textId="51780870" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: fortsatt mätning av diures. KAD dras när EDA dras. Kontroll av resurin upprepat. Cystofix dras när resurin </w:t>
+      </w:r>
+      <w:r w:rsidR="5BE7EA34">
+        <w:t>&lt;200</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ml vid minst två mättillfällen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C475E" w14:textId="2EA1C920" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Postoperativ dag 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9AB49F" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smärtlindring: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390FF893" w14:textId="0CD36566" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Rektumopererade med anastomos; överväg att sätta in Targiniq </w:t>
+      </w:r>
+      <w:r w:rsidR="14215024">
+        <w:t>5–10</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mg 1x2 med start 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BFFDD0" w14:textId="576DF0E6" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0F3CF0C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Drän:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Int_UWnXRltz"/>
+      <w:r w:rsidR="79FCC0C6">
+        <w:t>aktivt drän</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t xml:space="preserve"> subcutant i perineum dras kl. 1500 vid volym </w:t>
+      </w:r>
+      <w:r w:rsidR="641D6C96">
+        <w:t>&lt;100</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ml.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4478E94E" w14:textId="27C39E63" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0F3CF0C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: cystofix avvecklas vid resurin </w:t>
+      </w:r>
+      <w:r w:rsidR="5161B9CE">
+        <w:t>&lt;200</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ml.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EEA62D" w14:textId="0860C0DE" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Nutrition, Mobilisering, Tarmfunktion, Trombosprofylax, Vikt, Stomi, Kontroller oförändrat jfr Postoperativ dag 1 och 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196A0DE7" w14:textId="57DFC3BF" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Postoperativ dag 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A40CA5" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rektumopererade med EDA: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7485D27B" w14:textId="0AF4CBB7" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Med rektumanastomos:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> T Alvedon 500 mg 2x4. K Oxynorm 5 mg ges 0730. EDA:n stängs av kl 0800. EDA:n dras 1100. Överväg att sätta in Targiniq </w:t>
+      </w:r>
+      <w:r w:rsidR="3813364F">
+        <w:t>5–10</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mg 1x2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE8AFE5" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Utan rektumanastomos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Inj</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
-        <w:t xml:space="preserve"> Dynastat 40 mg kl 0730. Ordineras av operatör redan post op. Vid kontraindikation mot NSAID/COX2-hämmare ges K </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 5 mg. EDA stängs av 0800. </w:t>
+        <w:t xml:space="preserve"> Dynastat 40 mg iv ges 0730. Ordineras i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> av operatör direkt post op. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>EDA:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> stängs av 0800. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> dras 1100. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B3B344" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+    <w:p w14:paraId="15B0BDBC" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>Ibumetin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">  400 mg 0+1+1. Första dos två timmar efter EDA-dragning. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">NSAID får ej ges innan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">. NSAID får ej ges innan </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>EDA:n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve"> dras. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">Undantag IBD. (kontraindikationer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve"> FASS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C40198" w14:textId="1EE9F354" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D02CF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D02CF">
+        <w:t xml:space="preserve">KAD dras när </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D02CF">
         <w:t>EDA:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
-        <w:rPr>
-[...114 lines deleted...]
-        <w:t xml:space="preserve">. KAD dras när EDA dras. Kontroll av </w:t>
+        <w:t xml:space="preserve"> dras. Noggrann kontroll av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>resurin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
-        <w:t xml:space="preserve"> upprepat. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Cystofix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> dras när </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D02CF">
         <w:t>resurin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D02CF">
-        <w:t xml:space="preserve"> &lt; 200 ml vid minst två mättillfällen.</w:t>
-[...347 lines deleted...]
-      <w:r w:rsidRPr="006D02CF">
         <w:t>&lt;200 ml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A7DF0F2" w14:textId="02D3A7A5" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="0038044D">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Postoperativ dag 2–5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C914DC0" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Utskrivning:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:t xml:space="preserve"> Om utskrivningskriterierna är uppfyllda planeras för utskrivning till hemmet alt markeras som medicinskt färdigbehandlad i SAMSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D60B6C9" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3643,249 +3525,248 @@
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:t>Ingen komplikation som kräver sjukhusvård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7518469D" w14:textId="77777777" w:rsidR="006D02CF" w:rsidRPr="006D02CF" w:rsidRDefault="006D02CF" w:rsidP="006D02CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B9F95B" w14:textId="66DAE8B1" w:rsidR="00536A5A" w:rsidRPr="005B2B55" w:rsidRDefault="006D02CF" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D02CF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Avsteg </w:t>
       </w:r>
       <w:r w:rsidRPr="006D02CF">
         <w:t>från ovanstående rutiner kan göras av ansvarig kirurg. Exempelvis vid tarmsvikt och ventrikelretention eller andra komplicerande sjukdomstillstånd.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="005B2B55" w:rsidSect="006D02CF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="44F9BB22" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="240744BD" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="737D9A1B" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -3896,54 +3777,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -3974,87 +3855,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="631447BB" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="4AAD0EFA" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="49330DB5" w14:textId="77777777" w:rsidR="001C78D2" w:rsidRDefault="001C78D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4078,106 +3959,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4201,93 +4082,93 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -4327,52 +4208,73 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_VYAHWW5t" int2:invalidationBookmarkName="" int2:hashCode="pPVDljuAQri1IU" int2:id="PwwcflQc">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_L4zdhxtb" int2:invalidationBookmarkName="" int2:hashCode="Mcen1Wmozt/N6D" int2:id="fkKUZEK7">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_7QW7wwXB" int2:invalidationBookmarkName="" int2:hashCode="zQTxopL4XVoU5y" int2:id="nRICxczI">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_UWnXRltz" int2:invalidationBookmarkName="" int2:hashCode="Mcen1Wmozt/N6D" int2:id="yKKIDfun">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5541,51 +5443,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6022,51 +5924,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6879,241 +6781,259 @@
   <w:num w:numId="17" w16cid:durableId="583029900">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1250390857">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="612827914">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1695573689">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="40130077">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1869416618">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="181863027">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="00012A86"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A1B3C"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F6F2F"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="00103671"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00106B26"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C0FD7"/>
+    <w:rsid w:val="001C1740"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C78D2"/>
+    <w:rsid w:val="001D5CFF"/>
+    <w:rsid w:val="001E1E79"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00211E2D"/>
     <w:rsid w:val="0021607F"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00286D45"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B4CBC"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E5232"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="003037E3"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="003166C7"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0038044D"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00395D07"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00472562"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3617"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00524DCA"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00551BE8"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0058364D"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B2B55"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
@@ -7122,301 +7042,333 @@
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D02CF"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00705761"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="007423C2"/>
+    <w:rsid w:val="00754509"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A02D9"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0082090C"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00997D5C"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C6DBD"/>
+    <w:rsid w:val="009C71B9"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE1CDB"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B44CE6"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB51D3"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C073C8"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C4150C"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C65271"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE2339"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D06390"/>
+    <w:rsid w:val="00D06C65"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6C2F"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF5881"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E32F4C"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E70DA5"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F138E5"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F74573"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="02013F48"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0F3CF0C2"/>
+    <w:rsid w:val="10AEA25D"/>
+    <w:rsid w:val="14215024"/>
+    <w:rsid w:val="254765CF"/>
+    <w:rsid w:val="31858A1A"/>
+    <w:rsid w:val="3813364F"/>
+    <w:rsid w:val="425CAB25"/>
+    <w:rsid w:val="5161B9CE"/>
+    <w:rsid w:val="5BE7EA34"/>
+    <w:rsid w:val="5E0B1321"/>
+    <w:rsid w:val="641D6C96"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6D175E0E"/>
+    <w:rsid w:val="79FCC0C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{FB103038-82BB-44E7-B2F4-6B7FA38765FA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7764,196 +7716,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8031,606 +7983,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8661,81 +8613,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8774,53 +8726,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8894,53 +8846,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9014,53 +8966,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9110,53 +9062,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9206,53 +9158,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9288,53 +9240,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -9383,51 +9335,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9471,51 +9423,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9602,67 +9554,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -9706,131 +9658,131 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9858,51 +9810,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10195,74 +10147,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10819</Characters>
+  <Pages>1</Pages>
+  <Words>1862</Words>
+  <Characters>10619</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12460</CharactersWithSpaces>
+  <CharactersWithSpaces>12457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>ERAS vid tunntarms-, tjocktarms- och ändtarmskirurgi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Lisa Hermansson</lastModifiedBy>
-  <revision>13</revision>
+  <revision>16</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>