--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -7,739 +7,569 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0F4C24E0" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
+    <w:p w14:paraId="0F4C24E0" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00A43203" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>behandling av smärta</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A43203">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>IDA behandling av smärta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="772F551A" w14:textId="68EA994D" w:rsidR="002F13A0" w:rsidRPr="0012429C" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="0012429C">
         <w:t>Rutin för behan</w:t>
       </w:r>
       <w:r>
         <w:t>dl</w:t>
       </w:r>
       <w:r w:rsidRPr="0012429C">
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">av smärta </w:t>
       </w:r>
       <w:r w:rsidRPr="0012429C">
         <w:t>med tunnelerad IDA kateter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE0BB55" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5113F95B" w14:textId="09DE9928" w:rsidR="00613745" w:rsidRDefault="00613745" w:rsidP="00613745">
+    <w:p w14:paraId="5113F95B" w14:textId="09DE9928" w:rsidR="00613745" w:rsidRPr="00C60A1A" w:rsidRDefault="00613745" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C60A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Revidering i denna version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7449D18B" w14:textId="0E1519AE" w:rsidR="00613745" w:rsidRPr="00B95BB1" w:rsidRDefault="00B95BB1" w:rsidP="002F13A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Revidering i denna version</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppdaterad i giltighetstid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7449D18B" w14:textId="46CE419F" w:rsidR="00613745" w:rsidRPr="00613745" w:rsidRDefault="00613745" w:rsidP="002F13A0">
-[...1 lines deleted...]
-        <w:t>Ny rutin</w:t>
+    <w:p w14:paraId="764A9DCB" w14:textId="5DB2148E" w:rsidR="002F13A0" w:rsidRPr="00C60A1A" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C60A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764A9DCB" w14:textId="5DB2148E" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="00613745">
-[...42 lines deleted...]
-        <w:t xml:space="preserve">ekal smärtbehandling via tunnelerad kateter och extern pump vid cancerrelaterad smärta. </w:t>
+    <w:p w14:paraId="27945E19" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tydliggöra rutiner kring intrathekal smärtbehandling via tunnelerad kateter och extern pump vid cancerrelaterad smärta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EAA78C" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="003653E9" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="222A5DC2" w14:textId="13CB668D" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="222A5DC2" w14:textId="13CB668D" w:rsidR="002F13A0" w:rsidRPr="00C60A1A" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00613745">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C60A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5BA249" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="4E5BA249" w14:textId="0F16E3BE" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Smärtläkare, smärtsjuksköterska, narkosläkare - NU sjukvård</w:t>
       </w:r>
+      <w:r w:rsidR="00FA522D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>en.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="06B71E8B" w14:textId="7D29F654" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="06B71E8B" w14:textId="7D29F654" w:rsidR="002F13A0" w:rsidRPr="00C60A1A" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00613745">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C60A1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1B771D" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...18 lines deleted...]
-        <w:t>Man väljer det när man inte klarar optimal behandla smärta med konservativa metoder.</w:t>
+    <w:p w14:paraId="3A1B771D" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tunnelerad IDA behandling är etablerat behandling för svår smärta – oftast cancerrelaterad. Man väljer det när man inte klarar optimal behandla smärta med konservativa metoder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB56B5A" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...36 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4AB56B5A" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>I NU sjukvården lägger vi mindre än 10 katetrar / år, som innebär en del svårigheter att uppehålla rutin.  Med tanke att detta är en sällan händelse, finns det stor behov av detaljerad rutin.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="493A2233" w14:textId="4DDBDCD1" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00613745">
-        <w:lastRenderedPageBreak/>
         <w:t>Beslut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563EE900" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="563EE900" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">PAL läkare och smärtläkare ska komma överens att IDA behandling kan vara aktuellt och inga kontraindikationer föreligger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467D831C" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="467D831C" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Patienten bör vara inskriven på palliativa avdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581BA868" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...30 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="38187273" w14:textId="0D2CEB3C" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Patienten måste ha etablerat kontakt med hemsjukvården/ eller att det måste finnas plan för att etablera kontakt.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1CEB895C" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00613745">
         <w:t>Indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13015143" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">ekal behandling med morfin och lokalanestetika. </w:t>
+    <w:p w14:paraId="13015143" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Behandlingen är aktuell för patienter med svår cancerrelaterad smärta där traditionell läkemedelsbehandling med systemiska opioider och sekundäranalgetika ger otillräcklig smärtlindring och/eller oacceptabla biverkningar. Smärttillståndet bör vara av sådan karaktär att man erfarenhetsmässigt kan förvänta sig effekt av intrathekal behandling med morfin och lokalanestetika. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34972BB7" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...39 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="34972BB7" w14:textId="7AD7CE20" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid mycket kort förväntad överlevnad är det mindre lämpligt att initiera intrathekal behandling mot bakgrund av att det ofta tar tid att ställa in behandlingen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2674E40C" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00613745">
         <w:t>Kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5D6EA8" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="6D5D6EA8" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> eller trombocythämmande läkemedel samt blödningsanamnes inhämtas från patienten via patientansvarig läkare. TPK, PK/INR och APTT kontrolleras. Vid behov tas kontakt med koagulationskonsult. </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blödningsbenägenhet ökar risken för komplikation vid inläggning av IDA-kateter och som regel bör rekommendationer från Svensk Förening för Anestesi och Intensivvård följas. Uppgifter kring eventuell behandling med antikoagulantia eller trombocythämmande läkemedel samt blödningsanamnes inhämtas från patienten via patientansvarig läkare. TPK, PK/INR och APTT kontrolleras. Vid behov tas kontakt med koagulationskonsult. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346B1C1E" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="346B1C1E" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Hudinfektion kring insticksstället.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2272C2" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="0C2272C2" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Pågående systemisk infektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2099375F" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="2099375F" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Anatomiska förhållanden i ryggen som försvårar/omöjliggör inläggning av IDA-kateter. Spinal tumörutbredning eller annan patologi i ryggen kan innebära en ökad komplikationsrisk vid inläggning av IDA-kateter och individuell bedömning bör göras i det enskilda fallet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30EE0883" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="30EE0883" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Avböjande patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C94AA1" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="36C94AA1" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Kognitiv påverkan som innebär att patienten inte kan medverka i behandlingen kan vara en relativ kontraindikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6340CF70" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
+    <w:p w14:paraId="6340CF70" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4862EA6E" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00613745">
         <w:lastRenderedPageBreak/>
         <w:t>Patientinformation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C869A3" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="15C869A3" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="007B4DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Patienten skall samtycka till behandlingen och erhålla tydlig muntlig och skriftlig information inkluderande förväntad effekt, eventuella risker och biverkningar. Denna information kan ges av patientansvarig läkare eller smärtläkare. Patienten bör även informeras av smärtsjuksköterska kring praktiskt handhavande av katetersystemet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4489465D" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615D47CF" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
+    <w:p w14:paraId="615D47CF" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007B4DE1" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B4DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Perioperativa riktlinjer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428A2DAA" w14:textId="1A43B43A" w:rsidR="006319FE" w:rsidRDefault="002F13A0" w:rsidP="006319FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Se separat PM:</w:t>
       </w:r>
       <w:r w:rsidR="006319FE" w:rsidRPr="006319FE">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="006319FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Inläggning av tunnelerad IDA (</w:t>
-[...19 lines deleted...]
-          <w:t>) kateter för smärtlindring</w:t>
+          <w:t>Inläggning av tunnelerad IDA (intrathecal) kateter för smärtlindring</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7A85D006" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="00613745" w:rsidRDefault="002F13A0" w:rsidP="00613745">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00613745">
         <w:t>Postoperativ vård:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A67EB" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
@@ -930,115 +760,81 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pumpen är förprogrammerat (IDA behandling) och som regel börjar man med blandning:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="656F7AA9" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Bupivacain</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> 2,375mg/ml + Morfin 0,5mg/ml</w:t>
+        <w:t>Bupivacain 2,375mg/ml + Morfin 0,5mg/ml</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C18681" w14:textId="7D3D946A" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Start dos: 0,2ml-0,5ml/t, Bolus dos: </w:t>
-[...21 lines deleted...]
-        <w:t>,2ml med spärrtid på 30 minuter</w:t>
+        <w:t>Start dos: 0,2ml-0,5ml/t, Bolus dos: 0,1-0,2ml med spärrtid på 30 minuter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B51C5ED" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B22DE61" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00CD4F38">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -1049,283 +845,187 @@
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Doserna anpassa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> individuell utifrån patientens aktuella </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> individuell utifrån patientens aktuella opioiddoser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73BA06F0" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00CD4F38">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Doshöjningar görs försiktigt – 0,1ml i taget (tänk at effekt av Morfin intrat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ekal är ung 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">gånger starkare än Morfin </w:t>
-[...19 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t>gånger starkare än Morfin p.o.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A929A0" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00CD4F38">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vanligen är det lämpligt att halvera dygnsdosen av systemiska </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> abstinens ta flera veckor, även om IDA-smärtlindringen fungerar optimalt.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vanligen är det lämpligt att halvera dygnsdosen av systemiska opioidpreparat omedelbart i samband med att IDA-behandling startas, för att senare ev kunna trappas ut ytterligare. Detta kan pga abstinens ta flera veckor, även om IDA-smärtlindringen fungerar optimalt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAEA7BA" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D658B26" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Alternativa blandningar kan användas om man kommer till höga doser (nära 1ml/t)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">eller man vill ha starkare Morfin / alt </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> effekt.</w:t>
+        <w:t>eller man vill ha starkare Morfin / alt Bupivacain effekt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B97FEF4" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111CC1CB" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="002F13A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
@@ -1490,87 +1190,51 @@
         </w:rPr>
         <w:t>Andningsdepression</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: De flesta pat</w:t>
       </w:r>
       <w:r w:rsidR="00F666DB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ienter</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> som blir aktuella för </w:t>
-[...35 lines deleted...]
-        <w:t>. Det finns dock en risk för andningsdepression och pat</w:t>
+        <w:t xml:space="preserve"> som blir aktuella för intrathecal kateter är opioidvana. Det finns dock en risk för andningsdepression och pat</w:t>
       </w:r>
       <w:r w:rsidR="00F666DB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ienten</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör övervakas avseende andning de första dygnen efter att behandlingen har påbörjats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F9A8F8" w14:textId="19E687E0" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
@@ -1699,112 +1363,76 @@
         </w:rPr>
         <w:t>Blåsfunktion:</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Måste övervakas de första dygnen, ofta behövs KAD! En del pat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ienter</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> får övergående blåstömningssvårigheter under 2 dygn, trots låg </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> får övergående blåstömningssvårigheter under 2 dygn, trots låg Bupivacaindos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8B7BD0" w14:textId="7E226A6D" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Biverkningar av </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (motorikstörning och urinretention) ses ofta vid dygnsdos &gt;60 mg; bolusdos 1,25 mg/dos. </w:t>
+        <w:t xml:space="preserve">Biverkningar av Bupivacain (motorikstörning och urinretention) ses ofta vid dygnsdos &gt;60 mg; bolusdos 1,25 mg/dos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5519D8BE" w14:textId="77777777" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2324D7B7" w14:textId="6132AA8B" w:rsidR="00201C8D" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -1833,60 +1461,51 @@
         </w:rPr>
         <w:t>ienten</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> de första 2 dygnen bör man följa samma övervakningsrutiner och övervakningsprotokoll som för pat</w:t>
       </w:r>
       <w:r w:rsidR="003653E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ient</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0DE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> som behandlas med </w:t>
-[...8 lines deleted...]
-        <w:t>kontinuerlig EDA-kateter postop. Se rutin</w:t>
+        <w:t xml:space="preserve"> som behandlas med kontinuerlig EDA-kateter postop. Se rutin</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00F248DE" w:rsidRPr="00F248DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> Epiduralanvändning på vårdavdelning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5B9CC65E" w14:textId="7CC56E0F" w:rsidR="002F13A0" w:rsidRPr="007A0DE8" w:rsidRDefault="002F13A0" w:rsidP="00DB6009">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
@@ -1993,216 +1612,230 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="090B3DBD" w:rsidR="009C6C0C" w:rsidRPr="002F13A0" w:rsidRDefault="009C6C0C" w:rsidP="002F13A0"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="002F13A0" w:rsidSect="00B96AFF">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E3EE809" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2540BE6F" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1F1F070B" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="002A4386" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="008850E6" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
@@ -2280,51 +1913,51 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2358,83 +1991,83 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1FEB7A51" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="131BCA03" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="21946568" w14:textId="77777777" w:rsidR="00521D4B" w:rsidRDefault="00521D4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B4E36BB" w14:textId="77777777" w:rsidR="0057277B" w:rsidRDefault="0057277B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2512,51 +2145,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bildobjekt 11">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2719,51 +2352,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5269,56 +4902,55 @@
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2122022815">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1327585311">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1479612321">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1102381433">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="102"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -5432,50 +5064,51 @@
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="003653E9"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
+    <w:rsid w:val="003D7E41"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
@@ -5540,68 +5173,70 @@
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B4DE1"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00807F5D"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008850E6"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
@@ -5615,121 +5250,125 @@
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A43203"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B95BB1"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C60A1A"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C90C56"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC1FE3"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD4F38"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D56C0C"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB6009"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
@@ -5743,100 +5382,101 @@
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F248DE"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F666DB"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA522D"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8323,51 +7963,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00201C8D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00807F5D"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8732,70 +8372,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>831</Words>
-  <Characters>5904</Characters>
+  <Words>832</Words>
+  <Characters>5921</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IDA behandling av smärta</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6722</CharactersWithSpaces>
+  <CharactersWithSpaces>6740</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IDA behandling av smärta</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>