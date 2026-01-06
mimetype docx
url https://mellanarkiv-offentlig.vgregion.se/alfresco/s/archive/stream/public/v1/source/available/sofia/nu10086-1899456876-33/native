--- v0 (2025-12-13)
+++ v1 (2026-01-06)
@@ -7,1643 +7,1670 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="09BEA62E" w14:textId="6AD6FB86" w:rsidR="007404C9" w:rsidRDefault="007404C9" w:rsidP="007404C9">
+    <w:p w14:paraId="09BEA62E" w14:textId="6AD6FB86" w:rsidR="007404C9" w:rsidRPr="00A17323" w:rsidRDefault="007404C9" w:rsidP="007404C9">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r w:rsidRPr="006B63F5">
-[...3 lines deleted...]
-        <w:t>kateterbehandling (</w:t>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>Problem med IDA kateterbehandling (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>tunnelerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009E7252">
+      <w:r w:rsidR="009E7252" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B63F5">
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t>– lösning under jourtid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D77D391" w14:textId="13B48420" w:rsidR="009E7252" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="4D77D391" w14:textId="13B48420" w:rsidR="009E7252" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B6E254" w14:textId="50794CCF" w:rsidR="00A82F56" w:rsidRDefault="00A82F56" w:rsidP="009E7252">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Ny rutin. </w:t>
+    <w:p w14:paraId="21B6E254" w14:textId="58267463" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A17323" w:rsidP="009E7252">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Uppdaterad i giltighetstid</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8FAACC" w14:textId="771C83E6" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="2C8FAACC" w14:textId="771C83E6" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00013494">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t xml:space="preserve">Målgrupp </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E981A52" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1E981A52" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Anestesiläkare som arbetar jourtid, info för övrig personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6079A850" w14:textId="0044CE6F" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="6079A850" w14:textId="0044CE6F" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00013494">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363AE439" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="363AE439" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A17323">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Strukturerat stöd till anestesiläkare NU - sjukvården för akuta åtgärder vid problem med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>tunnelerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> IDA - behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477E797B" w14:textId="28F7D0E1" w:rsidR="00A82F56" w:rsidRPr="00095041" w:rsidRDefault="00A82F56" w:rsidP="00095041">
+    <w:p w14:paraId="477E797B" w14:textId="28F7D0E1" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00095041">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00095041">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A074C82" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="5A074C82" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A17323">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Tunnelerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> IDA - behandling är en etablerad behandling för svår smärta – oftast cancerrelaterad. I de flesta fall är patienten inskriven på palliativa avdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650EF57C" w14:textId="257CCB83" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="650EF57C" w14:textId="257CCB83" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A17323">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Smärtenheten </w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ansvarar för inläggning och inställning av behandlingen, bistår sedan som konsultativ verksamhet till hemavdelning/hemsjukvård. Rådgivning och konsultation är tillgänglig under ordinarie arbetstider:</w:t>
       </w:r>
-      <w:r w:rsidR="00B53F8C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B53F8C" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B53F8C" w:rsidRPr="00B53F8C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B53F8C" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B53F8C" w:rsidRPr="00B53F8C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B53F8C" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00B53F8C" w:rsidRPr="00B53F8C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B53F8C" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>51280</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00B53F8C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00B53F8C" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>måndag - torsdag 8.00 - 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E42428">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00E42428" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.00 och fredag 8.00 – 12.</w:t>
       </w:r>
-      <w:r w:rsidR="00233086">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00233086" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">0. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B66B4E5" w14:textId="602A2F8B" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00574B67">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3B66B4E5" w14:textId="602A2F8B" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A17323">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Vid akuta problem under jourtid som inte kan vänta till närmaste vardag kontaktas:</w:t>
       </w:r>
-      <w:r w:rsidR="00112EED">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00112EED" w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Narkos</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">Narkosjour i Uddevalla -tel. 50770 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>utöver ordinarie smärtenhetens tider –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>jour i Uddevalla</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>måndag kl.7.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> -tel.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>30  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 50770 – </w:t>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> fredag kl.19.00. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E369758" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00A17323">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>måndag kl.7.</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">30 </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">IVA jour NÄL - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>tel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">fredag kl.19.00. </w:t>
+        <w:t xml:space="preserve"> 51433 – övriga tid (från fredag kl19.00 till måndag 7.30)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E369758" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> (från fredag kl19.00 till måndag 7.30)</w:t>
+    <w:p w14:paraId="5725A88A" w14:textId="4098F20A" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00F06687">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Det kan finnas flera olika problem och orsaker till otillräcklig smärtlindring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F590939" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5ABFA9EF" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00A17323" w:rsidRDefault="00A82F56" w:rsidP="00D8456F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17323">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tekniska problem med PCA-pump </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55C3AC18" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-[...32 lines deleted...]
-    <w:p w14:paraId="0D9B4F90" w14:textId="4DDDE5C8" w:rsidR="00A82F56" w:rsidRPr="00561029" w:rsidRDefault="00A82F56" w:rsidP="008F6B80">
+    <w:p w14:paraId="0D9B4F90" w14:textId="4DDDE5C8" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0" w:hanging="425"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Kolla pumpfunktionen.  Larmar pumpen för ocklusion?  Är alla klämmor öppna? Kolla insättning av kassetten. Är pumpen låst?  Vid tveksamhet byt pump om sådan är tillgänglig (finns på UVA NÄL och Uddevalla, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00561029">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>avd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00561029">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14 samt Smärtmottagningen Uddevalla). Programmera inställningar enligt IDA protokollet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5453613D" w14:textId="34145FB8" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00DD2392">
+    <w:p w14:paraId="5453613D" w14:textId="34145FB8" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="00DD2392">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00013494">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Ökad smärta (sjukdomsprogress)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC63DEC" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00561029">
+    <w:p w14:paraId="1DC63DEC" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ökad smärta där tekniska problem uteslutits beror oftast på otillräcklig dosering av smärtlindring. Detta i sin tur kan vara relaterat till progress av underliggande cancersjukdom och man bör ha i åtanke att dessa patienter även löper ökad risk att drabbas av komplikationer som exempelvis patologiska frakturer och DVT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013494">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59425BA0" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="59425BA0" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61C2019C" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00DD2392" w:rsidRDefault="00A82F56" w:rsidP="00561029">
+    <w:p w14:paraId="61C2019C" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Individuell behandlingsplan för smärtgenombrott finns för den enskilda patienten i IDA-journalen och i Melior. I de flesta fall innebär detta att patienten i första hand skall använda PCA bolus via IDA och om detta inte räcker ges annan smärtlindring enligt individuell ordination. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC49A81" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00DD2392">
+    <w:p w14:paraId="6AC49A81" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13684917" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00DD2392" w:rsidRDefault="00A82F56" w:rsidP="00561029">
+    <w:p w14:paraId="22C8C55C" w14:textId="6B4C0F10" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="00ED487F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosjustering av IDA-behandling bör göras i samråd med smärtenheten NU - sjukvården men om situationen är så pass svårhanterlig att det inte går att avvakta till närmaste vardag kan det i vissa fall vara aktuellt att göra en dosjustering jourtid. Förslagsvis </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C97774">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ökas då antingen kontinuerlig dos eller bolusdos med 0,1 ml.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD2392">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Det är oftast säkrast att öka bolusdosen eftersom denna i viss mån är självreglerande. (Aktuell dos och styrka på läkemedelsblandning finns dokumenterat i IDA-journal i Melior). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C8C55C" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00DD2392">
-[...11 lines deleted...]
-    <w:p w14:paraId="0B481146" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00DD2392" w:rsidRDefault="00A82F56" w:rsidP="00561029">
+    <w:p w14:paraId="0B481146" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För att ändra dosering i pumpen eller att ge klinikerbolus anges kod 997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6D4A38" w14:textId="165F9170" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00F06687">
+    <w:p w14:paraId="2A6D4A38" w14:textId="165F9170" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="00F06687">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00013494">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dislokation av kateter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC50D14" w14:textId="6BC3DD1B" w:rsidR="00A82F56" w:rsidRPr="00A56745" w:rsidRDefault="00A82F56" w:rsidP="00A56745">
+    <w:p w14:paraId="3DC50D14" w14:textId="6BC3DD1B" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56745">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Vid misstanke om att katetern </w:t>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">id misstanke om att katetern </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A56745">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dislocerat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A56745">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ut ur spinalrummet kopplas pumpen bort. Kontrollera om det finns passivt backflöde av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A56745">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A56745">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> från filtret och om det går att aspirera. </w:t>
       </w:r>
-      <w:r w:rsidR="00921B96">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00921B96" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B937DB9" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00175970" w:rsidRDefault="00A82F56" w:rsidP="00F11122">
+    <w:p w14:paraId="4B937DB9" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Frånvaro av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan inge misstanke men inte bekräfta kateterdislokation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744B0AA7" w14:textId="58189B59" w:rsidR="00A82F56" w:rsidRPr="00175970" w:rsidRDefault="00F11122" w:rsidP="00F11122">
+    <w:p w14:paraId="744B0AA7" w14:textId="58189B59" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00F11122" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="273"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Flytta patienten till UVA (Uddevalla) eller IMA/UVA (NÄL) för att testa. </w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Späd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>bupivakain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 mg/ml med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> till styrka 2,5 mg/ml och ge 2 ml via filtret</w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Upprepa ev. efter 5 - 10 min. (OBS! om kateterspetsen ligger på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>cervikal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller hög </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>thorakal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> nivå ovan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7, skall i stället försiktig titrering göras med 0,5 ml i taget).</w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Om spinalt anslag</w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A82F56" w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A82F56" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">fås, koppla på och starta pumpen. Gå vidare som vid otillräcklig dosering av smärtlindring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE4B0CF" w14:textId="54064473" w:rsidR="00A82F56" w:rsidRPr="00F06687" w:rsidRDefault="00A82F56" w:rsidP="00F06687">
+    <w:p w14:paraId="7DE4B0CF" w14:textId="54064473" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid uteblivet spinalt anslag tillämpas i första hand individuell reservplan för varaktigt avbrott som finns i patientens Melior-journal. Pumpen koppas bort och filter proppas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Låt katetern vara kvar.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F06687">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00921B96">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00921B96" w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01957F53" w14:textId="1359815E" w:rsidR="00A82F56" w:rsidRPr="00F06687" w:rsidRDefault="00A82F56" w:rsidP="00F06687">
+    <w:p w14:paraId="01957F53" w14:textId="1359815E" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om det inte går att uppnå en hanterbar situation med hjälp av reservplan kan EDA läggas om det är rimligt att tro att detta kan lindra smärtan. Skall då läggas på nivå med god marginal till IDA-kateter så att denna inte skadas. Använd EDA Standardblandning eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ropivakain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 mg/ml och komplettera med systemisk smärtlindring inklusive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00175970">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att undvika abstinens. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F423F35" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00DB751F">
+    <w:p w14:paraId="5F423F35" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="00DB751F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00013494">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Läckage – längs kateter, kopplingar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7FCCF8" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00E60E6C">
+    <w:p w14:paraId="0B7FCCF8" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="0066758A" w:rsidRDefault="00A82F56" w:rsidP="0066758A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan läcka längs katetern efter inläggning (några dagar). Mer tydligt kan det vara hos uppegående patienter eller vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>tunnelering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> på mage. I värsta fall kan man utveckla postspinal huvudvärk (behandla enligt rutin:  ”</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Postdural</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktionshuvudvärk”). Sista utväg är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>blood-patch</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="0066758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (med bibehållen IDA - kateter och meningit ATB profylax).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778E2CE2" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="005E125C">
+    <w:p w14:paraId="778E2CE2" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="005E125C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00013494">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Läckage – lös konnektor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245CBEE2" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00E60E6C">
+    <w:p w14:paraId="245CBEE2" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Katetern är fixerat på plats med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>SecurAcath</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Det är mycket ovanligt att konnektorn lossnar från den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>intratekala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> katetern. Om detta ändå skulle uppstå skall katetermynningen omedelbart täckas med steril kompress. Lossa på </w:t>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> katetern. Om detta ändå skulle uppstå skall katetermynningen omedelbart täckas med steril kompress. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Lossa på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>SecuarAcath</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, backa katetern 1 - 2 cm och tvätta med sprit. Låt lufttorka, klipp bort 1 - 2 cm av katetern och koppla på ny konnektor (konnektorn finns i ny Epidural set - PORTEX – Epidural </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Catheter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16G). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1513A36B" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00E60E6C">
+    <w:p w14:paraId="1513A36B" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Allt extra material finns på IVA NÄL, UVA Uddevalla och smärtmottagning Uddevalla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D710601" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="2D710601" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64002ECD" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00C67AE5">
+    <w:p w14:paraId="64002ECD" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Skyndsam handläggning med strikt steril teknik är viktigt för att minska risken för bakteriell kontamination och CNS-infektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76105186" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="76105186" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:after="27"/>
+        <w:spacing w:after="27" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1486D3" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00E60E6C">
+    <w:p w14:paraId="6B1486D3" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Byt pumpslang och filter - PORTEX (Epidural Flat Filter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Rotating</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Collar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Luer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lock) som primas med befintlig läkemedelsblandning (kateter 0,4 ml + </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Portex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> filter 0,8 ml = 1,2 ml). Koppla ihop systemet och återuppta behandlingen. Om befintlig kassett tar slut använd i första hand ny kassett som finns i patientens hem/hemavdelning (det finns inga reservkassetter på AnOpIVA).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D854451" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="005E125C" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
+    <w:p w14:paraId="0D854451" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C9A8E0C" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00E60E6C" w:rsidRDefault="00A82F56" w:rsidP="00E60E6C">
+    <w:p w14:paraId="4C9A8E0C" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="008D23DD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid misstanke om kontamination/meningit, ta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>likvorprov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> i första hand från kateter, annars LP på lägre nivå än insticksställe. Sätt in ATB – kombination av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Cefotaxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2g x 3 iv och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Vancomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1g x 3 iv. Konsultera infektions bakjour och diskutera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E125C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E125C">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> utifrån prover. </w:t>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATB byte utifrån prover. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509E86A7" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA092A0" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00797454">
+    <w:p w14:paraId="6CA092A0" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00797454">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00013494">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Man behandlar patienten med ATB och lämnar IDA kateter kvar i första hand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6725FBC9" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00797454">
-[...14 lines deleted...]
-    <w:p w14:paraId="37392B02" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="009E442C">
+    <w:p w14:paraId="2733AF2A" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="009E442C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2733AF2A" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="009E442C">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="46480B6A" w14:textId="7B9DC841" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="009E442C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Likvor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prov från IDA kateter (odling celler, kemi)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="46480B6A" w14:textId="7B9DC841" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="009E442C">
-[...17 lines deleted...]
-    <w:p w14:paraId="54EAB2CE" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="54EAB2CE" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Gör allt under sterila förhållande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADA65BF" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="4ADA65BF" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Stoppa pumpen och koppla bort filter med slag från IDA kopplingen (den gula). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377E3338" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="377E3338" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Sprita av och låt torka </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7FB538" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="7F7FB538" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aspirera 1ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009E442C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009E442C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> som kastas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6158294A" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="6158294A" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aspirera sedan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009E442C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>likvor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009E442C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> till planerade prover.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E34F725" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="0E34F725" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sprita av kopplingen och låt torka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F9F234" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="20F9F234" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Koppla på filter med slang och ge klinikerbolus på 0,2 ml. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCD6B5D" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="2FCD6B5D" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D23DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Starta pumpen med samma inställning som tidigare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769CAAA5" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E442C" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
+    <w:p w14:paraId="769CAAA5" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="008D23DD" w:rsidRDefault="00A82F56" w:rsidP="00C3337D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="734B704D" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30203D9F" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FE8DC25" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
@@ -1654,151 +1681,90 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03525A0D" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="095559B3" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A5EEB9E" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
-      <w:pPr>
-[...58 lines deleted...]
-    <w:p w14:paraId="204B3800" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00B02807" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="00013494" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00FC47B9" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69583A01" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRDefault="00A82F56" w:rsidP="00A82F56">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3180"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C6EB453" wp14:editId="4E08AFCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5183504</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1181100" cy="714375"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rektangel 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1181100" cy="714375"/>
                         </a:xfrm>
@@ -2230,234 +2196,247 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nivå ovan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7, skall i stället försiktig titrering göras med 0,5 ml i taget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D9291F" w14:textId="77777777" w:rsidR="00A82F56" w:rsidRPr="009E7252" w:rsidRDefault="00A82F56" w:rsidP="009E7252"/>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="061914D4" w14:textId="54667B43" w:rsidR="00184167" w:rsidRDefault="00184167" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00184167" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="36BBF8E2" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="302C974E" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7C148241" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2486,51 +2465,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2564,73 +2543,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="73F3FDA3" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="741EA58C" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="680B793F" w14:textId="77777777" w:rsidR="001B49C3" w:rsidRDefault="001B49C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2708,51 +2687,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bildobjekt 11">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2915,51 +2894,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5699,51 +5678,51 @@
   <w:num w:numId="19" w16cid:durableId="321468685">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="644119220">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="655186493">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="810444890">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="62802480">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1771730569">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1105686581">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -5921,75 +5900,78 @@
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="0053609B"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00561029"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00574B67"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B2D11"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E125C"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00624844"/>
     <w:rsid w:val="00624A6A"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0066758A"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006861AA"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00701916"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007404C9"/>
@@ -6009,118 +5991,121 @@
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A5CE0"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D23DD"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921B96"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009341DD"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009905D6"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E442C"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7252"/>
     <w:rsid w:val="009E763E"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A17323"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A46F9B"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A56745"/>
     <w:rsid w:val="00A64E10"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A82F56"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
+    <w:rsid w:val="00AA736D"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B04A30"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B40139"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B42FB3"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B53F8C"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
@@ -6261,51 +6246,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8784,51 +8769,51 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00A82F56"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9180,74 +9165,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1086</Words>
-  <Characters>5757</Characters>
+  <Words>1028</Words>
+  <Characters>5820</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6830</CharactersWithSpaces>
+  <CharactersWithSpaces>6835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Problem med IDA kateterbehandling (tunnelerad) - lösning under jourtid</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>51</revision>
+  <revision>55</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>