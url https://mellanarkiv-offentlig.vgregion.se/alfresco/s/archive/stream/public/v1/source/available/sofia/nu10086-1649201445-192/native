--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -94,310 +94,384 @@
     <w:p w14:paraId="44B78B6D" w14:textId="77777777" w:rsidR="00F37755" w:rsidRDefault="00F37755" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="024F2025" w14:textId="690033D9" w:rsidR="0054589E" w:rsidRDefault="0054589E" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA35845" w14:textId="398A4C16" w:rsidR="0054589E" w:rsidRPr="0054589E" w:rsidRDefault="0054589E" w:rsidP="009F7B12">
+    <w:p w14:paraId="5EA35845" w14:textId="126DAF41" w:rsidR="0054589E" w:rsidRDefault="0018058C" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
       </w:pPr>
       <w:r>
-        <w:t>Ny rutin.</w:t>
+        <w:t xml:space="preserve">Mindre revideringar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD9735D" w14:textId="6FD966F1" w:rsidR="009F7B12" w:rsidRPr="00305F90" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00305F90">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D4CE3B" w14:textId="7F7C235F" w:rsidR="00F37755" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
-[...7 lines deleted...]
-    <w:p w14:paraId="5C1AF004" w14:textId="77777777" w:rsidR="00F37755" w:rsidRPr="00F37755" w:rsidRDefault="00F37755" w:rsidP="009F7B12">
+    <w:p w14:paraId="5C1AF004" w14:textId="19568608" w:rsidR="00F37755" w:rsidRPr="00F37755" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Säkerställa dokumentationen om CHA inte kan nås på grund av strömavbrott, nätverksavbrott eller yttre påverkan. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5453359B" w14:textId="506C9D21" w:rsidR="009F7B12" w:rsidRPr="00305F90" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00305F90">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Vilka berörs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173C5560" w14:textId="77777777" w:rsidR="009F7B12" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
+    <w:p w14:paraId="5D07C519" w14:textId="3E9C2419" w:rsidR="00F37755" w:rsidRPr="00F37755" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Personal på IVA, Neonatal, Anestesi och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>PostOp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> NU-sjukvården. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D07C519" w14:textId="77777777" w:rsidR="00F37755" w:rsidRPr="00F37755" w:rsidRDefault="00F37755" w:rsidP="009F7B12">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="00A40418" w14:textId="0BF8A612" w:rsidR="009F7B12" w:rsidRPr="00305F90" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00305F90">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Rutin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3DB362" w14:textId="77777777" w:rsidR="009F7B12" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="336B8556" w14:textId="77777777" w:rsidR="00240925" w:rsidRDefault="00240925" w:rsidP="00240925">
       <w:r>
-        <w:t xml:space="preserve">Om systemet omedelbart skulle stängas ned på grund av strömavbrott, nätverksavbrott eller fel i systemet används en IVA-lista i pappersform. Dessa </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">IVA-listor förvaras vid Backupdatorn. Dokumentationen skall ske utifrån respektive enhets rutin. </w:t>
+        <w:t xml:space="preserve">Om systemet omedelbart skulle stängas ned på grund av strömavbrott, nätverksavbrott eller fel i systemet används en IVA-lista i pappersform. Dessa IVA-listor förvaras vid Backupdatorn. Dokumentationen skall ske utifrån respektive enhets rutin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1785F3" w14:textId="77777777" w:rsidR="009F7B12" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="56E4E009" w14:textId="77777777" w:rsidR="00116D50" w:rsidRDefault="00116D50" w:rsidP="00240925"/>
+    <w:p w14:paraId="5FCAF4BA" w14:textId="77777777" w:rsidR="00116D50" w:rsidRDefault="00116D50" w:rsidP="00240925"/>
+    <w:p w14:paraId="3EE6F488" w14:textId="25739FEC" w:rsidR="00240925" w:rsidRDefault="00240925" w:rsidP="00240925">
       <w:r>
         <w:t xml:space="preserve">I läkemedelsrummet finns en backupdator för utskrivning av backuprapport från CHA. Vid beslut om nedstängning av systemet på grund av yttre påverkan skrivs alla data på varje patient i CHA ut innan man stänger ned. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7AAE55" w14:textId="3D37288C" w:rsidR="009F7B12" w:rsidRDefault="009F7B12" w:rsidP="005D4217">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3D3FD967" w14:textId="77777777" w:rsidR="00240925" w:rsidRDefault="00240925" w:rsidP="00240925">
       <w:r>
-        <w:t xml:space="preserve">Backuprapporten på varje patient innehåller de senaste 24 timmarnas vård. Med </w:t>
+        <w:t xml:space="preserve">Backuprapporten på varje patient innehåller de senaste 24 timmarnas vård. Med bla. Läkemedel, vätskor, trender, vätskebalans </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E27731D" w14:textId="37F250BE" w:rsidR="00E53710" w:rsidRDefault="00240925" w:rsidP="00240925">
+      <w:r>
+        <w:t xml:space="preserve">Vid driftstopp när patientsäkerheten är säkerställd ring </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TiB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Tjänstman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i Beredskap) och informera om driftstopp/störning i CHA. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TiB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kan hjälpa att sprida till berörda enheter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597E2D72" w14:textId="77777777" w:rsidR="00E64CBB" w:rsidRPr="00E64CBB" w:rsidRDefault="00E64CBB" w:rsidP="00E64CBB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E64CBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Lathund vid driftstopp/störning av CHA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09201778" w14:textId="3A42B988" w:rsidR="00E64CBB" w:rsidRPr="00FB1C68" w:rsidRDefault="00E64CBB" w:rsidP="001E1F6A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="160"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kontrollera om det en eller flera platser som är påverkade.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:br/>
+        <w:t>- En plats = Lokalt problem - Kan det vänta till dagtid/vardag? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:br/>
+        <w:t>- Flera platser = Större problem - Gå vidare till punkt 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:br/>
+        <w:t>- Vad är det som är påverkat? CHA eller apparatanslutningar (seriellt, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>bl</w:t>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>Philips,Bbraun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005D4217">
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>).  </w:t>
       </w:r>
-      <w:r>
-        <w:t>a</w:t>
+    </w:p>
+    <w:p w14:paraId="2F310FC4" w14:textId="77777777" w:rsidR="00E64CBB" w:rsidRPr="00FB1C68" w:rsidRDefault="00E64CBB" w:rsidP="001E1F6A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="160"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>VGR-IT  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>010-4737100</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D4217">
-        <w:t>l</w:t>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>och säg att det är ett IT-larm som rör CHA. </w:t>
       </w:r>
-      <w:r>
-        <w:t>äkemedel, vätskor, trender, vätskebalans m</w:t>
+    </w:p>
+    <w:p w14:paraId="08369C63" w14:textId="77777777" w:rsidR="00E64CBB" w:rsidRPr="00FB1C68" w:rsidRDefault="00E64CBB" w:rsidP="001E1F6A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="160"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>Ta fram Backuprapporter samt Övervakningslistor och dela ut </w:t>
       </w:r>
-      <w:r w:rsidR="005D4217">
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="321A2EB3" w14:textId="77777777" w:rsidR="00E64CBB" w:rsidRPr="00FB1C68" w:rsidRDefault="00E64CBB" w:rsidP="001E1F6A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="160"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>Ring </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>m</w:t>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>TiB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:right="-427"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB1C68">
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t>010-4350000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1C68">
+        <w:t>som har befogenhet att sätta funktioner i tjänst vid behov. Samt sprida information till berörda enheter. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0F7EB618" w14:textId="0E2131A4" w:rsidR="009F7B12" w:rsidRPr="00305F90" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00305F90">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Följ rutinen: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBB84F8" w14:textId="77777777" w:rsidR="008575BD" w:rsidRDefault="009F7B12" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
       </w:pPr>
       <w:r>
         <w:t>Dokumentation och basal observation på IVA när CHA är ur funktion</w:t>
       </w:r>
       <w:r w:rsidR="008575BD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1C6793" w14:textId="0FCFBC02" w:rsidR="009F7B12" w:rsidRDefault="008575BD" w:rsidP="009F7B12">
+    <w:p w14:paraId="5A5BC489" w14:textId="72F8583D" w:rsidR="009F7B12" w:rsidRDefault="008575BD" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
+        <w:rPr>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="008575BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Reservrutin driftstopp CHA, Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009F7B12">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...52 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="65F0D237" w:rsidR="00747066" w:rsidRPr="009F7B12" w:rsidRDefault="00747066" w:rsidP="009F7B12">
       <w:pPr>
         <w:ind w:right="-427"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="009F7B12" w:rsidSect="009F7B12">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="1460" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -552,51 +626,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="008575BD" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00116D50" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -2845,50 +2919,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76AE4A72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="593837C4"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1778" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2957,51 +3117,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3071,51 +3231,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="1"/>
   </w:num>
@@ -3125,60 +3285,61 @@
   <w:num w:numId="11" w16cid:durableId="789979897">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1657802124">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621447758">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1791120312">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -3203,81 +3364,85 @@
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00116D50"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0018058C"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E1F6A"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00240925"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
@@ -3308,337 +3473,350 @@
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
+    <w:rsid w:val="004765B8"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F5A19"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="0054589E"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C59E2"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D4217"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006472E2"/>
     <w:rsid w:val="0065208A"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D2325"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F641B"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E76FD"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="008575BD"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B1F4E"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F735B"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="0094734A"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B2301"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C252E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F7B12"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A11975"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE6380"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00B01C5E"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B8773F"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA138A"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF2795"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D220C4"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E043E8"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E53710"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E64CBB"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E92073"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
     <w:rsid w:val="00F05582"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F37755"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
@@ -3667,50 +3845,51 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{A2E72719-499D-4AB4-82FE-73FA6873E657}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4184,50 +4363,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -4444,93 +4624,91 @@
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
-    <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
@@ -4620,50 +4798,51 @@
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
+    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
@@ -6513,70 +6692,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>142</Words>
-  <Characters>1075</Characters>
+  <Words>259</Words>
+  <Characters>1709</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1215</CharactersWithSpaces>
+  <CharactersWithSpaces>1965</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CHA – Reservrutin vid nedstängning av CHA </dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
+  <revision>18</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>