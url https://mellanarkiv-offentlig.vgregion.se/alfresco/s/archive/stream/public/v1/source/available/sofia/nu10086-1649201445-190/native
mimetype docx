--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,2223 +1,1616 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="526C71C8" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="176CC463" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc220391035"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Trachealkanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – Stopp, byte, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dekanylering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och allmän skötsel på IVA och IMA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="42B6C370" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="0005263B" w:rsidSect="0005263B">
-[...132 lines deleted...]
-      </w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc220391036"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="78746DBE" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007A334E" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tillägg av flödesschema vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trachealkanylstopp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A2FE12" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc181866758"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc220391037"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:id w:val="1014877832"/>
+        <w:id w:val="165521519"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="0ACFE36B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="78F9CFAD" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
           </w:pPr>
-          <w:r>
-[...1 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="645430A6" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="22A12991" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001C58BB" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="MS Gothic"/>
+              <w:noProof/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="MS Gothic"/>
+              <w:noProof/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc210736179" w:history="1"/>
+          <w:hyperlink w:anchor="_Toc220391038" w:history="1">
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Denna rutin gäller för</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391038 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0CDB33AA" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="1BC4741F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001C58BB" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736180" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391039" w:history="1">
+            <w:r w:rsidRPr="001C58BB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Syfte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736180 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391039 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5059AEB0" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="5AA797EF" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001C58BB" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
+              <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736181" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391040" w:history="1">
+            <w:r w:rsidRPr="001C58BB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736181 \h </w:instrText>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391040 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C58BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B8F7D0B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...365 lines deleted...]
-        <w:p w14:paraId="27627E18" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="6A7CA162" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736188" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391041" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Manuell befuktning</w:t>
+              <w:t>Trachealkanylstopp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736188 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391041 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="088C30FE" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...121 lines deleted...]
-        <w:p w14:paraId="0D97C133" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="4A482C94" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736191" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391042" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Detta förvaras i slussen till vårdrummet</w:t>
+              <w:t>Oavsiktlig dekanylering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736191 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391042 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11DB69EB" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...60 lines deleted...]
-        <w:p w14:paraId="297B0C2D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="4DE30CE5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736193" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391043" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Material</w:t>
+              <w:t>Speciell omvårdnad/observationer vid nytracheotomerad patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736193 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391043 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="708EEFD7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="1A7292F2" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736194" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391044" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Tillvägagångssätt</w:t>
+              <w:t>Fixering av trachealkanyl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736194 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391044 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3693EE9C" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...426 lines deleted...]
-        <w:p w14:paraId="08EB168B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="387C1B04" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736202" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391045" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Allmänna råd</w:t>
+              <w:t>Befuktning av luften</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736202 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391045 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3DCC93E9" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="0C253EC6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736203" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391046" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Byte av kanyl &lt; 7 dagar efter trakeotomi</w:t>
+              <w:t>Trachealkanyl med subglottis sugkanal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736203 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391046 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C531B12" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="0BE5EF00" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736204" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391047" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Byte av kanyl &gt; 7 dagar efter trakeotomi</w:t>
+              <w:t>Material på rummet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736204 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391047 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B42820A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...60 lines deleted...]
-        <w:p w14:paraId="5183A741" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="0F0E87E7" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736206" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391048" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Åtgärder vid dekanylering</w:t>
+              <w:t>Skötsel av tracheostoma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736206 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391048 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="42B4387D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="3B806589" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736207" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391049" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Tejpning av stomat</w:t>
+              <w:t>Observationer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736207 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391049 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16E7DF04" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="47C41096" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210736208" w:history="1">
-            <w:r w:rsidRPr="00DD3C42">
+          <w:hyperlink w:anchor="_Toc220391050" w:history="1">
+            <w:r w:rsidRPr="00996505">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Omläggningsinstruktion</w:t>
+              <w:t>Skötsel av trachealkanyl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210736208 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391050 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58635A7E" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:p w14:paraId="47BD1FD6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391051" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Kufftrycksmätning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391051 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3D7B2A50" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391052" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391052 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3913032C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391053" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Patient med tracheotomi som är färdigvårdad på IVA/IMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391053 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="296D8D19" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391054" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Dokumentation i CHA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391054 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6ACAB0F3" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391055" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Trachealkanylbyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391055 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7CF3554E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220391056" w:history="1">
+            <w:r w:rsidRPr="00996505">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Planerad dekanylering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220391056 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1E1C9B6E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="76937CE5" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4A839BCF" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc220391038"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="132B5754" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00E513E4" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t>Denna rutin gäller för</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="35FD2DAA" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00DE4B2C" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1702"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E513E4">
+        <w:t>Läkare</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E513E4">
+        <w:t xml:space="preserve"> sjuksköterskor</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och undersköterskor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E513E4">
+        <w:t xml:space="preserve"> vid intensivvårdsavdelningarna inom NU-sjukvården. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCDA7F3" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="00C1E7FE" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00A61179" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc220391039"/>
       <w:r>
-        <w:t>Ihopslagning av rutinerna ”</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00A61179">
         <w:t>Syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1EA369EF" w14:textId="23C00262" w:rsidR="0005263B" w:rsidRPr="00A61179" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="08B10347" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CC5070" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:r w:rsidRPr="00E513E4">
         <w:t xml:space="preserve">Att skapa en säker rutin vid tubstopp i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E513E4">
         <w:t>trachealkanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E513E4">
         <w:t xml:space="preserve"> och vid oavsiktlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E513E4">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E513E4">
         <w:t xml:space="preserve"> av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E513E4">
         <w:t>tracheotomerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E513E4">
@@ -2231,1079 +1624,1327 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>trakealkanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>trakeotomerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> patienter.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E513E4">
+    </w:p>
+    <w:p w14:paraId="26A8B605" w14:textId="21131F1F" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220391040"/>
+      <w:r w:rsidRPr="00065A6B">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:tab/>
-[...28 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc210736183"/>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Toc210736183"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc220391041"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00522958">
         <w:t>Trachealkanylstopp</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="45D01F25" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="315B9DBB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:r>
+        <w:t xml:space="preserve">LÖF oh SFAI har tagit fram ett flödesschema vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trachealkanylstopp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> som vi följer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BEE674" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="00710FB5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C479685" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Förvissa dig om patienten har eller inte har fri luftväg ovan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>trakeostomat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109BA99D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4166627B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Om patienten har smittsam infektion i luftvägarna tag först på dig skyddsutrustning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC6ABB9" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="0FDCCD52" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Tag ut innerkanyl om den finns, det löser ofta problemet. Lämna inte patienten ensam!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B6C12E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Om inte luftpassage förbättras när innerkanyl tas ut, eller om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>trakealkanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saknar innerkanyl fortsätt enligt nedan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1DEDE9" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="24BD84F4" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Larma kollegor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733CC235" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="15A24708" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Sug rent med grov sugkateter, spruta koksalt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>1-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> ml, sug igen – flöda syrgas (10 l) mot luftväg med syrgasslang eller mask.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF35ECA" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0D8BAED6" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Sug förbi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanylens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> spets. Är det stopp i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanylen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> eller nedom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanylens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> spets, klipp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanylbandet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> runt halsen. Kontrollera om möjligt med flexibelt endoskop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F886F2F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="42BF12AC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Kuffa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> ur om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>kuffad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501E2508" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="373C1C8A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Ta ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanylen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> – fortsätt flöda syrgas mot luftväg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7F7E45" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00AD1DB1">
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Böj huvudet bakåt. Håll </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>eostomat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> öppet genom att dra i hållsuturer om dessa finns, annars med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>eotomihakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Carlens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> hakar eller långt nässpekulum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491BF927" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Om patienten inte andas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51323013" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Sätt in en mindre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> eller intubationstub via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>stomat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181F9B9F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0D6B19C1" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Intubera om möjligt oralt om a inte går.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C7B436" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Ventilera över </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>stomat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve"> om a-b inte går.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6859772C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Fortsätt enligt HLR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3DC0FB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Om patienten anda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B21298A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Sug rent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62434A21" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t xml:space="preserve">Sätt tillbaka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>tra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>ealkanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A7FBA44" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B56F8">
+        <w:t>Kontrollera läget med flexibelt endoskop</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21199A39" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:r w:rsidRPr="001B56F8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79DB3528" wp14:editId="699347AC">
+            <wp:extent cx="6081815" cy="4253948"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="565813418" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="565813418" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6097021" cy="4264584"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3E362D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="001B56F8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Länk till flödesschemat (nationella rekommendationer).</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="63B14266" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc210736184"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc220391042"/>
+      <w:r w:rsidRPr="00E513E4">
+        <w:t xml:space="preserve">Oavsiktlig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF41EF">
+        <w:t>dekanylering</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E513E4">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224D2C2E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="001B56F8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om </w:t>
+        <w:t xml:space="preserve">Vändning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>tracheostomi</w:t>
+        <w:t>nytracheotomerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve"> är &lt; 7-10 dagar, välj i första hand intubation</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FA1F32A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t xml:space="preserve"> patient innebär ett riskmoment med risk för oavsiktlig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD1DB1">
+        <w:t>dekanylering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD1DB1">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A4B47C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om man väljer </w:t>
+        <w:t xml:space="preserve">Larma på rummet och ring IVA-jour. Be någon annan ta in reservkanyl mm från skåpet i slussen, hämta akutvagn samt svår luftvägsvagn med bronkoskopiberedskap och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>rekanylering</w:t>
+        <w:t>Glideskop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>, använd ledare som ger O2</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52FA41E9" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00E513E4" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AACAF5F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>Bronchoscopi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Om patienten spontanandas - ge 15 l O2 på mask över </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve"> för att verifiera </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>trach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>tubläge</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">-hålet. Ge O2 genom/över </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve"> före ventilatio</w:t>
-[...28 lines deleted...]
-      </w:pPr>
+        <w:t>hålet+mask</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Vändning av </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="1D4B7DEF" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD09D6F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Larma på rummet och ring IVA-jour. Be någon annan ta in reservkanyl mm från skåpet i slussen, hämta akutvagn samt svår luftvägsvagn med bronkoskopiberedskap och </w:t>
+        <w:t xml:space="preserve">Om patienten ej spontanandas – ventilera med hjälp av andningsblåsa och mask över munnen med 100 % syrgas. Någon håller för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>Glideskop</w:t>
+        <w:t>trach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="742AF96F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t>-hålet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7734A7ED" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om patienten spontanandas - ge 15 l O2 på mask över </w:t>
+        <w:t xml:space="preserve">Om patienten ej kan ventileras med andningsblåsa – förbered intubation eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>trach</w:t>
-[...7 lines deleted...]
-        <w:t>hålet+mask</w:t>
+        <w:t>kanylbyte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB01FB2" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3A1B3200" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om patienten ej spontanandas – ventilera med hjälp av andningsblåsa och mask över munnen med 100 % syrgas. Någon håller för </w:t>
+        <w:t xml:space="preserve">Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>trach</w:t>
+        <w:t>tracheostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>-hålet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="12BCB99F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t xml:space="preserve"> är </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1DB1">
+        <w:t>&lt; 7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1DB1">
+        <w:t>-10 dagar, välj i första hand intubation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4059EA10" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om patienten ej kan ventileras med andningsblåsa – förbered intubation eller </w:t>
+        <w:t xml:space="preserve">Om man väljer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t>kanylbyte</w:t>
+        <w:t>rekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D29C6F3" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t>, använd ledare som ger O2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54754D44" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-      </w:pPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
-        <w:t xml:space="preserve">Om </w:t>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00AD1DB1">
+        <w:lastRenderedPageBreak/>
         <w:t>Bronchoscopi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
         <w:t xml:space="preserve"> för att verifiera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD1DB1">
         <w:t>tubläge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD1DB1">
         <w:t xml:space="preserve"> före ventilation     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A651F08" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Toc210736185"/>
+    <w:p w14:paraId="3322014C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc210736185"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc220391043"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Speciell omvårdnad/observationer vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>nytracheotomerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> patient</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="64641F31" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00731A9D" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="3A98810C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00731A9D" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Optimalt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> mellan </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009732D8">
-        <w:t>25-30 cm H2O.</w:t>
+        <w:t>25-30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009732D8">
+        <w:t xml:space="preserve"> cm H2O.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> minst 1 ggr/pass och dokumentera i CCC.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="700D77DC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t xml:space="preserve"> minst 1 ggr/pass och dokumentera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079B8B4B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Noggrann observation de första timmarna p.g.a. blödningsrisk, observera svullnad runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBC23B0" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="753B7F3B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>OBS! Subkutant emfysem kan tillstöta genom hostning mot tilltäppt kanyl, framför allt om såret sytts för tätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB1FF02" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="068CE31D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>olymem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>förband under kanylen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A90FB64" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="65F17991" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>Undvik byte av förband de</w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> första </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">dygnet om ingen annan ordination finns. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57091B58" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="7BD1AC0E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Alltid när man vänder en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trachad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> patient ska en personal säkerställa att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tracken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ej </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>dislocerar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (hålla i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tracken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136AEE04" w14:textId="6E265116" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="35C28302" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Vändning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>nytracheotomerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> patient innebär ett riskmoment med stor risk för oavsiktlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">. Detta innebär att sjuksköterska/läkare skall närvara vid vändning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>nytracheotomerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> patient första dygnet.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0839CA47" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc210736186"/>
+    <w:p w14:paraId="0228A930" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc210736186"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc220391044"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Fixering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>trachealkanyl</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C11A976" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="6CEF5886" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Noggrann fixering är mycket viktig för att undvika oavsiktlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3C9ED907" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3523EE77" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">Fäst </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>trachealkanylen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> med speciellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trachband</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">. Bandet skall sitta stadigt runt nacken med ett fingers mellanrum, men ej så att det </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>stasar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>. Huvudet hålls lätt framåtböjt vid fixering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F8AE1F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003E7AB8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3E801748" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003E7AB8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1429"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1418" w:right="282" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve">För att minska skador bör man använda rörligt vinkelstycke med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t>flexslang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E7AB8">
         <w:t xml:space="preserve"> kopplad till respiratorn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433CA72A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc210736187"/>
+    <w:p w14:paraId="530A0D02" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc210736187"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc220391045"/>
+      <w:r w:rsidRPr="00567000">
+        <w:t>Befuktning av luften</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="43A1D620" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="282"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00567000">
+        <w:t>Tracheotomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00567000">
+        <w:t xml:space="preserve"> innebär att den normala anfuktningen och temperaturregleringen är frånkopplad. För att minska risken för uttorkning med nedsatt ciliefunktion, sekretstagnation och krustabildning skall inandningsluften värmas och befuktas både vid spontanandning och respiratorbehandling. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Använd aktiv befuktning från Fischer &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Paykel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00567000">
+        <w:t xml:space="preserve">. Vid </w:t>
+      </w:r>
       <w:r w:rsidRPr="00567000">
         <w:lastRenderedPageBreak/>
-        <w:t>Befuktning av luften</w:t>
-[...25 lines deleted...]
-        <w:t>. Vid låga O</w:t>
+        <w:t>låga O</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>-flöden</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> utan ventilator</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> krävs endast</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ”fukt</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>näsa</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>tracheostomikanylen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Observera att det kan vara aktuellt med inhalationer med </w:t>
       </w:r>
       <w:r w:rsidRPr="00855B08">
         <w:t>natriumklorid eller manuell befuktning med natriumklorid för att fukta luftvägen, även om aktiv befuktning används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7370009F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00855B08" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc210736188"/>
+    <w:p w14:paraId="32A05FA5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc210736188"/>
       <w:r w:rsidRPr="00855B08">
         <w:t>Manuell befuktning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2AD4CF65" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00855B08" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="4D82047F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00855B08">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00855B08">
         <w:t xml:space="preserve"> 9mg/ml (koksalt för parenteralt bruk) droppas försiktigt i kanylen från fylld 2 ml spruta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41252471" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00855B08" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0FF367E3" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00855B08">
         <w:t>Var beredd med kopplad sug att möta sekretet vid upphostning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F3D938" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00855B08" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="07E52A96" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00855B08">
-        <w:t>Använd sugkraft på tillbakavägen och ej när sugkatetern förs in. Sug under 5-10 sekunder åt gången och vardagligdags inte längre än innerkanylens längd.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DE10ED6" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00855B08" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t xml:space="preserve">Använd sugkraft på tillbakavägen och ej när sugkatetern förs in. Sug under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00855B08">
+        <w:t>5-10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00855B08">
+        <w:t xml:space="preserve"> sekunder åt gången och vardagligdags inte längre än innerkanylens längd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9F7C07" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00855B08" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00855B08">
         <w:t>Utföres vid behov under hela dygnet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E030B3F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc210736189"/>
+    <w:p w14:paraId="6A6619F1" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc210736189"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc220391046"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Trachealkanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>subglottis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> sugkanal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="65D3521E" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="69FE2710" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="282"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Det samlas alltid slem</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och sekret</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> ovanför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>uffen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> och det finns stor risk att detta kommer ner i luftvägarna när tuben rör sig eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3333,936 +2974,941 @@
       <w:r>
         <w:t>subglottiskanal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">genomskinlig sugslang som slutar ovanför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>uffen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> Denna gör det möjligt att aspirera ansamlat sekret. Aspirera sekret med hjälp av 5 eller 10 ml spruta minst 1 gång/arbetspass.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770227C1" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc210736190"/>
+    <w:p w14:paraId="562D7BF5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc210736190"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc220391047"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Material på rummet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="_Toc210736191"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="29F95C78" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc210736191"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Detta förvaras i slussen till vårdrummet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="52981304" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="5E5D21BD" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Reservkanyl ett nummer mindre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1E6EC0" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="35E427B4" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Kuffspruta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 10 ml</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8B7D9D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0CD3E847" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Sax, peang</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5EBCEA" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3882B500" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Xylocaingel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6C821E6B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0966863D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:ind w:right="282"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56D5DEAA" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc210736192"/>
+    <w:p w14:paraId="3D387F58" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc210736192"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc220391048"/>
       <w:r w:rsidRPr="00567000">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Skötsel av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>tracheostoma</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc210736193"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B7A1AC0" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc210736193"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Material</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5D3EB3BC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="5661120A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Rena handskar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49822291" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="64FDDEC0" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Plastförkläde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2074E467" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="7A5752C6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Sax och peang</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6B0116" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="030F6CC5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
+        <w:lastRenderedPageBreak/>
         <w:t>Nackband</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07156F47" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="01CC7858" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Klorhexidinlösning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> 2 mg/ml</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5AB8CE" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1C3172FC" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Kompresser</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">- OBS! Mjuka </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Non-Woven</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kompresser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7091A7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3014DBB3" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Polymemförband</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> avsett för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>trakealvård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3C906CD7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="2B3D3007" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Spruta 10 ml</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAC3E4A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="656859C0" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Beredskap med sug</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc210736194"/>
+    </w:p>
+    <w:p w14:paraId="6F481974" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc210736194"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0FBAF6BC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="3C0556E6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Håll huden runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> rent för att undvika bakterie- och svampväxt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="129856F4" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="33E394CA" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Polymemförband</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> används runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tracheo</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t>. Förbande</w:t>
       </w:r>
       <w:r>
         <w:t>ts egenskaper minskar bakterietillväxt</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>, skyddar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mot tryck</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">, stödjer läkningsprocessen samt reducerar sårsmärta. Förbandet avger en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>surfactant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> som minska ytspänningen och aktiverar produktion av sårvätska som ger optimal fuktighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794C7B25" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3CCFDE0D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Arbeta aseptiskt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061D369A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0D867C4E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tvätta hals, nacke, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakealkanylens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> platta och runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klorhexidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> lösning 2 mg/ml, 1 g/dygn. Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NonWowen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kompresser som är mjuka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C464AC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="7B5B7F2B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Byt förband när 2/3 är mättat eller var 3:e dag. Förbandets effekt avtar om man byter ofta. Obs! Förbandet suger inte upp slem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E56F332" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="002A95BA" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Vid byte av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Polymem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> tvätta runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Klorhexidinlösning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> 2 mg/ml</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BCC7C4" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00445152" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="7CBEB2D8" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00445152" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00445152">
         <w:t>Nackband bytes vid behov. Detta utföres av två personal tillsammans, en som ansvarar för att kanylen hålls på plats och den andre byter kanylbandet samt fixering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4874C2" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="3AE0041A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc210736195"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc210736195"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc220391049"/>
       <w:r w:rsidRPr="00567000">
         <w:t>Observationer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7FB4060C" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="3F0A366F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> 1 g/pass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3858F6D1" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="05D703C3" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Rapportera till ansvarig läkare vid misstanke om infektion, svullnad eller avvikande utseende. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48017E87" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="009732D8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="24B8159A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="009732D8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="009732D8">
         <w:t xml:space="preserve">Rapportera till ansvarig läkare om ökat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009732D8">
         <w:t>kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009732D8">
         <w:t xml:space="preserve"> eller problem med luftläckage bredvid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009732D8">
         <w:t>kuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009732D8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5FC945" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="45216C8B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Det kan finnas suturer vid ett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>stoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve"> och de ska tas bort efter ordination, i regel 10 dagar.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Dokumentera i CCC.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc210736196"/>
+        <w:t xml:space="preserve"> Dokumentera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4DE1CB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc210736196"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc220391050"/>
       <w:r w:rsidRPr="00CD252A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Skötsel av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:t>trachealkanyl</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FAB0E17" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7CDC05A7" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">Innerkanyl skall </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">alltid </w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t>användas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> det behövs ingen ordination</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Innerk</w:t>
       </w:r>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">anylen är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00567000">
         <w:t>enpatient</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00567000">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Kan användas direkt efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tracheotomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Innerkanylen ska ha samma storlek som </w:t>
+        <w:t xml:space="preserve">. Innerkanylen ska ha samma storlek som </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tracken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, dvs en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>track</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nr 7 ska ha innerkanyl nr 7.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2048523D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00567000" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1FD1E0DD" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00567000" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00567000">
         <w:t>Rengöring utförs 1 – 2 g/dygn och vid behov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1187BC63" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="51AC483D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00776342">
         <w:t xml:space="preserve">Rengöring av innerkanyl både in- och utvändigt </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">med kranvatten och milt oparfymerat diskmedel. Blötlägg innerkanylen och borsta insidan med avsedd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trachealswab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Skölj därefter av med kranvatten och låt lufttorka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F52EDB8" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="009732D8" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="595C30B6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="009732D8" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="009732D8">
         <w:t xml:space="preserve">Aspiration i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009732D8">
         <w:t>subglottiskanalen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009732D8">
-        <w:t xml:space="preserve"> minst 1 ggr/pass men med fördel innan varje vändning. Dokumentera i CCC. OBS! Dokumentation även om det är 0 ml.</w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Toc210736197"/>
+        <w:t xml:space="preserve"> minst 1 ggr/pass men med fördel innan varje vändning. Dokumentera i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009732D8">
+        <w:t>. OBS! Dokumentation även om det är 0 ml.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C5AD2E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc210736197"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc220391051"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Kufftrycksmätning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ADF942D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7A91893C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Kufftrycksmätning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> utförs av ssk eller usk i samråd med ssk. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E443082" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3C4AC699" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter som spontanandas och är helt vakna med bevarad hostreflex kan efter läkarordination vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>okuffade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="69059A81" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1BB1A28B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Högt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, &gt;30 </w:t>
       </w:r>
@@ -4273,1510 +3919,1511 @@
         </w:rPr>
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ger risk för cirkulationsstörning och sårbildning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>trachealväggen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> som i sin tur kan leda till stenos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1705384F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="08B56280" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Kufftrycksmätning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> minst 1 gång/pass, mål 25–30 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Högre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> är en läkarordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4DE253" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc210736198"/>
+    <w:p w14:paraId="31907E3A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc210736198"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc220391052"/>
       <w:r w:rsidRPr="00CD252A">
         <w:t>Nutrition</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4CF069C3" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="0F47339E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Höjd huvudända, minst 30</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E162EFD" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3993DEE2" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Individuell bedömning och läkarordination avseende uppblåst </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>kuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> eller ej i samband med nutritionsbehandling. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74156EE2" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00BB1744" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc210736199"/>
+    <w:p w14:paraId="78DA5D90" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00BB1744" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc210736199"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc220391053"/>
       <w:r w:rsidRPr="00BB1744">
         <w:t xml:space="preserve">Patient med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB1744">
         <w:t>tracheotomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB1744">
         <w:t xml:space="preserve"> som är färdigvårdad på IVA/IMA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="754BBF2C" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="6C4458DE" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ÖNH-konsult meddelas för fortsatt uppföljning av patienten på vårdavdelning. Konsultremiss i Melior. ÖNH läkare ska tillsammans med IVA-läkare fylla i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00CD252A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:bCs/>
           </w:rPr>
           <w:t>Trakkortet</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00CD252A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> - Patientkort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> för avdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F1EA8D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007E7BEF" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc210736200"/>
+    <w:p w14:paraId="15122AB9" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007E7BEF" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc210736200"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc220391054"/>
       <w:r w:rsidRPr="007E7BEF">
         <w:t xml:space="preserve">Dokumentation i </w:t>
       </w:r>
       <w:r>
-        <w:t>CCC</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="5CC00EE5" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+        <w:t>CHA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="74FDA83C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Kufftryck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, minst 1 g/pass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0841C7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="422C0C5E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Byte av förband</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD0604A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="2EE354AE" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Rengöring av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>tracheostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="770AA70F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="62346B94" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>När rengöring av innerkanyl är genomförd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB7E2C8" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00CD252A" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="100FFAD7" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00CD252A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="1276" w:right="282" w:hanging="283"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mängden som aspireras ur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>subglottis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD252A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> sugkanal. Skriv även om det är 0 ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2736664B" w14:textId="6AA05252" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="000913E8">
+    <w:p w14:paraId="5016B710" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1571"/>
           <w:tab w:val="clear" w:pos="4703"/>
           <w:tab w:val="clear" w:pos="9406"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="426" w:right="282" w:firstLine="567"/>
       </w:pPr>
       <w:r w:rsidRPr="0048318C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Avvikande utseende av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0048318C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>trachostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0048318C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFF1739" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc210736201"/>
+    <w:p w14:paraId="1279BA0E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc210736201"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc220391055"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A523ED">
         <w:t>Trachealkanylbyte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="62E36B5F" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs w:val="0"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc210736202"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc210736202"/>
       <w:r w:rsidRPr="00A523ED">
         <w:t>Allmänna</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> råd</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="31116373" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="499B15DF" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Preoxygenera med 100 % (minst 2 minuter).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03210F65" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="5DA2D73D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Sedera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> och smärtlindra väl.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2658364A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="4B282716" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Använd aseptisk teknik. Handskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212768E3" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="5E704E5B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
-        <w:lastRenderedPageBreak/>
         <w:t>Rensug</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> övre och nedre luftväg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEF9930" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="157AF152" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Sug rent i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>subglottiskanalen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D4C6A4" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="28889EB9" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Noggrann munvård med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Hexident</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> enligt PM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED55353" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1C3DE112" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Tvätta runt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>trakeostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> med koksalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EA7784" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="0CF03C6B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Täthetskontrollera den nya kanylens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>kuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F7A6D8" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="774A9648" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Avlägsna den gamla kanylen, gärna över ledare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C88689" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="037437F4" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>För ner den nya kanylen över ledare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDDF5FC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1C933F6B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Sätt i innerkanyl.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71329192" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="57F4B30D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Kontrollera läget (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>andningsröresler</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>, andningsljud bilateralt, normala returer i respiratorn).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0783C1" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="6185E8FD" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Fäst den nya kanylen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1389F8BC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="694827FF" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc210736203"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc210736203"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Byte av </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF1B91">
         <w:t>kanyl</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3CD9">
-        <w:t xml:space="preserve"> &lt; 7 dagar efter </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>&lt; 7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t xml:space="preserve"> dagar efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>trakeotomi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F180051" w14:textId="41BD07E1" w:rsidR="0005263B" w:rsidRPr="00AC22F4" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="48"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="103345AB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AC22F4" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Det föreligger stor risk att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>trakeotomikanalen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> inte är fullt etablerad, vilket kan innebära stora problem att föra ner den nya kanylen. Bör därför </w:t>
       </w:r>
       <w:r w:rsidRPr="003A3CD9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>endast utföras på absolut indikation, d.v.s. icke fungerande luftväg.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Endotrakeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> intubation bör övervägas innan försök till byte av kanyl utföres. Bronkoskopiberedskap!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D0E9DC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1A047768" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc210736204"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Byte av </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>kanyl &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1B91">
+        <w:t>dagar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t xml:space="preserve"> efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>trakeotomi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="386592CB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>Trakeostomikanalen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t xml:space="preserve"> är som regel väl etablerad och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>kanylbyte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t xml:space="preserve"> innebär därför </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>mindre problem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A3CD9">
+        <w:t>. För ökad säkerhet bör byte ske över ledare. Helst bör styv ledare med flexibel spets användas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBD5090" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc210736204"/>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc210736205"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc210736205"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc220391056"/>
       <w:r w:rsidRPr="00BF1B91">
         <w:t>Planerad</w:t>
       </w:r>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>dekanylering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="16F6296A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="18C85D7C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Värdera de allmänna kliniska faktorer som kan påverka ventilationen negativt efter det att patienten </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>dekanylerats</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9F8AB7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="59B7283A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Vakenhet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F998C10" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="628F0C2A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Adekvat ventilation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109F05C7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="24D291F5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Adekvat syresättning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAD4D1A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3D3630A8" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Hostförmåga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7673C5EB" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="62F56FE6" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00D81735" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Fri luftväg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527CC2A7" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...8 lines deleted...]
-    <w:p w14:paraId="17446B4B" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="7CD2C6B5" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Ha en plan för skapande av luftväg som kan aktiveras om patienten inte kan upprätthålla adekvat ventilation efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D4E1EE" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00BF1B91" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3D1E0D22" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00BF1B91" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF1B91">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Syrgas och andningsblåsa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEC3E74" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00BF1B91" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="44EAA319" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00BF1B91" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF1B91">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tillgång till hjälpmedel för intubation/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BF1B91">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF1B91">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Svår luftvägsvagn med bronkoskopiberedskap.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4524BD8F" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc210736206"/>
+    <w:p w14:paraId="787FD670" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc210736206"/>
       <w:r w:rsidRPr="003A3CD9">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Åtgärder vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BF1B91">
         <w:t>dekanylering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D88F37D" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="52"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5B527727" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Värdera patientens luftväg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F1C265" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="05B205BD" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Pulsoxymetri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4ABBA18A" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="1992CCB9" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Patienten halvsittande/sittande i sängen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3106EC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="2FC49D5D" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Preoxygenera patienten (minst 2 minuter) FiO2 100%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E352C4" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="24D5CF8E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Rensug</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> patientens luftväg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EB0A89" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="39883B1A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Noggrann munvård med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Hexident</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> enligt PM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450001BC" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="003A3CD9" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="3A5016FB" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="003A3CD9" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve">Sug rent i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>subglottiskanalen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2C4F6C94" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007B5F48" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="2D8E806A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007B5F48" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>Kuffa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> ur ordentligt – blås gärna ner syrgas i kanylen vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t>dekanylering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003A3CD9">
         <w:t xml:space="preserve"> – ger bättre hoststöt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E053717" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc210736207"/>
+    <w:p w14:paraId="4EE12532" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc210736207"/>
       <w:r>
         <w:t xml:space="preserve">Tejpning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stomat</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="291F5894" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="53"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2E5CBBF8" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:r>
         <w:t xml:space="preserve">Då </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakealkanylen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> har avvecklats ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakeostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tejpas kant till kant. En dubbelvikt torr kompress tejpas över. Patienten uppmanas för bästa möjliga tätning att hålla över </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vid tal eller hosta. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> rengörs och läggs om efter behov, de första dagarna kan byte av förbandet behövas flera gånger per dygn tills det läkt ihop vilket vanligen tar en till två veckor. Suturering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakeostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan innebära risk för emfysem och undviks helst. Spontanläkning kan ibland ta längre tid. Suturering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>trakeostomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan innebära risk för emfysem och undviks helst. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Trakteamet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kontaktas via ÖNH-konsult om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> inte läkt på 4 veckor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3295FCE9" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007B5F48">
+    <w:p w14:paraId="36A3D38A" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc210736208"/>
+      <w:r w:rsidRPr="00275C07">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Omläggningsinstruktion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3F1433A3" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007B5F48" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="45F722AF" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007B5F48" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve">Tvätta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve"> rent och huden runtom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve"> torkas torrt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050DC883" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007B5F48" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="34FA6D57" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007B5F48" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>Stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve"> dras ihop så sårkanterna kommer kant i kant och tejpas med breda sutur-tejp</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (se bilder nedan)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD20A53" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007B5F48" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="06416D50" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007B5F48" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007B5F48">
         <w:t>En hårt vikt kompress (7,5x7,5 cm) tejpas därefter över de innersta sutur-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>tejparna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve"> över det ihopdragna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve">. Det är viktigt att förbandet blir tätt så inte luft och slem läcker ut i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>, vilket fördröjer läkningen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (se bilder nedan)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E30FF6" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="007B5F48" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="170B4D36" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="007B5F48" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve">Patienten uppmanas för bäst möjliga tätning att hålla över </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B5F48">
         <w:t xml:space="preserve"> vid tal och hosta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E802F2" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00AD1DB1" w:rsidRDefault="0005263B" w:rsidP="0005263B"/>
-    <w:p w14:paraId="7CC5C8B0" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="279DDE78" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00AD1DB1" w:rsidRDefault="003B340A" w:rsidP="003B340A"/>
+    <w:p w14:paraId="6E6C70DE" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:ind w:left="1276" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00621BE6">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FC4217D" wp14:editId="1EE09173">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52319356" wp14:editId="52EE1BC3">
             <wp:extent cx="5619750" cy="7448550"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, vit, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, vit, design&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5619750" cy="7448550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB112C8" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00590E22" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="5132D53B" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00590E22" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:pPr>
         <w:ind w:left="1276" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="0090717B">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C2636AF" wp14:editId="2838BD39">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13ABF9A9" wp14:editId="47957880">
             <wp:extent cx="5669915" cy="7096760"/>
             <wp:effectExtent l="0" t="0" r="6985" b="8890"/>
             <wp:docPr id="3" name="Bildobjekt 3" descr="En bild som visar text, design, mode&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Bildobjekt 3" descr="En bild som visar text, design, mode&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="7096760"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="062A4C77" w14:textId="77777777" w:rsidR="0005263B" w:rsidRPr="00A45E78" w:rsidRDefault="0005263B" w:rsidP="0005263B">
+    <w:p w14:paraId="262B1785" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00A45E78" w:rsidRDefault="003B340A" w:rsidP="003B340A">
       <w:r>
         <w:t xml:space="preserve">8. Avsluta med att sätta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mepilex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>border</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> utanpå tejpningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="71F7F2AF" w:rsidR="009C6C0C" w:rsidRPr="00824B2D" w:rsidRDefault="009C6C0C" w:rsidP="00824B2D"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId23"/>
+    <w:p w14:paraId="5E32100C" w14:textId="77777777" w:rsidR="003B340A" w:rsidRPr="00824B2D" w:rsidRDefault="003B340A" w:rsidP="003B340A"/>
+    <w:p w14:paraId="419E882E" w14:textId="77777777" w:rsidR="003B340A" w:rsidRDefault="003B340A" w:rsidP="003B340A">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="71F7F2AF" w:rsidR="009C6C0C" w:rsidRPr="00184410" w:rsidRDefault="009C6C0C" w:rsidP="00184410"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="00184410" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="691450DD" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB">
+    <w:p w14:paraId="3972E6CD" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F29F330" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB">
+    <w:p w14:paraId="77E5CE07" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0DCD40B1" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB">
+    <w:p w14:paraId="03798C2C" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5830,328 +5477,130 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Fet">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17972A27" w14:textId="77777777" w:rsidR="0005263B" w:rsidRDefault="0005263B" w:rsidP="00C43BDD">
-[...187 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="007F235A" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -6220,51 +5669,51 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6307,402 +5756,70 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CBB89BC" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB"/>
+    <w:p w14:paraId="42AC37EE" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D124F14" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB">
+    <w:p w14:paraId="36AC7870" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F3AE1D5" w14:textId="77777777" w:rsidR="007268AB" w:rsidRDefault="007268AB">
+    <w:p w14:paraId="23FBE9D7" w14:textId="77777777" w:rsidR="00367159" w:rsidRDefault="00367159">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...330 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -6747,84 +5864,84 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -6873,51 +5990,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4LH+jGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykabZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvr0&#10;hRIfmKmYAiNKehSe3i8+fpi3thATqEFVwhFMYnzR2pLWIdgiyzyvhWZ+BFYYdEpwmgXcul1WOdZi&#10;dq2ySZ7PshZcZR1w4T2ePvZOukj5pRQ8PEvpRSCqpNhbSKtL6zau2WLOip1jtm740Ab7hy40awwW&#10;Pad6ZIGRvWv+SKUb7sCDDCMOOgMpGy7SDDjNOH83zaZmVqRZEBxvzzD5/5eWPx029sWR0H2FDgmM&#10;gLTWFx4P4zyddDr+sVOCfoTweIZNdIFwPJzOZnfIBSUcfZPxLMcv5sku163z4ZsATaJRUoe8JLjY&#10;Ye1DH3oKidUMrBqlEjfKkLaks5vbPF04ezC5Mljj0my0QrftSFOV9OY0yBaqI87noKfeW75qsIc1&#10;8+GFOeQa+0b9hmdcpAKsBYNFSQ3u19/OYzxSgF5KWtROSf3PPXOCEvXdIDl34+k0ii1tprefJ7hx&#10;157ttcfs9QOgPMf4UixPZowP6mRKB/oNZb6MVdHFDMfaJQ0n8yH0isZnwsVymYJQXpaFtdlYHlNH&#10;VCPCr90bc3agISCDT3BSGSvesdHH9nws9wFkk6iKOPeoDvCjNBPZwzOK2r/ep6jLY1/8BgAA//8D&#10;AFBLAwQUAAYACAAAACEAd16JXeMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkblvSTLCuNJ2mShMSgsPGLtzSxmsrmqQ02VZ4esxp3Gz50+/vz9eT7dkZx9B5pyCZC2Doam86&#10;1yg4vG9nKbAQtTO69w4VfGOAdXF7k+vM+Ivb4XkfG0YhLmRaQRvjkHEe6hatDnM/oKPb0Y9WR1rH&#10;hptRXyjc9lwK8cit7hx9aPWAZYv15/5kFbyU2ze9q6RNf/ry+fW4Gb4OHw9K3d9NmydgEad4heFP&#10;n9ShIKfKn5wJrFcwk0tJKA2JWAAjYinSBFilYCFXK+BFzv93KH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAuCx/oxsCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAd16JXeMAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -8115,50 +7232,163 @@
           <w:tab w:val="num" w:pos="6469"/>
         </w:tabs>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7189"/>
         </w:tabs>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34682BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC405EF2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38932808"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5A812C0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8227,51 +7457,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8367,51 +7597,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38D32B00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D73CB578"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8480,51 +7710,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8594,51 +7824,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8707,51 +7937,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8848,51 +8078,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="452F5151"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92F06E20"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="461B3847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6122F378"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8961,51 +8304,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="513E0C65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6632EBA4"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9074,51 +8530,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9188,51 +8644,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -9301,51 +8757,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="587601F5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4174503C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1287"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2007"/>
+        </w:tabs>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3447"/>
+        </w:tabs>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4167"/>
+        </w:tabs>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4887"/>
+        </w:tabs>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5607"/>
+        </w:tabs>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6327"/>
+        </w:tabs>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7047"/>
+        </w:tabs>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5959028C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF6E3D62"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9414,51 +8983,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FA76476"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDC6A158"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1571"/>
         </w:tabs>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9554,51 +9123,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6611"/>
         </w:tabs>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7331"/>
         </w:tabs>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF46D5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56BCF854"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9667,51 +9236,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="646C4818"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="109A4C68"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9780,51 +9349,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9893,51 +9462,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7182491A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E110CCB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1287"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2007"/>
+        </w:tabs>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3447"/>
+        </w:tabs>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4167"/>
+        </w:tabs>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4887"/>
+        </w:tabs>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5607"/>
+        </w:tabs>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6327"/>
+        </w:tabs>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7047"/>
+        </w:tabs>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10006,51 +9688,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -10120,233 +9802,251 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="689646344">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="830874331">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="57095060">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="36130748">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="880897009">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="733815291">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="691685939">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1494032788">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1991668601">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1561673741">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1778714287">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="909581205">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1690833509">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1259799831">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="132677352">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="224990797">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="462846436">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1043795348">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1709835755">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="000152BD"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005263B"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000B0D0C"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="00140F3D"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
+    <w:rsid w:val="00184410"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E0B1C"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E3A40"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
@@ -10362,59 +10062,61 @@
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003516B0"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
+    <w:rsid w:val="00367159"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00371EEE"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B340A"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="0048318C"/>
     <w:rsid w:val="004876F6"/>
@@ -10465,61 +10167,63 @@
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00710FB5"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="0076206C"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F235A"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00824446"/>
     <w:rsid w:val="00824B2D"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
@@ -13374,63 +13078,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10103-2096068290-81/surrogate/Trakkort%20-%20Patientkort.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10103-2096068290-81/surrogate/Trakkort%20-%20Patientkort.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trakeotomi.se/index.php/innehall/innehall/akuta-atgarder" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -13711,73 +13407,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>12348</Characters>
+  <Pages>13</Pages>
+  <Words>2171</Words>
+  <Characters>11509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14034</CharactersWithSpaces>
+  <CharactersWithSpaces>13653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Trachealkanyl - Stopp, byte, dekanylering och allmän skötsel på IVA och IMA</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>