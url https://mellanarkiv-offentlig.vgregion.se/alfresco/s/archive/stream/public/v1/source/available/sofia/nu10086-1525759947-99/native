--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,112 +6,56 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="142788D8" w14:textId="77777777" w:rsidR="003A028E" w:rsidRDefault="003A028E" w:rsidP="00F35B05">
+    <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    <w:p w14:paraId="2BE5B87C" w14:textId="00544498" w:rsidR="00F50AE5" w:rsidRDefault="003A028E" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="003A028E" w:rsidSect="003A028E">
-[...55 lines deleted...]
-        <w:ind w:left="0" w:right="-568"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A028E">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25122FE4" wp14:editId="587686EC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="3810" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr>
@@ -301,1265 +245,1055 @@
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>27436</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7019AD9C" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5"/>
+    <w:p w14:paraId="683F66DD" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5"/>
+    <w:p w14:paraId="60446123" w14:textId="77777777" w:rsidR="00734D46" w:rsidRPr="00F50AE5" w:rsidRDefault="00734D46" w:rsidP="00F50AE5"/>
+    <w:p w14:paraId="26E34337" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="003A028E" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A028E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77966A78" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="003A028E" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-568"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A028E">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4759FF4D" wp14:editId="62A41559">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6518275</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>78740</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1244600" cy="222885"/>
+                <wp:effectExtent l="0" t="3810" r="0" b="1905"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1149110102" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1244600" cy="222885"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="63EDBA09" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="003D37FD" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Dok.ID: </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>27436</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="003D37FD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="4759FF4D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE581m4AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07RRNkrUdBqbipAG&#10;Qxp8gOM4iUXia67dJuXruXbSrrC3iRfL9nXOPefck83N2HfsoNBpMAVfLZacKSOh0qYp+I/vu3dr&#10;zpwXphIdGFXwo3L8Zvv2zWawuUqhha5SyAjEuHywBW+9t3mSONmqXrgFWGWoWAP2wtMRm6RCMRB6&#10;3yXpcnmdDICVRZDKObq9n4p8G/HrWkn/WNdOedYVnLj5uGJcy7Am243IGxS21XKmIV7BohfaUNMz&#10;1L3wgu1Rv4DqtURwUPuFhD6ButZSRQ2kZrX8R81TK6yKWsgcZ882uf8HK78enuw3ZH78CCMNMIpw&#10;9gHkT8cM3LXCNOoWEYZWiYoar4JlyWBdPn8arHa5CyDl8AUqGrLYe4hAY419cIV0MkKnARzPpqvR&#10;Mxlapll2vaSSpFqapuv1VWwh8tPXFp3/pKBnYVNwpKFGdHF4cD6wEfnpSWhmYKe7Lg62M39d0MNw&#10;E9kHwhN1P5Yj09UsLYgpoTqSHIQpLhRv2rSAvzkbKCoFd7/2AhVn3WdDlnxYZVnIVjxkV+9TOuBl&#10;pbysCCMJquCes2l756c87i3qpqVOpyHcko07HRU+s5rpUxyi8Dm6IW+X5/jq+Qfb/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAL673/PeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Adr&#10;kbhRG6sPFOJUFWrLESgRZzdekoj4IdtNw79ne6K3nd3R7DflerIDGzGm3jsFjzMBDF3jTe9aBfXn&#10;7uEJWMraGT14hwp+McG6ur0pdWH82X3geMgtoxCXCq2gyzkUnKemQ6vTzAd0dPv20epMMrbcRH2m&#10;cDtwKcSSW907+tDpgC8dNj+Hk1UQctivXuPb+2a7G0X9ta9l326Vur+bNs/AMk753wwXfEKHipiO&#10;/uRMYgNpIZcL8tIk58AuDiklbY4K5qsF8Krk1x2qPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDE581m4AEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="63EDBA09" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="003D37FD" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Dok.ID: </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>27436</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="003D37FD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A028E" w:rsidRPr="003A028E" w14:paraId="1EC8D05A" w14:textId="77777777" w:rsidTr="469E8262">
+      <w:tr w:rsidR="00F50AE5" w:rsidRPr="003A028E" w14:paraId="177C9C1A" w14:textId="77777777" w:rsidTr="00D526DC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="58D5D7E8" w14:textId="28E79AD7" w:rsidR="003A028E" w:rsidRPr="003A028E" w:rsidRDefault="64D53CD6" w:rsidP="00CB6FDF">
+          <w:p w14:paraId="607F8776" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00D526DC">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r>
-              <w:t>Hantering av cytostatika och avfall vid cytostatikabehandling</w:t>
+            <w:r w:rsidRPr="00F50AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hantering av cytostatika och avfall vid cytostatikabehandling  </w:t>
             </w:r>
-            <w:r w:rsidR="003A028E">
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10FFBA9E" w14:textId="5753D740" w:rsidR="00403D21" w:rsidRPr="003A6284" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="227D49F2" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A6284">
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A6284">
+      <w:r w:rsidRPr="00F50AE5">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA702FC" w14:textId="5CA59D03" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-[...9 lines deleted...]
-        <w:t>Förtydligande om vilka handskar som skall användas.</w:t>
+    <w:p w14:paraId="3B8A7ABE" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hänvisar till sjukhusgemensam rutin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAF485C" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-[...12 lines deleted...]
-    <w:p w14:paraId="4577A8F2" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="4A939CD8" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="1161"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008801DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317B8D3E" w14:textId="77777777" w:rsidR="00403D21" w:rsidRPr="00B457A9" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-      <w:r>
+    <w:p w14:paraId="1BF4F1CC" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cytostatikabehandling på IVA patient sker sällan. Hantering av avfall från denna patientgrupp är speciell och viktig för att minska risken för exponering till personal och omgivning.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE65591" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="1EECE518" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005A0E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6D97E7" w14:textId="77777777" w:rsidR="00403D21" w:rsidRPr="00991983" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-      <w:r>
+    <w:p w14:paraId="011D963A" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Få ett säkert omhändertagande av cytostatika avfall och undvika att personal och omgivning blir exponerade.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D697F6A" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="6718CDA4" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6349E125" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-      <w:r>
+    <w:p w14:paraId="3D95EA9D" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Läkare, sjuksköterskor och undersköterskor på AnOpIVA kliniken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244F27E7" w14:textId="77777777" w:rsidR="00403D21" w:rsidRPr="00157CAE" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="3B566CC4" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...69 lines deleted...]
-      <w:r w:rsidRPr="00157CAE">
         <w:rPr>
-          <w:b/>
-[...61 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> produkter hanteras, exempelvis ampuller eller infusionspåsar.</w:t>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Tillvägagångssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FE8B6B" w14:textId="77777777" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00096AAE">
+    <w:p w14:paraId="7D976BF9" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:ind w:right="-285"/>
         <w:rPr>
-          <w:iCs/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Allt material som använts vid administrering hos patienten ska betraktas som Riskavfall innehållande cytostatika.</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00096AAE">
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Använd svart avfallskärl</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Etiketten på avfallsbehållaren fylls i med uppgift om vårdinrättning, avdelning, telefonnummer, datum och signatur. </w:t>
+        <w:t>På IVA och IMA följs NU-sjukvårdens förvaltningsövergripande rutin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20377E7C" w14:textId="12464EB5" w:rsidR="00403D21" w:rsidRDefault="00403D21" w:rsidP="00403D21">
-[...572 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+    <w:p w14:paraId="35162851" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="0086170B" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0086170B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Cytostatikahantering</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="0086170B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> i NU-sjukvården</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65A12381" w14:textId="77777777" w:rsidR="00403D21" w:rsidRPr="005B0A99" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="0A951428" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hantering av cytostatika</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1432E7EC" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beredning av cytostatika och cytotoxiska läkemedel görs i regel på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Extemporetillverkning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VO Läkemedel och endast undantagsvis i verksamheten och då under särskilda förutsättningar. Beredning av cytostatika på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Extemporetillverkning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sker enligt regiongemensamma rutiner för samtliga beredningsenheter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF814B5" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Kunskap och kompetens</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3F6AFF" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Endast personal som har kunskap och kompetens får hantera cytostatika och cytotoxiska läkemedel, samt spill, avfall och utsöndringar som härrör från cytostatikabehandling eller hantering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF8B397" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal som handskas med cytostatika skall genomgå grundläggande teoretisk och praktisk utbildning. Personalen bör även genomgå utbildningen regionalt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Cytostatikakörkort</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som arrangeras av Regionalt Cancercentrum Väst. All personal skall genomgå en teoretisk repetitionsutbildning varje år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320EAAE8" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Således skall sjuksköterskor på AnOpIVA-kliniken ej hantera cytostatika och cytotoxiska läkemedel. Personal på AnOpIVA skall endast hantera avfall vid cytostatikabehandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BF5447" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid de fall då en IVA-patient har behov av att få cytostatika kan vi vända oss till den onkologiska gynekologimottagningen (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>: 010-43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>50357</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), vardagar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F50AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 08.00-16.00, för att få hjälp med administrering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02112B5F" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5"/>
+    <w:p w14:paraId="67B98D7D" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="005B0A99" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC8D636" w14:textId="77777777" w:rsidR="00403D21" w:rsidRPr="00EA2897" w:rsidRDefault="00403D21" w:rsidP="00403D21">
+    <w:p w14:paraId="5475D42C" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00EA2897" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F1E4E4" w14:textId="1918084F" w:rsidR="00AD6375" w:rsidRPr="00EA2897" w:rsidRDefault="00AD6375" w:rsidP="00403D21">
+    <w:p w14:paraId="47596BB5" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00EA2897" w:rsidRDefault="00F50AE5" w:rsidP="00F50AE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AD6375" w:rsidRPr="00EA2897" w:rsidSect="003A028E">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="02462A6A" w14:textId="4C85E2C8" w:rsidR="003A028E" w:rsidRPr="003A028E" w:rsidRDefault="003A028E" w:rsidP="003A028E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-568"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A028E" w:rsidRPr="003A028E" w:rsidSect="003A028E">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4B9ED0DF" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="288C1E69" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="5C8EA7B6" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E08865D" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w14:paraId="7817498A" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-2070031421"/>
+      <w:id w:val="-1750650781"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w14:paraId="68CA36D0" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00F50AE5" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7536EF3F" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661315" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CFDE384" wp14:editId="730E13EB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="2047842023" name="Bildobjekt 2047842023">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1570,331 +1304,331 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="72F55D53" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="055E28C6" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="57D95DE4" w14:textId="77777777" w:rsidR="00FD1C4D" w:rsidRDefault="00FD1C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="295FF7A1" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRPr="00DA65C4" w:rsidRDefault="00F50AE5" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663363" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C44B2B1" wp14:editId="6287F216">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="10" name="Textruta 10"/>
+              <wp:docPr id="1336538001" name="Textruta 1336538001"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="45F8A500" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="2C44B2B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 1336538001" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251663363;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="45F8A500" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="627F5E48" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662339" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="145F2244" wp14:editId="20B2503D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="Textruta 6"/>
+              <wp:docPr id="1646436447" name="Textruta 1646436447"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="7315B76A" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="145F2244" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 1646436447" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251662339;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="7315B76A" w14:textId="77777777" w:rsidR="00F50AE5" w:rsidRDefault="00F50AE5">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660291" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73BCFD36" wp14:editId="344B04A4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1">
+          <wp:docPr id="1184940052" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1912,63 +1646,63 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5291,51 +5025,51 @@
   <w:num w:numId="25" w16cid:durableId="87774347">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1002587548">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1869491943">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="496192693">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2064137866">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1992362612">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="911084002">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -5390,50 +5124,51 @@
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137755"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E01B7"/>
+    <w:rsid w:val="001F4037"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A52E3"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
@@ -5544,62 +5279,64 @@
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A5595"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00734D46"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C59A9"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00817B46"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835659"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4269"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
@@ -5745,114 +5482,116 @@
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E868DD"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED36F3"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F50AE5"/>
     <w:rsid w:val="00F512AC"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F85CBE"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD1C4D"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0DE4"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF5E9E"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="056D29A3"/>
     <w:rsid w:val="469E8262"/>
     <w:rsid w:val="63EBF693"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64D53CD6"/>
     <w:rsid w:val="69CC9C5C"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="74FCB75F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8222,51 +7961,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8294,51 +8033,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regionservice.vgregion.se/RNS/prodnarservice/tvatt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10041-1895626389-18/surrogate/Hantering%20av%20cytostatika%20och%20cytotoxiska%20l%c3%a4kemedel.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco-offentlig.vgregion.se/alfresco/service/vgr/storage/node/content/43295/Cytostatikahantering%20NU-sjukv%c3%a5rden.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco-offentlig.vgregion.se/alfresco/service/vgr/storage/node/content/43295/Cytostatikahantering%20NU-sjukv%c3%a5rden.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8633,72 +8372,72 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5799</Characters>
+  <Pages>2</Pages>
+  <Words>229</Words>
+  <Characters>1818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hantering av cytostatika och avfall vid cytostatikabehandling</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6880</CharactersWithSpaces>
+  <CharactersWithSpaces>2043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hantering av cytostatika och avfall vid cytostatikabehandling</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>25</revision>
+  <revision>28</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>