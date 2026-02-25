--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,960 +6,837 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="011E149A" w14:textId="77777777" w:rsidR="009852F1" w:rsidRDefault="009852F1" w:rsidP="00465860">
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    <w:p w14:paraId="64139621" w14:textId="3FBAB303" w:rsidR="009852F1" w:rsidRDefault="009852F1" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="56245675" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="1A5B831F" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="05C00D2D" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="5437B464" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="25A4E67B" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="7B4A5FD7" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="65525691" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk222134213"/>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skyddade personuppgifter </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="7679EDAC" w14:textId="77777777" w:rsidR="009852F1" w:rsidRPr="009852F1" w:rsidRDefault="009852F1" w:rsidP="00465860">
-[...5 lines deleted...]
-        <w:ind w:left="284" w:right="991"/>
+    <w:p w14:paraId="22CFF85B" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009852F1">
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AF7F62">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="1F778251" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppdaterad information från Skatteverket. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
+    </w:p>
+    <w:p w14:paraId="46CF2D4D" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9FCB88" w14:textId="02A7A3E9" w:rsidR="009852F1" w:rsidRPr="009852F1" w:rsidRDefault="009852F1" w:rsidP="00465860">
-[...2 lines deleted...]
-        <w:ind w:left="284" w:right="991"/>
+    <w:p w14:paraId="1509AE94" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009852F1">
+      <w:r w:rsidRPr="00AF7F62">
         <w:rPr>
-          <w:noProof/>
-[...384 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Skyddade personuppgifter är Skatteverkets samlingsrubrik för de olika skyddsåtgärderna inom folkbokföringen. Den som är utsatt för hot eller annan allvarlig brottslighet kan i vissa fall få skyddade personuppgifter. Skatteverket beslutar efter ansökan om att utsatt person och ibland även anhöriga ska ha en skyddande markering i folkbokföringsregistret.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3050EE" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00764203">
+    <w:p w14:paraId="2F7B21CF" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>En person kan inte åberopa skyddad identitet utan beslut från Skatteverket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249D8DDC" w14:textId="77777777" w:rsidR="00E65834" w:rsidRPr="00D55081" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D55081">
+    <w:p w14:paraId="21CCC4F6" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Syftet med rutinen är att skapa ett arbetssätt där vi hanterar skyddade personuppgifter på ett korrekt och säkert sätt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47ACE523" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Denna rutin gäller för</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDF4C67" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Läkare, sjuksköterskor och undersköterskor på IVA, IMA, UVA, NÄL samt UVA Uddevalla</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6782D957" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="21D8DB37" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Inskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B57EAC4" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> i våra datasystem. </w:t>
+    <w:p w14:paraId="175E8315" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienter med skyddade personuppgifter får under inga omständigheter registreras på annat sätt än med personnummer i våra datasystem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076BEF2A" w14:textId="77777777" w:rsidR="007E3B11" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1FD775A7" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ingen information om personens namn eller adressuppgifter får föras över till i aktuella system, även om sådan finns i remisser, labbsvar eller tidigare pappersjournaler. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D643BD" w14:textId="43E6C6F8" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+    <w:p w14:paraId="27C943EA" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inte heller uppgifter om närståendes namn och adresser får skrivas in i aktuella system. På namn och adress står det endast ”skyddad uppgift”. Se inskrivningsrutiner för CHA.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F157AA" w14:textId="77777777" w:rsidR="00E65834" w:rsidRPr="00D55081" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D55081">
+    <w:p w14:paraId="6F3F1CFB" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Upplysningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BD02D5" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Undantag är polis, domstol, kronofogde eller folkbokföringsmyndighet. Då har all sjukvårdspersonal skyldighet att uppge om patienten finns på sjukhus. OBS! </w:t>
+    <w:p w14:paraId="6347B321" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det är full sekretess och vi får ej uppge att patienten finns hos oss!  Undantag är polis, domstol, kronofogde eller folkbokföringsmyndighet. Då har all sjukvårdspersonal skyldighet att uppge om patienten finns på sjukhus. OBS! </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Motring</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> alltid!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03225257" w14:textId="77777777" w:rsidR="00E65834" w:rsidRPr="00D55081" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D55081">
+    <w:p w14:paraId="50AFF332" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Post</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BD867B" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0911A8D3" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00AF7F62">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Skicka post till någon med skyddade personuppgifter | Skatteverket</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FDD0357" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00D55081">
+    <w:p w14:paraId="05864A19" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Gömda patienter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263B8E58" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D55081">
+    <w:p w14:paraId="0BD55157" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Skrivs in med de uppgifter som kommer med från akuten eller vårdavdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D09205" w14:textId="77777777" w:rsidR="00E65834" w:rsidRPr="00D55081" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...8 lines deleted...]
-        <w:t>id polisförfrågan på gömda patienter</w:t>
+    <w:p w14:paraId="119E292F" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Vid polisförfrågan på gömda patienter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7EB1AB" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> varit hos oss. </w:t>
+    <w:p w14:paraId="7B9EBAD9" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om patienten befinner sig hos oss måste vi uppge att patienten finns här. Om patienten har lämnat IVA/IMA/UVA får vi ej uppge att denne varit hos oss. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4072BD85" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="137321AD" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc181866764"/>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="0CDD6D56" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42DFB3A7" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">För mer information, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>vg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> se regional rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00963200">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00AF7F62">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">”Skyddade personuppgifter från </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00963200">
+        <w:r w:rsidRPr="00AF7F62">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>skatteverket</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00963200">
+        <w:r w:rsidRPr="00AF7F62">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>”.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="290DD4DC" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="991"/>
+    <w:p w14:paraId="1AFBE44A" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12ABB70B" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4C719D75" w14:textId="77777777" w:rsidR="00AF7F62" w:rsidRPr="00AF7F62" w:rsidRDefault="00AF7F62" w:rsidP="00AF7F62">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6099E089" w14:textId="77777777" w:rsidR="00E65834" w:rsidRDefault="00E65834" w:rsidP="00E65834">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="009852F1" w:rsidRPr="009852F1" w:rsidSect="009852F1">
+    <w:p w14:paraId="43EDFF05" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="402C07DC" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="62698F57" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="3337FC38" w14:textId="77777777" w:rsidR="003C221C" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:p w14:paraId="293F7BE7" w14:textId="77777777" w:rsidR="003C221C" w:rsidRPr="003A5EEE" w:rsidRDefault="003C221C" w:rsidP="003A5EEE"/>
+    <w:sectPr w:rsidR="003C221C" w:rsidRPr="003A5EEE" w:rsidSect="009852F1">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="540814F8" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="46F4C178" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="70947E1F" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -988,51 +865,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="45" name="Bildobjekt 45">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1066,73 +943,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0DD3A07C" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1465181C" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="034FD919" w14:textId="77777777" w:rsidR="008A4CE4" w:rsidRDefault="008A4CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1176,85 +1053,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1299,51 +1176,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1420,51 +1297,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3624,51 +3501,51 @@
   <w:num w:numId="14" w16cid:durableId="1185094034">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="629287910">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1194343265">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="966468858">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1280333977">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="703363322">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1342120251">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -3690,50 +3567,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D59B8"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00131B2C"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00147322"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
@@ -3772,51 +3650,53 @@
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A5EEE"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C221C"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00465860"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
@@ -3955,64 +3835,66 @@
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D32D8"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A75241"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF577F"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7F62"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B3401D"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B35E93"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B725B8"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B80109"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
@@ -4124,51 +4006,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{D81E38B8-8424-42AB-96DC-605E8E44F3BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6538,51 +6420,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6610,51 +6492,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs10162-1596316381-26/surrogate/Regional%20riktlinje%20skyddade%20personuppgifter%20fr%c3%a5n%20Skatteverket%202022-2027.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs10162-1596316381-26/surrogate/Regional%20riktlinje%20skyddade%20personuppgifter%20fr%c3%a5n%20Skatteverket%202022-2027.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skatteverket.se/privat/folkbokforing/skyddadepersonuppgifter/skickaposttillnagonmedskyddadepersonuppgifter.4.1a098b721295c544e1f800028789.html" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6947,74 +6829,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>289</Words>
-  <Characters>1999</Characters>
+  <Words>282</Words>
+  <Characters>2148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2284</CharactersWithSpaces>
+  <CharactersWithSpaces>2426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Skyddade personuppgifter</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>17</revision>
+  <revision>20</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>