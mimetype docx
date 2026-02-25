--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,4268 +1,6821 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7F221F4B" w14:textId="77777777" w:rsidR="009D7989" w:rsidRDefault="009D7989" w:rsidP="00F35B05">
+    <w:p w14:paraId="4348AAE6" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00F14A49">
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="76E7A2BC" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00F14A49"/>
+    <w:p w14:paraId="5637EE45" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00F14A49"/>
+    <w:p w14:paraId="77837ECB" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="009D7989" w:rsidSect="009D7989">
+        <w:sectPr w:rsidR="00580062" w:rsidSect="00580062">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3B0AC754" w14:textId="77777777" w:rsidR="009D7989" w:rsidRPr="009D7989" w:rsidRDefault="009D7989" w:rsidP="009D7989">
+    </w:p>
+    <w:p w14:paraId="0AA42E21" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="009D7989" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="278DC4A6" w14:textId="77777777" w:rsidR="009D7989" w:rsidRPr="009D7989" w:rsidRDefault="009D7989" w:rsidP="009D7989">
-[...95 lines deleted...]
-                      <wps:txbx>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9039" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9039"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00580062" w:rsidRPr="001049D7" w14:paraId="74E6133D" w14:textId="77777777" w:rsidTr="00F232DB">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="578A6F8B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00F232DB">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F20B4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70524D57" wp14:editId="206DF805">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>6518275</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>78740</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1031875" cy="222885"/>
+                      <wp:effectExtent l="0" t="3810" r="0" b="1905"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="8" name="Text Box 8"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1031875" cy="222885"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:solidFill>
+                                      <a:srgbClr val="FFFFFF"/>
+                                    </a:solidFill>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                    <a:solidFill>
+                                      <a:srgbClr val="000000"/>
+                                    </a:solidFill>
+                                    <a:miter lim="800000"/>
+                                    <a:headEnd/>
+                                    <a:tailEnd/>
+                                  </a14:hiddenLine>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="7DF56FA5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="003D37FD" w:rsidRDefault="00580062" w:rsidP="00580062">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Dok.ID: </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="begin"/>
+                                  </w:r>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
+                                  </w:r>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="separate"/>
+                                  </w:r>
+                                  <w:proofErr w:type="gramStart"/>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>12418</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
+                                  <w:r w:rsidRPr="003D37FD">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:fldChar w:fldCharType="end"/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:spAutoFit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>20000</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="70524D57" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:81.25pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy7Su84QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xo2RI1XS27KkJa&#10;LtLCBziO01gkHjN2m5SvZ+yk3QJviBfL9jhnzjlzsrkd+44dFToNpuTZIuVMGQm1NvuSf/u6e7Xm&#10;zHlhatGBUSU/Kcdvty9fbAZbqBxa6GqFjECMKwZb8tZ7WySJk63qhVuAVYaKDWAvPB1xn9QoBkLv&#10;uyRP0zfJAFhbBKmco9uHqci3Eb9plPSfm8Ypz7qSEzcfV4xrFdZkuxHFHoVttZxpiH9g0QttqOkF&#10;6kF4wQ6o/4LqtURw0PiFhD6BptFSRQ2kJkv/UPPUCquiFjLH2YtN7v/Byk/HJ/sFmR/fwUgDjCKc&#10;fQT53TED960we3WHCEOrRE2Ns2BZMlhXzJ8Gq13hAkg1fISahiwOHiLQ2GAfXCGdjNBpAKeL6Wr0&#10;TIaW6etsfbPiTFItz/P1ehVbiOL8tUXn3yvoWdiUHGmoEV0cH50PbERxfhKaGdjprouD7cxvF/Qw&#10;3ET2gfBE3Y/VyHQ9SwtiKqhPJAdhigvFmzYt4E/OBopKyd2Pg0DFWffBkCVvs+UyZCselqubnA54&#10;XamuK8JIgiq552za3vspjweLet9Sp/MQ7sjGnY4Kn1nN9CkOUfgc3ZC363N89fyDbX8BAAD//wMA&#10;UEsDBBQABgAIAAAAIQCHdhHf3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyD&#10;NUjsqN2ozzROVaG2LIESsXZjk0TEY8t20/D3TFewm6s5uo9iO9qeDSbEzqGE6UQAM1g73WEjofo4&#10;PK2AxaRQq96hkfBjImzL+7tC5dpd8d0Mp9QwMsGYKwltSj7nPNatsSpOnDdIvy8XrEokQ8N1UFcy&#10;tz3PhFhwqzqkhFZ589ya+vt0sRJ88sflS3h92+0Pg6g+j1XWNXspHx/G3QZYMmP6g+FWn6pDSZ3O&#10;7oI6sp60yBZzYunKZsBuxHS1pnlnCbPlHHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAMu0rvOEBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAh3YR394AAAALAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+                      <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
-                          <w:p w14:paraId="04CBBCB1" w14:textId="77777777" w:rsidR="009D7989" w:rsidRPr="003D37FD" w:rsidRDefault="009D7989" w:rsidP="009D7989">
+                          <w:p w14:paraId="7DF56FA5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="003D37FD" w:rsidRDefault="00580062" w:rsidP="00580062">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12418</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...130 lines deleted...]
-            </w:pPr>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="009D7989">
+            <w:r w:rsidRPr="00F20B4F">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>CRRT-behandling på IVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="158BB027" w14:textId="77777777" w:rsidR="009D7989" w:rsidRDefault="009D7989" w:rsidP="009D7989">
+    <w:p w14:paraId="397D1302" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-710"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="507DF84E" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="0E4EF358" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="0BABA9D2" w14:textId="117A4054" w:rsidR="00ED7DDF" w:rsidRPr="00902CA3" w:rsidRDefault="00E81E29" w:rsidP="00ED7DDF">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00580062">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revidering i denna version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA329E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="539E9CD4" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00580062">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revidering av standard-avflödesdos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED47AFE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00580062">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CHA-ordinationsexempel (bilaga 5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587F2076" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F34C0F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="200D45EE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00F20B4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3EB98329" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00535CC5" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>CRRT (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Continous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Renal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Replacement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Therapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) har använts inom intensivvården under mer än </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>30-40</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år. Det finns idag ingen evidens att tidig CRRT förbättrar överlevnaden vid sepsis men det är lättare att upprätthålla vätskebalans och patienterna kräver ofta mindre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>vasopressorstöd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> när CRRT startas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384086FD" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00F20B4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00535CC5">
-        <w:rPr>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>CRRT kan avlägsna vattenlösliga substanser via två olika principer:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DE9A012" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00535CC5" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:t>CRRT kan avlägsna substanser via två olika principer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E877559" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00F20B4F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
         <w:textAlignment w:val="baseline"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="36AECD1F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="008C4B59" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Konvektion (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hemofiltration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>) – då vatten (via ultrafiltration) och däri lösta substanser transporteras över dialysfiltret från blodbanan. Detta åstadkommer CRRT maskinen genom att skapa en tryckgradient (transmembrantryck) över filtret.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAD9E37" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F20B4F" w:rsidRDefault="00580062" w:rsidP="00F20B4F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
         <w:textAlignment w:val="baseline"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6AFFFE64" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Diffusion (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hemodialys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – substanser (men inget vatten) diffunderar passivt över dialysfiltret från blodbanan (hög koncentration av substansen) till dialysvätskan (låg koncentration av substansen). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189B7761" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="007A44D3" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A44D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CF4440" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="1F3F7E16" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Att skapa säkra och enhetliga rutiner för CRRT på IVA NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7A4A41" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="61D4CE28" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317F74F5" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="3BF5CF44" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="007A44D3" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A44D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Läkare och sjuksköterskor på IVA i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B6B093" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="465E6478" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Indikationer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E41363F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Patienter med akut njursvikt enligt nedanstående definitioner och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CAE2E2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Hypervolemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="006EC355" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Hyperkalemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P-Kalium &gt;6,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>/l.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34485571" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Uremiska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> symtom/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Azotemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5602A76B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Acidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pH &lt;7.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDD9145" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="993"/>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="551ADAAF" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Patienter med akut njursvikt enligt KDIGO stadium 2 (för definitioner se bilaga 4) med nedsättning av urinproduktionen till mindre än 0,5 ml/kg/h i 12 timmar och en två till tredubbling av s-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>kreatinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trots adekvat vätskesubstitution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02444485" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100546BC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För patienter med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>azotemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och s-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>urea &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40-50 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/l har det hittills varit praxis att starta dialys. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3577586A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E87BB3E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid akut njursvikt på patienter med sepsis/septisk chock bör CRRT startas så tidigt som möjligt (även nattetid). Man har hittills inte vetenskapligt kunnat visa någon ökad överlevnad hos dessa patienter men man ser oftast ett minskat behov av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>vasopressorstöd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7827001A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3BE9B3" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andra indikationer för CRRT är till exempel hypertermi, hypotermi, olika former av elektrolytrubbningar, intoxikationer, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>rhabdomyolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14811C12" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kontraindikationer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381EA02D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patient vars grundsjukdom är så allvarlig att man skall avstå från CRRT. Diskutera med PAL och dokumentera anledning till beslutet att avstå i särskild </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Melioranteckning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ”Begränsning av vårdinsats”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F3BCB0" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Barn under 15 år och &lt;40 kg, då vi inte har någon erfarenhet av CRRT på barn och därmed inte har några </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>barnset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hemma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669A5359" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00545EB1" w:rsidRDefault="00580062" w:rsidP="00545EB1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497C6C00" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D867D4" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Metadata"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74140E59" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Metadata"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40776079" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00AF72E6" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CVVHD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBCCA6A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00AF72E6" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Continuous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Veno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Venous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hemodialysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC6C56A" w14:textId="3C4ADB71" w:rsidR="00580062" w:rsidRPr="00AF72E6" w:rsidRDefault="00580062" w:rsidP="00AF72E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid ren CVVHD avlägsnas molekyler från blodsidan genom diffusion, dvs. molekyler </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>(&lt; 500</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1500 Dalton) men (i princip) inget vatten passerar över filtret från blodsidan till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatsidan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Dialysatvätskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drivs av en separat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatpump</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och det är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatvätskans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flödeshastighet som avgör </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>clearance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dvs hur effektivt blodsidan renas från olika molekyler. Det är förstås möjligt att avlägsna vatten (genom ultrafiltration) även vid denna modalitet men då måste avflödespumpen hålla en högre hastighet än </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatpumpen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>. Detta görs genom att det önskade vätskeborttaget ställs in i maskinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5790379E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00AF72E6" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normalinställning (CVVHD): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B28682" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00AF72E6">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Blodflöde: Maskinen startas på 300 ml/min</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DF0876" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00AF72E6">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Vätskeborttag:  Starta på 10 ml/h, om patienten är övervätskad ökas detta. Sjuksköterskan ansvarar att vätskeborttaget anpassas efter önskad vätskebalans för dygnet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78546B88" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00AF72E6">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Avflödesdos: (20-) 25 ml/kg/h (idealvikt)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AE4A59" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00AF72E6">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2073" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Dialysatvätska (dialysflöde)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E67219C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="001174B4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2127"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Beräknas utifrån 25 ml/kg/t (beräknat på idealvikt) på patienter med akut njursvikt och 20 ml/kg/t (idealvikt) på patienter med akut på kronisk njursvikt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25811904" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001174B4" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="58A0BB83" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A982E5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00B63E94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="29466EB4" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Exempel för inställningar (CVVHD, vikt 70 kg):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560F803A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00B63E94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="59E35F4E" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Dialysatvätska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>= avflödesdos (25 ml/kg/t).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB726A2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00B63E94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>25 ml/kg/t x 70 kg = 1750 ml/t</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C51EE78" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00B63E94" w:rsidRDefault="00580062" w:rsidP="00B63E94">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang w:val="fi-FI"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eftersom det är ren CVVHD behövs ingen ordination för pre- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B63E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E362E5C" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FEDE17" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649B2226" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CVVHDF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E79E725" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Continuous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Veno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Venous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hemodiafiltration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A53A08" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>CVVHDF kombinerar CVVHD (dialys) och CVVH (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Continuous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Veno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Venous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Hemofiltration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Vid CVVH skapas en tryckgradient över filtret (konvektion), som leder till att vatten (via ultrafiltration) och däri lösta molekyler (upp till </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>20.000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalton) transporteras över dialysfiltret från blodbanan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAFF23C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EECE3E1" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid CVVHDF används samma filter för både diffusion och konvektion. Skillnaden är att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid diffusion inte kommer i kontakt med blodet medan konvektion behöver en ersättningslösning i blodbanan eftersom ultrafiltratet behöver ersättas. Ersättningslösningen kan ges före (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>predilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>) och efter (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>) filtret.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EF00C9" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFDF4E4" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVVHDF som CRRT-modalitet är särskild att föredra vid frekvent filterklotting samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>pga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en teoretisk möjlighet att rensa blodet från medelstora till stora molekyler som påverkar patienten negativt (exempelvis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Vancomycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>1.400</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalton), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>myoglobin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (17.800 Dalton) och cytokiner).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64877167" w14:textId="6AAD7E1B" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="004B1B0D" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Hypervolemi</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00580062" w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ormalinställning (CVVHDF):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B165D27" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Blodflöde: Maskinen startas på 300 ml/min</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640067C0" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6209"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...46 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Vätskeborttag:  Starta på 10 ml/h, om patienten är övervätskad ökas detta. Sjuksköterskan ansvarar att vätskeborttaget anpassas efter önskad vätskebalans för dygnet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E990EA2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1353" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Avflödesdos: (20-) 25 ml/kg/h (idealvikt) (dialys- plus ersättningsvätska)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D34D8B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2073" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Dialysatvätska (dialysflöde)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5552AE87" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1489" w:right="424" w:firstLine="671"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Standard: 2/3 av total avflödesdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFE537F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1849" w:right="424" w:firstLine="311"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vid sepsis: 1/3 av total avflödesdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD622E7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Ersättningsvätska (pre- och postdilutionsflöde):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4405C3BF" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1538" w:right="424" w:firstLine="671"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Standard: 1/3 av avflödesdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C334955" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004B1B0D" w:rsidRDefault="00580062" w:rsidP="004B1B0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1898" w:right="424" w:firstLine="311"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Vid sepsis: 2/3 av avflödesdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46911EA4" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004B1B0D" w:rsidRDefault="00580062" w:rsidP="004B1B0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1587" w:right="424" w:firstLine="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Alltid  &gt; 0,5 l som postdilution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48514E79" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Exempel för inställningar vid t ex sepsis (CVVHDF, vikt 70 kg):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723C4A13" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Total Avflödesdos: 25 ml/kg/t = 1750 ml/h</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF2BE1B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Avflödesdos=dialysatflöde(CVVHD) + ersättningsvätske (CVVF, fördelad på pre- och postdilutionsflöde)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3473C762" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="20EED380" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1/3 dialysatflöde (0,33 x 1750 ml = ca 580 ml/h)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B4CF92" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00234BBA" w:rsidRDefault="00580062" w:rsidP="00234BBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2/3 ersättningsvätska (0,67 x 1750 ml = 1170 ml/h, av det t ex 585 ml/h som predilutionsflöde och 585 ml/h som postdilutionsflöde)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3214E3B4" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...137 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52114">
-        <w:rPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Blodflöde: </w:t>
-[...21 lines deleted...]
-        <w:rPr>
+        <w:t>Ersättningslösningar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66704CA0" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Phoxilium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> används i första hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3886F7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9EA0B2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Multibic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>utan Kalium kan användas om P-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>kalium &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6mmol/l, ta blodgaser varje timme för att kontrollera P-kalium då det kan sjunka hastigt och det kan leda till arytmier. Dessutom behöver P-fosfat följas och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Glykofos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 - 40 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>/dygn tillföras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C87CD50" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vätskeborttag: </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t>Antikoagulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DC719F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="5C2014BD" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00B52114" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Det är mycket ovanligt att vi idag behöver använda antikoagulation. Om det behövs kan man välja olika vägar för antikoagulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FFA879" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Ingen antikoagulation (standardförfarande), vi startar alltid utan antikoagulation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EED6EA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Heparin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B7A83F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ABE5F89" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Med ett blodflöde på 300ml/min behöver man sällan antikoagulera patienten. Viktigt att ha en välfungerande kärlaccess då den vanligaste orsaken till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>klotting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är dåligt flöde i dialyskatetern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24640521" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C258E38" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Starta CRRT utan Heparin och om det blir problem med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>klotting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> överväg byte till CVVHDF med maximal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>predilutionsvolym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Är det fortfarande problem med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>klotting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ge Heparin enligt bifogad bilaga under förutsättning att inga kontraindikationer föreligger. APTT (OFH) värdena bör ligga mellan 50 – 70 s. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CDBBE8" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Bolusdos ges med Heparin 5000 E/ml, ge 0,5 - 1 ml intravenöst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAE8AA5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Normal underhållsdos är 400 E/kg/24 h (se bilaga och separat rutin Heparininfusion IVA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4509D434" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="251E96D3" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Får patienten sjunkande trombocytvärden skall alltid HIT misstänkas och tillförsel av Heparin eller lågmolekylärt heparin skall avbrytas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218CDE84" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>För handläggning och provtagning vid HIT kontakta koagulationsjouren på SU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34413AD5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52114">
-        <w:rPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Dialysatvätska (=avflödesdos):</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t>Provtagning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457ABECB" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vi antikoagulation med Heparin kontrolleras APTT (OFH) enligt särskilt PM. APTT (OFH)-värden skall hålla sig mellan 50 - 70 s, och kontrolleras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PM. Vid långtidsbehandling och stabila värden i mer än två dygn kan provtagningsintervallen ökas till 24 h. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F63B2E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>P-Na</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>, P-K, P-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Krea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, P-fosfat (patienterna kan snabbt utveckla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>hypofosfatemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid ersättningslösning </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Multibic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), och P-urea kontrolleras en gång/dygn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5149077C" w14:textId="37DB5BF3" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00B17DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S-Mg tre ggr/vecka (Observera att CRRT kan leda till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B17DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>hypomag</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>nesemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C4D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F120D">
-[...12 lines deleted...]
-    <w:p w14:paraId="1E912981" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="009F6F2C" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    </w:p>
+    <w:p w14:paraId="79B10D97" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00504427" w:rsidRDefault="00580062" w:rsidP="00504427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B-Trombocyter kontrolleras </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00504427">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gånger/dygn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18634920" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...56 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52114">
-        <w:rPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Blodflöde:</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t>Vikt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F9206D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0AE27A4D" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00B52114" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Kontrolleras dagligen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775DBA3B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:rPr>
+        <w:ind w:left="0" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B52114">
-        <w:rPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vätskeborttag: </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Intermittent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...23 lines deleted...]
-          <w:noProof/>
+        <w:t>hemodialys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...245 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> (IHD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BE51F5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Phoxilium</w:t>
-[...16 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Vid övergång till IHD är det viktigt att få ner vätskestatus med hjälp av CRRT innan man startar IHD, då det ofta är svårt att dra patienterna på vätska i tillräckligt stor utsträckning med hjälp av intermittent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Multibic</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>hemodialys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...162 lines deleted...]
-      <w:r w:rsidRPr="00B42574">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A623F6A" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00BF24B8" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-[...246 lines deleted...]
-    <w:p w14:paraId="521FE003" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="5D5B0CD4" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
-        <w:ind w:left="1134" w:right="424"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B42574">
-        <w:rPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Dialysavdelningen har svårt att avvara </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="2BE1A716" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="004941DA" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:t>Dialysavdelningen har svårt att avvara personal till att sitta hos oss varför vi i första hand skall försöka köra CVVHD intermittent mellan klockan 16 och 08 för att däremellan mobilisera patienten dagtid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0907FF47" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004941DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Peritonealdialys</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0AD3C239" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00B42574" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="12D90D9A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B42574">
-        <w:rPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Vid enstaka tillfällen får vi ta emot patienter med pågående peritone</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Vid enstaka tillfällen får vi ta emot patienter med pågående </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>al</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>peritonealdialys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>dialys. Vi får då hjälpa till att byta påsarna efter att ansvarig sköterska på IVA har fått instruktion hur det skall gå till. Personal skall inte behöva komma från dialysen bara för att byta peritone</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">. Vi får då hjälpa till att byta påsarna efter att ansvarig sköterska på IVA har fått instruktion hur det skall gå till. Personal skall inte behöva komma från dialysen bara för att byta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>a</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>peritonealdialyspåsar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ldialyspåsar.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78CEC644" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEB9960" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C92A53">
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nutrition: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F991C6F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-      <w:pPr>
+    <w:p w14:paraId="0867B5D8" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="1FE4A05F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risk för hypoglykemi när vi startar dialysen för att vi också dialyserar ut glukos, följ blodsocker med lite tätare intervall initialt. Om man använder kaliumfri ersättningslösning skall sjuksköterska vara medveten om risk för snabb sänkning av P-kalium med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>hypokalemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och arytmi som följd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB7DB44" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C92A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Elimination:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E93262" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-      <w:pPr>
+    <w:p w14:paraId="6163713B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vätskeborttaget avläses varje timma och förs in i CHA, stäm av detta mot ordinerad vätskebalans för dygnet. Daglig vikt ligger till grund för ordination av vätskeborttagning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFBC0BF" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="54A2BF55" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>anuri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diskutera behovet av KAD med ansvarig läkare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1E30D5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C92A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Cirkulation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0293009E" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-      <w:pPr>
+    <w:p w14:paraId="3044463A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Undvik onödiga blodförluster, ge tillbaka blodet vid avslut av CRRT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4646F9A9" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00E7330C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="672D8449" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="004941DA" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fäst </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>blodslangarna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> så att drag undviks i CDK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B67FC53" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E7330C" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7330C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dokumentation/ordination </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F47E128" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="004872B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6209"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="150B142A" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Alla inställningar ordineras av ansvarig läkare i CHA under ordination ”CRRT utan citrat”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43958FAD" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="65114C2C" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Dialystyp CVVHD eller CVVHDF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB5B903" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="63A427AC" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>CRRT Filter: Alltid ST150</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658787C5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2B92DCB5" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00B42574" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRRT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Primevästka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Brukar vara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % + heparin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482C8A36" w14:textId="0DE0E7B1" w:rsidR="00580062" w:rsidRPr="00D7232C" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="3C29E2D2" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00B42574" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Val av Ersättningslösning/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Phoxilium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (standard), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>MultiBic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004872B8" w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utan K vid allvarlig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>hyperkalemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D7232C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBF2510" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2DEF6EAD" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heparininfusion: Nej (standard). Ja (undantag) vid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frekvent </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FDC2CA" w14:textId="7CFDCDA3" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424" w:firstLine="311"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">filterklotting. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Antikoagulantia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skall i så fall även ordineras som </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>läkemedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C26691F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5575BB43" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>CRRT blodflöde: 300 ml/min (standard)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613361D2" w14:textId="5354C67D" w:rsidR="00580062" w:rsidRPr="00FF7530" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Vid CVVHDF pre- och postdilution</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="209DE012" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00BF24B8" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:t xml:space="preserve">Pre- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilutionsflöde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatflöde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sammanlagt ungefär </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF7530">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ml/kg/t) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3C9F8A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="63A9C723" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Västkeborttag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2FC13A57" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="004872B8" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="03497730" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004872B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>APTT (OFH) gräns ska ordineras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E7E0D7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C2700C" w:rsidRDefault="00580062" w:rsidP="00563EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C2700C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Signera</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A96BA7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="-142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referenser </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6293AD73" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424" w:hanging="283"/>
-      </w:pPr>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00C92A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Continuous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Renal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Replacement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Therapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Tandukar S et al, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Chest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019; 155(3): </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>626-638</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5671EF11" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Ronco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al; Lancet (2000) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>vol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 356, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>26-30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BED344B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">ATN-studien: NEJM (2008) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDA7020" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00C92A53" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-[...27 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="05FC0847" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Saudan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-studien 2006 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D635FB" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RENAL-studien N </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Engl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J Med 2009; 361:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>1627-1638</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00C92A53">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00C63277">
           <w:rPr>
-            <w:color w:val="006892"/>
-            <w:sz w:val="20"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           </w:rPr>
-          <w:t>October 22, 2009</w:t>
+          <w:t>October</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00C63277">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 22, 2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FC9CA49" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-[...10 lines deleted...]
-    <w:p w14:paraId="72889D81" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="004941DA" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="24E19BC7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C63277" w:rsidRDefault="00580062" w:rsidP="00C63277">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KDIGO AKI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>guidelines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C63277">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F612C7" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Metadata"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3B305D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001C48A6" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004941DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0F5D17" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="68BB31FB" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001C48A6" w:rsidRDefault="00580062" w:rsidP="001C48A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E7325AE" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppstart av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>PrisMax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="70794DFC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001C48A6" w:rsidRDefault="00580062" w:rsidP="001C48A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="12795476" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avslut av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>PrisMax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="78B1BAA6" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001C48A6" w:rsidRDefault="00580062" w:rsidP="001C48A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Heparin doseringsschema</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A9FAF3" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="5552671E" w14:textId="113E8ACF" w:rsidR="001C48A6" w:rsidRDefault="00580062" w:rsidP="001C48A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="424" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C48A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>RIFLE-kriterier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275FF461" w14:textId="77777777" w:rsidR="001C48A6" w:rsidRDefault="001C48A6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3777FD56" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001C48A6" w:rsidRDefault="00580062" w:rsidP="001C48A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3B0D0C14" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00016D42" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554ACAA1" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7E951FE5" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314C6F6F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39F5A315" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-      <w:pPr>
+    <w:p w14:paraId="5C5BD335" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="007C4265" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...79 lines deleted...]
-    <w:p w14:paraId="3675A9C6" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilaga 1: Uppstart av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>PrisMax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="49C288F2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Filter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>PrismaFlex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> st150, filter hållbarhet 72 timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470C8CF2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Thermax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> värmepåse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4788025F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Avflödespåse, använd två påsar och växel töm. Eller,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CFC3EA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Automatiskt avflöde, hållbarhet en vecka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089BB3D7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Priming</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med 2000 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % med tillsats av </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>10.000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E Heparin. (ANTINGEN: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % 2000 ml-påse med tillsats av </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>10.000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E Heparin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584EEBB0" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ELLER: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Priming</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med 2 påsar 1000 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % med tillsats av 5000 E Heparin/ 1000 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 %</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B49BB2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % 1000 ml på salen och Y-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>spike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att kunna ge tillbaka blodet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C5F6EC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Ersättnings-/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dialysatvätska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oftast </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Phoxilium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5000 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9E8DDA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Rena handskar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB4E765" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Klorhexidinsprit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A1DE9A1" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00C02142" w:rsidRDefault="00580062" w:rsidP="00C02142">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C02142">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Sterilt underlägg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78989A74" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Klä maskinen enligt anvisningar på skärmen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116A5399" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Välj ”ny patient”, ange idealvikt och terapival.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3715C702" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Välj värmare. Vi använder ALLTID värmare. Om inte värmare väljs här går det inte längre fram att ändra sig. Obs! Sätt i elkabel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59807AEE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Välj Auto-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>avflödesset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. På Auto-Avflödet finns det en streckkod, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den. Om det inte görs nu går det inte att ändra sig. På plats 14 och 15 finns det inget avlopp använd då vanlig avflödespåse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F8E92F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prima maskinen, följ instruktionerna på maskinen!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5816790E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>primingen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är avslutad är det viktigt att kontrollera vätskenivån i avluftningskammare. Vätskenivån kan behöva höjas för att förhindra koagelbildning och skumlarm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712EE4C6" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I detta läge kan maskinen flyttas om den inte är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>primad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på sal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0B8634" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Maskinen ska nu startas inom 15 minuter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68283F8C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="40"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5AFEED51" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maskinen kan stå i recirkulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i en timma, efter en timma kommer det ett larm som kräver ny </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>priming</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Här kan det behövas en ny </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9% påse </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>(2000 ml)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>. Maskinen kan recirkulera max 1+1 timma om patienten är bortkopplad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1AC2B6" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">När </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PrisMax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är startad anslut den till CHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>, skriv in apparat ID och kontrollera så alla parametrar går in. Viktigt att kontrollera vätskebalansen!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CACACAF" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Anslut patienten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0769BD6C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aspirera i båda skänklarna ut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Citra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Flow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9497D8" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spola vardera skänkeln med 20 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259241D7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Aspirera 20 ml blod, sprutan ska inte hacka och det får inte ta mer än 4 sekunder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F49F0F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>(Om det inte går att aspirera är det accessproblem, starta inte!)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2186E701" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Kontrollera behandlingsinställningarna i CHA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F58E236" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Koppla till patienten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEB0B15" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Byt vätskor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> när maskinen meddelar. Öppna alltid vågen helt och stäng slangklämman när påsen byts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1714F9D3" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Man kan byta påsen när man vill under behandlingen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC0DB49" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73A94BDE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D0875F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE62DF1" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B7D35A5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D7FAC2B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FCD46D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6E152A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D2ED59B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C583FC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C652ADE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="002A7C11" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A24D00D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114E32C1" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="007C4265" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="00E314D8" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilaga 2: Avslut av behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>PrisMax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7FFDDA25" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Försök att alltid ge tillbaka blodet till patienten, följ instruktionerna på maskinen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">AVSLUTA BEHANDLING. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det krävs 1000 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,9 % och en Y-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>spike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A6BAF2" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Om vätskor och automatiskt avflöde ska återanvändas, följ instruktioner på skärmen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5EB958" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spola igenom skänklarna </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF9403C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Citra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Flow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>, den mängden som står på skänklarna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0821FA6B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Obs! Använd ett rent förfarande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A908C54" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Kassera filter i tunna för riskavfall, vätskorna hälls ut och kasseras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3664217F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="424" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60696">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Om behandlingen avslutas, rengör maskinen och ställ den i yttre apparatförrådet, glöm inte att sätta i elkabel (till maskinen)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A65DAB5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00E60696" w:rsidRDefault="00580062" w:rsidP="00E60696">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:right="424"/>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708415DC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="40"/>
-[...775 lines deleted...]
-        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D533294" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="16479D66" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC829BD" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="546E0AED" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68F6068F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="1CA5FAC5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4166800E" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="269214C9" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144B6657" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="4D3425DB" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA1D57F" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="649D1D4B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A884452" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="7A79C52C" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58B2002A" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="2C8E1DA6" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FBD2732" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="63143C19" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56957E22" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="1A528046" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4014B771" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="7BF8F835" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75CE42C3" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="3A7D25FA" w14:textId="4306C517" w:rsidR="00580062" w:rsidRPr="007C4265" w:rsidRDefault="00580062" w:rsidP="00407C4F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilaga </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>3:Heparin</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doseringsschema (CRRT-behandling på IVA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E26B84A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E78F23B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00407C4F" w:rsidRDefault="00580062" w:rsidP="00407C4F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...76 lines deleted...]
-      <w:r w:rsidRPr="00001921">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Bolusdos Heparin 5000 E/ml, ges outspätt iv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F32000" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00001921" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="60F1AB4E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00407C4F" w:rsidRDefault="00580062" w:rsidP="005C3968">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00001921">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t>Normal bolusdos 5000 E (1 ml)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771F8CCC" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="00001921" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="3245C26D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00407C4F" w:rsidRDefault="00580062" w:rsidP="005C3968">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="10695510" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reducerad bolusdos 2500 E (0,5 ml) – övervägs vid hög ålder, ökad blödningsrisk, svår njurfunktionsnedsättning, vikt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>&lt; 40</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3940A970" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">Infusion: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F11078" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="00B0FF5D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F726DC">
-        <w:rPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29D175A7" wp14:editId="639B3ED0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35D0A392" wp14:editId="650F3495">
             <wp:extent cx="4676775" cy="1724025"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="5" name="Bildobjekt 5"/>
+            <wp:docPr id="5" name="Bildobjekt 5" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="5" name="Bildobjekt 5" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4676775" cy="1724025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42119446" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-      <w:pPr>
+    <w:p w14:paraId="214145D0" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00407C4F" w:rsidRDefault="00580062" w:rsidP="00407C4F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00407C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Första APTT tas efter 6 timmar, därefter styrs infusionen enligt schemat nedan :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3772229D" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="484ABEA3" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55C5A5C6" wp14:editId="1A759292">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="027B4E57" wp14:editId="13611F4F">
             <wp:extent cx="4676775" cy="3257550"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-            <wp:docPr id="7" name="Bildobjekt 7"/>
+            <wp:docPr id="7" name="Bildobjekt 7" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="7" name="Bildobjekt 7" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4676775" cy="3257550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FD7057" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="76804DE0" w14:textId="1A5789AE" w:rsidR="00580062" w:rsidRPr="007C4265" w:rsidRDefault="00580062" w:rsidP="005C3968">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="1134" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4265">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bilaga 4: KDIGO-kriterier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33388256" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="005C3968" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19ECEFBE" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09CB5FD3" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="31B5FEFA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B84A543" wp14:editId="1AC4B3FD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7211C77C" wp14:editId="0FFAD1C0">
             <wp:extent cx="3714750" cy="1266825"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-            <wp:docPr id="3" name="Bildobjekt 3"/>
+            <wp:docPr id="3" name="Bildobjekt 3" descr="En bild som visar text, Teckensnitt, skärmbild, algebra&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="3" name="Bildobjekt 3" descr="En bild som visar text, Teckensnitt, skärmbild, algebra&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3714750" cy="1266825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5D1B02" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="2E038414" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E1E3F5" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="57EEC323" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF30BBD" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="7DC107AD" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0739B0AE" wp14:editId="4B3BA66D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A0A3CFC" wp14:editId="244D6122">
             <wp:extent cx="3962400" cy="2609850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Bildobjekt 2"/>
+            <wp:docPr id="2" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="2" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3962400" cy="2609850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A16346A" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="7150829D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E5AFEF" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="38AFAA29" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A6C8BAC" wp14:editId="41372ACA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="762A153A" wp14:editId="47941989">
             <wp:extent cx="5669915" cy="1863090"/>
             <wp:effectExtent l="0" t="0" r="6985" b="3810"/>
-            <wp:docPr id="1" name="Bildobjekt 1"/>
+            <wp:docPr id="1" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="1" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="1863090"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269B2D1B" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="461FBABD" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A1E3103" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRPr="000748AF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
+    <w:p w14:paraId="4A4BC851" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00580062">
       <w:pPr>
         <w:ind w:left="993" w:right="424"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000748AF">
+    </w:p>
+    <w:p w14:paraId="5850953B" w14:textId="68FF1C8A" w:rsidR="00580062" w:rsidRPr="00101947" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101947">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bilaga 5</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1F46" w:rsidRPr="00101947">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101947">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>CHA-ordinationsexempel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2679CF0D" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000748AF">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A08FEAA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="40"/>
-[...5 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="40"/>
-[...58 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C715109" wp14:editId="223EB551">
-[...2 lines deleted...]
-            <wp:docPr id="70" name="Bildobjekt 70"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B2C5763" wp14:editId="5F21330D">
+            <wp:extent cx="5760720" cy="2221865"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:docPr id="1319893950" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="1319893950" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5009779" cy="3179574"/>
+                      <a:ext cx="5760720" cy="2221865"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA12111" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="361E8A8A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CVVHD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB58E3F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>(vikt 90 kg, dialysdos=avflödesdos 25 ml/kg/t)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1EF6FA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AF5CAD4" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5ABE9F65" wp14:editId="5DF5BDA8">
-            <wp:extent cx="5010150" cy="3184860"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17B05B82" wp14:editId="63B33F46">
+            <wp:extent cx="5760720" cy="4504055"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="72" name="Bildobjekt 72"/>
+            <wp:docPr id="1510078607" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="1510078607" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5016073" cy="3188625"/>
+                      <a:ext cx="5760720" cy="4504055"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F96DB9D" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="00ED7DDF">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="42732A84" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5732DB66" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5517C2E7" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVVHDF vid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>- 85 kg, total avflödesdos 35ml/kg/t = dialysflöde 12 ml/kg/t + pre/postdilution 23ml/kg/t)</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>frekvent filterklotting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B9CF283" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vikt 90 kg, avflödesdos 25 ml/kg/t. 2/3 dialys, 1/3 filtration (pre- plus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, minst 500 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F102FDC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3779B950" wp14:editId="53C6FF63">
-[...2 lines deleted...]
-            <wp:docPr id="71" name="Bildobjekt 71"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E8F5158" wp14:editId="0B3092E9">
+            <wp:extent cx="5760720" cy="4535805"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1484895384" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="1484895384" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5083179" cy="3347418"/>
+                      <a:ext cx="5760720" cy="4535805"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4348AAE6" w14:textId="77777777" w:rsidR="00ED7DDF" w:rsidRDefault="00ED7DDF" w:rsidP="009D7989">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+    <w:p w14:paraId="4B08BB1A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28FEA66B" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C4325C5" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="470CDAAC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532DC5BC" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E07A18E" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CD796A" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56B78D28" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AAF1378" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="098AB791" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B0E867" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02D09023" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="32"/>
-[...4 lines deleted...]
-    </w:p>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVVHDF vid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>sepsis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16364497" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vikt 90 kg, avflödesdos 25 ml/kg/t, 1/3 dialys, 2/3 filtration (pre- plus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>postdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001049D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF21F56" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="001049D7" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A905D9" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="000748AF" w:rsidRDefault="00580062" w:rsidP="00580062">
+      <w:pPr>
+        <w:ind w:left="993" w:right="424"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D32D9">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6180A486" wp14:editId="1F348525">
+            <wp:extent cx="5669915" cy="4529932"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+            <wp:docPr id="777337768" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="777337768" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5669915" cy="4529932"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC4AAFA" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00F14A49" w:rsidRDefault="00580062" w:rsidP="00F14A49"/>
     <w:bookmarkEnd w:id="0"/>
-    <w:sectPr w:rsidR="00ED7DDF" w:rsidSect="009D7989">
+    <w:sectPr w:rsidR="00580062" w:rsidRPr="00F14A49" w:rsidSect="009D7989">
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="650307DA" w14:textId="77777777" w:rsidR="00BB3796" w:rsidRDefault="00BB3796">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="04C94DF1" w14:textId="77777777" w:rsidR="00BB3796" w:rsidRDefault="00BB3796">
       <w:r>
         <w:continuationSeparator/>
@@ -4332,115 +6885,310 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Fet">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BC507CC" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="70C8E9AF" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="2043170957"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="018DA219" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00EC0A68" w:rsidRDefault="00580062" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5758CE27" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="242417C2" wp14:editId="17B035EF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="810712347" name="Bildobjekt 810712347">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
@@ -4469,51 +7217,51 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4570,50 +7318,382 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="34D4FADE" w14:textId="77777777" w:rsidR="00BB3796" w:rsidRDefault="00BB3796"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0FA62E07" w14:textId="77777777" w:rsidR="00BB3796" w:rsidRDefault="00BB3796">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="45558B7B" w14:textId="77777777" w:rsidR="00BB3796" w:rsidRDefault="00BB3796">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="702A919F" w14:textId="77777777" w:rsidR="00580062" w:rsidRPr="00DA65C4" w:rsidRDefault="00580062" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11638040" wp14:editId="313BD631">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="719822310" name="Textruta 719822310"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3B39A74C" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="11638040" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 719822310" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="3B39A74C" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08B331AB" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F94DF74" wp14:editId="6D4D542F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1794733637" name="Textruta 1794733637"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="32339BDC" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5F94DF74" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1794733637" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="32339BDC" w14:textId="77777777" w:rsidR="00580062" w:rsidRDefault="00580062">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AA37042" wp14:editId="7B165E14">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="480022478" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -4658,84 +7738,84 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -4781,51 +7861,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -5403,50 +8483,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E132894"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAD28C90"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2929" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3649" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4369" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5089" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5809" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6529" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7249" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7969" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5515,51 +8708,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137050AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EBA0538"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5655,51 +8848,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5768,51 +8961,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19C67D94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF768D10"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5881,51 +9074,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C534BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FD0BB6E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5995,51 +9301,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6108,51 +9414,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="377A02FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08A87BFC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6221,51 +9527,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38957D33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCB086A2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6361,51 +9780,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6475,51 +9894,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4D24E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9804676C"/>
     <w:lvl w:ilvl="0" w:tplc="35E64662">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6587,51 +10006,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F6F3473"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD0637C6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6727,51 +10146,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6840,51 +10259,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6981,51 +10400,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="450E7BE6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BBEED72"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7094,51 +10626,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53B92312"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39524DE8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7207,51 +10739,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7321,51 +10853,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="564E31A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E5016FA"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7434,51 +11079,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F68575D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22AA3F0E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65B341E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D96A5E1C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7574,51 +11332,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -7687,51 +11445,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72C84567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6930CB08"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7800,51 +11558,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767C3664"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC52C948"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -7889,51 +11647,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8002,51 +11760,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C8E25D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B8A9200"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="218" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="938" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -8091,51 +11849,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4538" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5258" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5978" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -8205,146 +11963,174 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1802311110">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="457262168">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="469246381">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="315377314">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="105080162">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="357662706">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="842471310">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2002539364">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2064134503">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1507482244">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="303699912">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1863779788">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1816068213">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="71320420">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1555123144">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1378554232">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="767046077">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1991132486">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="681663260">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1411543004">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="745153799">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="997657622">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1293319323">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="238100623">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="960454719">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1555123144">
-[...31 lines deleted...]
-  </w:num>
   <w:num w:numId="26" w16cid:durableId="429203924">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2115710450">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1721517905">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="951519854">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1259868471">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1138957057">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1366758987">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="98061393">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2102329658">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="418453368">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="343480776">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="401609641">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1259868471">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="38" w16cid:durableId="1909877671">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="743603006">
+    <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -8366,83 +12152,89 @@
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00057D77"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D7D89"/>
     <w:rsid w:val="000E463B"/>
+    <w:rsid w:val="000E5A31"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="00101947"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001174B4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014025A"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="0019750F"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C48A6"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00234BBA"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00277693"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
@@ -8458,152 +12250,165 @@
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00381611"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00407C4F"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="004872B8"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B1B0D"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00504427"/>
     <w:rsid w:val="0051081C"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
+    <w:rsid w:val="00545EB1"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="00563EF1"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
+    <w:rsid w:val="00580062"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B5DB7"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C3968"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00655760"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00765EDD"/>
     <w:rsid w:val="00770DC7"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A44D3"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B1F46"/>
+    <w:rsid w:val="007C4265"/>
+    <w:rsid w:val="007C4D33"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857752"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B54BB"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
@@ -8648,168 +12453,181 @@
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A16505"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF72E6"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B17DA7"/>
     <w:rsid w:val="00B24B55"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B63E94"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B907B2"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB0208"/>
     <w:rsid w:val="00BB3796"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC30F4"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE6AA0"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C02142"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C2700C"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C63277"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C90B30"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D36C6D"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D7232C"/>
     <w:rsid w:val="00D7304C"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E60696"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E7330C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E81E29"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00ED7DDF"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF5487"/>
+    <w:rsid w:val="00F14A49"/>
+    <w:rsid w:val="00F20B4F"/>
     <w:rsid w:val="00F2161A"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F2644C"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF7530"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
@@ -9761,51 +13579,50 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
@@ -11295,58 +15112,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nejm.org/toc/nejm/361/17/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nejm.org/toc/nejm/361/17/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -11634,72 +15459,72 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>11469</Characters>
+  <Pages>16</Pages>
+  <Words>2150</Words>
+  <Characters>11395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Mall för riktlinje</vt:lpstr>
+      <vt:lpstr>CRRT-behandling på IVA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13321</CharactersWithSpaces>
+  <CharactersWithSpaces>13518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CRRT-behandling på IVA</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>29</revision>
+  <revision>60</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>