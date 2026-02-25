--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="657BEA99" w14:textId="77777777" w:rsidR="00C6358E" w:rsidRDefault="00C6358E" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00C6358E" w:rsidSect="00C6358E">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="3844315D" w14:textId="77777777" w:rsidR="00C6358E" w:rsidRPr="00C6358E" w:rsidRDefault="00C6358E" w:rsidP="00C6358E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -327,1601 +327,2369 @@
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C6358E" w:rsidRPr="00C6358E" w14:paraId="2672C705" w14:textId="77777777" w:rsidTr="00D05143">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDBEF2A" w14:textId="3EF3548C" w:rsidR="00C6358E" w:rsidRPr="00C6358E" w:rsidRDefault="00C6358E" w:rsidP="00BE4619">
+          <w:p w14:paraId="0EDBEF2A" w14:textId="3EF3548C" w:rsidR="00C6358E" w:rsidRPr="003E6883" w:rsidRDefault="00C6358E" w:rsidP="00BE4619">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00C6358E">
+            <w:r w:rsidRPr="003E6883">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>Lumbalpunktion</w:t>
             </w:r>
-            <w:r w:rsidR="00BE4619">
+            <w:r w:rsidR="00BE4619" w:rsidRPr="003E6883">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t xml:space="preserve"> – IVA och IMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="11BBD555" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="72CBE5A8" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00D31E1A" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF3CDC1" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00674B4C" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Uppdaterad ordning på rören. </w:t>
+    <w:p w14:paraId="1336662E" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00D31E1A" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Uppdaterad info om pediatrisk blododlingsflaska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2967F0" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="28FAA7D6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00D31E1A" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788541B8" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="33058E44" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00D31E1A" w:rsidRDefault="00184BB3" w:rsidP="00D31E1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="11057"/>
           <w:tab w:val="left" w:pos="14175"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Att säkerställa att lumbalpunktion utförs aseptiskt, samt att remisser och provtagningsinstruktioner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">finns lättillgängliga vid de </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">likvorundersökningar som förekommer på IVA. </w:t>
+        <w:t>likvorundersökningar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som förekommer på IVA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B372063" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00FD4480" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="772F9227" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00D31E1A" w:rsidRDefault="00184BB3" w:rsidP="00D31E1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="11057"/>
           <w:tab w:val="left" w:pos="14175"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA1672">
-        <w:rPr>
+      <w:r w:rsidRPr="00D31E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>För remiss- och provtagningshänvisning: se tabell 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE24935" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="7706DEFF" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00FD4480">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101F6EE4" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="5DA5CE27" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:right="140"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Läkare, sjuksköterskor och undersköterskor på IVA och IMA, NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EDE564" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="3CE28F33" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6185E885" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="007D4A95" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-      <w:pPr>
+    <w:p w14:paraId="5A9C79FB" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Likvoranalys är en vanlig analys för bekräftande/uteslutande av en rad olika orsaker till symptom från centrala nersvsystemet. Det vanligaste är misstanke om meningit/encefalit, men det kan också vara annan utredning av medvetandepåverkan såsom Guillain-Barré, lymfom/annan malignitet, andra neurologiska sjukdomar.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Likvoranalys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är en vanlig analys för bekräftande/uteslutande av en rad olika orsaker till symptom från centrala </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>nersvsystemet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Det vanligaste är misstanke om meningit/encefalit, men det kan också vara annan utredning av medvetandepåverkan såsom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Guillain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-Barré, lymfom/annan malignitet, andra neurologiska sjukdomar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6936232F" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="400085F3" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00FD4480">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tillvägagångssätt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF0BF5A" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="6F1F871A" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="140" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta fram back för LP och duka upp sterilt på sedvanligt sätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278EE9C2" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="140" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På läkarordination förbered eventuell </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sedering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och/eller lokalanestesi (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mepivacain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 mg/ml).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AA6DF3" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="140" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Patienten skall vara placerad i sidoläge (vanligast vänster sida) och ligga så nära kanten på sängen som möjligt, med knäna uppdragna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1548DF24" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="140" w:hanging="425"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätta med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>® x 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE9D483" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="003D1008" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...56 lines deleted...]
-    <w:p w14:paraId="70ECAC45" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00FA3309" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="27A53615" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00FA3309" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4299C362" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="08187A7B" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009E00EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Standardförfarande vid provtagning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE96B3C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="2E1F72AA" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD4480">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Remisserna skall fyllas i av läkare. Det är viktigt med anamnes och provtagningstid. Dokumentera om antibiotika givits.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Remisserna skall vara ifyllda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD4480">
-        <w:rPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>innan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD4480">
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> provtagning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C38E19" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="077E9D28" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD4480">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I backen märkt ”lumbalpunktion” finns remisser, samt även inplastade exempel-remisser för varje analys. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Alla prover </w:t>
-[...14 lines deleted...]
-        <w:t>. De rör som inte har analys kopplad direkt, märks med patient-ID + ”sparas”.</w:t>
+        <w:t xml:space="preserve">Alla prover måste lämnas till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kemlab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> genast. De rör som inte har analys kopplad direkt, märks med patient-ID + ”sparas”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612F42DA" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1F5FC041" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Obs!</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD4480">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proverna får aldrig skickas med rörpost.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D248301" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="375F4459" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Provtagning, bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC2A717" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-      <w:pPr>
+    <w:p w14:paraId="5CCDCFCA" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Odling och direktmikroskopi, FilmArray samt cellanalys görs i princip alltid. Därutöver kan ytterligare analyser behöva göras – se text nedan. Diskutera gärna med infektion och/eller neurolog innan för att inte behöva sticka om. Ta gärna ett extrarör som sparas på lab – märks ”sparas”</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Odling och direktmikroskopi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>FilmArray</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt cellanalys görs i princip alltid. Därutöver kan ytterligare analyser behöva göras – se text nedan. Diskutera gärna med infektion och/eller neurolog innan för att inte behöva sticka om. Ta gärna ett extrarör som sparas på lab – märks ”sparas”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4290DC38" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-      <w:pPr>
+    <w:p w14:paraId="5EA960D5" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mät alltid trycket och dokumentera. Normalt </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>&lt; 20</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> cm H2O. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5D3965" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00D50E8C" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="22F4AD2A" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ta i princip alltid minst </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>4 st</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> rör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756FA47D" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="1FA3D94F" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Den vanligaste orsaken till provtagning på IVA är misstanke om meningit/encefalit. Odling + direktmikroskopi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57065694" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="6BD47640" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Snabb-PCR likvor, (”Film Array”) analyserar HSV-1, HSV-2, VZV, Enterovirus, HHV-6, Humant parechovirus, CMV, Pneumokocker, Haemophilus infl., Meningokocker, Listeria, Grupp B Streptokocker, E. Coli samt Kryptokocker. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Snabb-PCR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>likvor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (”Film Array”) analyserar HSV-1, HSV-2, VZV, Enterovirus, HHV-6, Humant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>parechovirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, CMV, Pneumokocker, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Haemophilus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>infl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Meningokocker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Listeria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Grupp B Streptokocker, E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Coli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt Kryptokocker. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29345FAE" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="50C96B30" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Vid misstanke om Borrelia så tas serologi både i likvor och blod. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid misstanke om Borrelia så tas serologi både i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>likvor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och blod. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59476FF9" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="5A21E6AE" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vid misstanke om svårodlade bakterier eller exempelvis vid redan startad antibiotikabehandling, kan 16s-RNA vara aktuellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249F9487" w14:textId="46A75BB4" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="619B7DAC" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Sista röret (oavsett antal rör) går alltid till cellräkning – celler, Albumin, Glukos (alltid även B-Glukos)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1911B631" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="25310EDF" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> CMV, EBV, HSV 1 och 2, Toxoplasma gondii, Enterovirus, Mykoplasma pneumonie, Morbilli, TBE och VZV.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Blocket ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>neurotropa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virus” innefattar antikroppar av: CMV, EBV, HSV 1 och 2, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Toxoplasma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>gondii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Enterovirus, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mykoplasma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>pneumonie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Morbilli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, TBE och VZV.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578743A6" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="66143D41" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vid misstanke om nedbrytning av CNS-vävnad så kan man ta prov för parenkymskademarkörer (Tau-protein, GFAO och NFL). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3B2CF0" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="317EC1F4" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Ibland kan det finnas skäl att skicka rör till cytologisk granskning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2837FA23" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="66E37139" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00A35D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140" w:hanging="567"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">FACS-analys görs vid lymfomutredning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0683C970" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="0C129EF2" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A66876C" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CBD64CE" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CCA978" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658DC93F" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24876D29" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A389687" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="470EB17F" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6409B6FD" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AE5A23F" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322A3306" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116C5B75" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04F00853" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4177E3" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE1F333" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77655DEB" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1904B0B0" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33E37B76" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E1CB77D" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB2669D" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642D6BB9" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0895AADD" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADF05BE" w14:textId="77777777" w:rsidR="00A35D52" w:rsidRPr="00A35D52" w:rsidRDefault="00A35D52" w:rsidP="00A35D52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7B91C4" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D3946C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="2593E1EC" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37F1B8B2" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00E4206B" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...4 lines deleted...]
-    <w:p w14:paraId="4F4746C0" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="077516AB" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:right="140" w:hanging="1140"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C721587" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="31F34562" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:right="140" w:hanging="1140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FB0DDD2" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
-[...7 lines deleted...]
-    <w:p w14:paraId="7F3A8BD7" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="5CB9A155" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Provtagning, remisser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0413AD0C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="586F26D3" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8919" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3597"/>
-        <w:gridCol w:w="1658"/>
+        <w:gridCol w:w="3392"/>
+        <w:gridCol w:w="2085"/>
         <w:gridCol w:w="917"/>
-        <w:gridCol w:w="2747"/>
+        <w:gridCol w:w="2525"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="16E705FF" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="0B9BDB5E" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01E2553E" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="3B314A8A" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Analys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62ECE19F" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="6D055A76" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Volym likvor</w:t>
+              <w:t xml:space="preserve">Volym </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606692">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>likvor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34987026" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="016C41E7" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Rör nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5713350D" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="3128F716" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Remiss</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="76C0DDEA" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="06FBA9FD" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37DDCC0C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="753B51FD" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Odling och direktmikroskopi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52E9BBFB" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="7FC55F3D" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
-              <w:t>3 ml, varav 1 ml i odlingsflaska</w:t>
+              <w:t xml:space="preserve">3 ml, varav </w:t>
+            </w:r>
+            <w:r>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00606692">
+              <w:t xml:space="preserve"> ml i </w:t>
+            </w:r>
+            <w:r>
+              <w:t>pediatrisk blod</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00606692">
+              <w:t>odlingsflaska</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDD5AEE" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="51E3A736" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25F658FE" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="2592ACCB" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Gul A5, NÄL, mikrobiologen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="30EA9380" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="2744D520" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="600E4B73" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="7FB4F1E6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Snabb-PCR (”Film Array”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7154EB" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="5BB0FE16" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>1,5 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59D3828D" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="301083CF" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22444A7E" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="049D72AC" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Gul A5, NÄL, mikrobiologen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="421AC2DB" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="37A7E846" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3229532B" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="16B0FFA6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
-              <w:t>Borrelia-serologi (blod + likvor)</w:t>
+              <w:t xml:space="preserve">Borrelia-serologi (blod + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00606692">
+              <w:t>likvor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606692">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76685EE7" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="1F4C40AC" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>1 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0DAC4C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="4B59D742" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30979423" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="50A3D179" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Klinisk mikrobiologi SU (blå kant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="3FB2C78F" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="3EA07585" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17B2119F" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="3F868CB0" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>16s-RNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="255AADDF" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="27D00BD0" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>1 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22CD04D4" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="7361F62A" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3EF110" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="102D8DAA" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Klinisk mikrobiologi SU (blå kant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="698660F9" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="0D33FB78" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="489E7D22" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="2CC94316" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Parenkymskademarkörer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0333666F" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="401F7FAE" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65ED6512" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="13720424" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4B5EF2" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="181588F6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="22" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t xml:space="preserve">Remiss 7 Klinisk kemi, SU </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="02625832" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="22031AB3" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63432259" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="1E42E39E" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Cytologi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21898DC5" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="0722E0A5" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35108573" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="6010CEEA" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55DC602C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="7FDED0F4" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Remiss 7 b, Klinisk kemi, SU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="3F47DCD3" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="270F6604" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11DE3256" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="6C241AD1" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>FACS-analys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="143DBB41" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="4025C34E" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t xml:space="preserve">3 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4564F6" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="03C25916" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="443EFB9F" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="51E05AFC" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Remiss immunologi 2, Immunologiska laboratoriet SU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w:rsidRPr="00606692" w14:paraId="709B5DA3" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w:rsidRPr="00606692" w14:paraId="41BBE78F" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42EF713B" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="14C97395" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00606692">
-              <w:t>Neurotropa virus</w:t>
+              <w:t>Neurotropa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00606692">
+              <w:t xml:space="preserve"> virus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76D7B175" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="0F63E396" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>3 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBFCB37" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="061EBDC6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17E3E49C" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="646304F5" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>Remiss virologi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CC5F02B" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="45C21567" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>Göteborg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w14:paraId="1D2FE47C" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w14:paraId="04D6E37A" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="153"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13642304" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="60AF3C4D" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r>
               <w:t>Eventuella extrarör</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="039FFA0B" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="3DA950A1" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B482435" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="23871797" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09A1BF2D" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="10A0D34D" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A32BC" w14:paraId="58D59B41" w14:textId="77777777" w:rsidTr="00104BDC">
+      <w:tr w:rsidR="00184BB3" w14:paraId="740A81AF" w14:textId="77777777" w:rsidTr="00AF2766">
         <w:trPr>
           <w:trHeight w:val="153"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="515D394B" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00606692" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="42E18321" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00606692" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Celler, Albumin, Glukos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="006BE0B2" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="60707196" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>4 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4597B619" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="54C27736" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC3C33">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Alltid sista röret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6831C814" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="00104BDC">
+          <w:p w14:paraId="436425CA" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00AF2766">
             <w:pPr>
               <w:ind w:left="0" w:right="140"/>
             </w:pPr>
             <w:r w:rsidRPr="00606692">
               <w:t>Klinisk kemi NU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15B1ED59" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="521E0578" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65EB35EA" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00FD4480" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="64C49FD6" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00FD4480" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:ind w:left="0" w:right="140" w:hanging="1140"/>
       </w:pPr>
       <w:r w:rsidRPr="00FD4480">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B802FE6" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="6634CD60" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FBA2E85" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="33E389CA" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="12B7C6A7" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3"/>
+    <w:p w14:paraId="2F4CA1ED" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00EC3C33" w:rsidRDefault="00184BB3" w:rsidP="00184BB3"/>
+    <w:p w14:paraId="29ECCFD9" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B29D7C9" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="7CEE8DFF" w14:textId="2BF58501" w:rsidR="00184BB3" w:rsidRPr="00A35D52" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00025E9E">
-        <w:t>EFERENSER</w:t>
+      <w:r w:rsidR="00A35D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>eferenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4805D9" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="66CA6B7E" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:ind w:left="0" w:right="140"/>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00025E9E">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Lumbalpunktion - Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="191528C8" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="7E8AA45A" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BCA370E" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="27CFF9E5" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77AEE8FA" w14:textId="77777777" w:rsidR="008A32BC" w:rsidRPr="00C6358E" w:rsidRDefault="008A32BC" w:rsidP="008A32BC">
+    <w:p w14:paraId="70B2A0ED" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00C6358E" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E663C8E" w14:textId="77777777" w:rsidR="00BE4619" w:rsidRPr="00C6358E" w:rsidRDefault="00BE4619" w:rsidP="008D4A8D">
+    <w:p w14:paraId="0FD4A308" w14:textId="77777777" w:rsidR="00184BB3" w:rsidRPr="00C6358E" w:rsidRDefault="00184BB3" w:rsidP="00184BB3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E663C8E" w14:textId="77777777" w:rsidR="00BE4619" w:rsidRPr="00C6358E" w:rsidRDefault="00BE4619" w:rsidP="003E6883">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BE4619" w:rsidRPr="00C6358E" w:rsidSect="00C6358E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1950,51 +2718,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="25" name="Bildobjekt 25">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2028,73 +2796,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2172,51 +2940,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2382,51 +3150,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4702,68 +5470,68 @@
   <w:num w:numId="15" w16cid:durableId="612831406">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1209495691">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1558781680">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="214507671">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="761029132">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1197504763">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="381709574">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -4791,50 +5559,51 @@
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00105190"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184BB3"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="001863B8"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C3CD0"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="002064D6"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
@@ -4847,61 +5616,63 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00383744"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E6883"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
@@ -5025,54 +5796,56 @@
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A35D52"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A50504"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD2C62"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B072E7"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
@@ -5104,50 +5877,51 @@
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C6358E"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D31E1A"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E15A3C"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
@@ -5180,70 +5954,70 @@
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7612,51 +8386,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8023,72 +8797,72 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3291</Characters>
+  <Pages>5</Pages>
+  <Words>507</Words>
+  <Characters>3346</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3790</CharactersWithSpaces>
+  <CharactersWithSpaces>3846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Lumbalpunktion - IVA och IMA </dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>14</revision>
+  <revision>18</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>