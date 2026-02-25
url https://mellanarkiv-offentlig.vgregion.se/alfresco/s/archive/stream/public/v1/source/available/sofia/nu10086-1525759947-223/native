--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,3475 +1,3688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="021FBB03" w14:textId="77777777" w:rsidR="004E4A73" w:rsidRDefault="004E4A73" w:rsidP="00F35B05">
+    <w:p w14:paraId="061914D4" w14:textId="2F3AD052" w:rsidR="00184167" w:rsidRDefault="00864870" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc220568379"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc220568517"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220568619"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc220568705"/>
+      <w:r>
+        <w:t>Trauma – Stor brännskada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="5C4D7AA7" w14:textId="6B946C76" w:rsidR="00864870" w:rsidRDefault="00864870" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="004E4A73" w:rsidSect="004E4A73">
-[...19 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc220568359"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc220568518"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc220568620"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc220568706"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc100327184"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>Akut information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="6CF78F45" w14:textId="44465BFA" w:rsidR="009240E6" w:rsidRPr="00B81352" w:rsidRDefault="009240E6" w:rsidP="00B81352">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...333 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00C9498E">
         <w:t>I första hand tar mellanjouren på kirurgen kontakt med plastikkirurgen på Sahlgrenska Universitetssjukhus som nås via SU växel på telefonnummer 00</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00B81352">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>031-342 00 00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA57627" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+    <w:p w14:paraId="4839C35F" w14:textId="5D3C4A34" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="00B81352">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9498E">
         <w:t>Brännskadejour på Brännskadecentrum, Linköpings Universitetssjukhus nås via Region Östergötlands växel på telefonnummer 00</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00B81352">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>010-103 00 00</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00C9498E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7344D541" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="00554B5F">
-      <w:pPr>
+    <w:p w14:paraId="4FB770AE" w14:textId="4B32475F" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="00B81352">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
         <w:ind w:right="565"/>
       </w:pPr>
-      <w:r w:rsidRPr="002C6445">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00C9498E">
+        <w:t xml:space="preserve">Brännskadecentrum (avdelningen) nås på telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9498E">
+        <w:br/>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81352">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>010-103 11 54.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B615C0" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+    <w:p w14:paraId="23CFC4EE" w14:textId="642C7609" w:rsidR="008779AB" w:rsidRPr="008779AB" w:rsidRDefault="009240E6" w:rsidP="008779AB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9498E">
         <w:t xml:space="preserve">Brännskadecentrum (avdelningen), Akademiska sjukhuset i Uppsala nås på telefonnummer </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidR="00B81352">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C9498E">
         <w:t>00</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00B81352">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>018- 611 04 60.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8D08EE" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+    <w:p w14:paraId="59EF9877" w14:textId="527D165D" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="008779AB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008779AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Regional traumabakjour </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00C9498E">
         <w:t>00</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="008779AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">031-342 14 30. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C6445">
+      <w:r w:rsidRPr="00C9498E">
         <w:t xml:space="preserve">Genom knappval nås traumabakjour SU eller bakjour barnkirurgi på DSBUS för barn yngre än 16 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6692078D" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="002C6445">
+    <w:p w14:paraId="720C5A82" w14:textId="77777777" w:rsidR="008779AB" w:rsidRDefault="008779AB" w:rsidP="00F72E8C"/>
+    <w:p w14:paraId="57B8F9A7" w14:textId="10C5098F" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="00F72E8C">
+      <w:r w:rsidRPr="00C9498E">
+        <w:t>Parkland formeln</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4E4F23" w14:textId="77777777" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="005257BB">
+      <w:r w:rsidRPr="00C9498E">
         <w:t>2-4ml x kg x % bränd kroppsyta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A3F82B" w14:textId="14758125" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-      <w:r w:rsidRPr="002C6445">
+    <w:p w14:paraId="4D3ED8E4" w14:textId="77777777" w:rsidR="009240E6" w:rsidRPr="00C9498E" w:rsidRDefault="009240E6" w:rsidP="005257BB">
+      <w:r w:rsidRPr="00C9498E">
         <w:t>Halva volymen de första 8 timmarna och resterande de följande 16 timmarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE8311E" w14:textId="38B15372" w:rsidR="008D264B" w:rsidRPr="002C6445" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="3E24E003" w14:textId="02D3B998" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+    <w:p w14:paraId="11BC1DCA" w14:textId="468A2D46" w:rsidR="009A32ED" w:rsidRDefault="008779AB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc220568360"/>
       <w:r>
-        <w:t>Revidering i denna version</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Toc220568519"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220568621"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc220568707"/>
+      <w:r w:rsidR="009A32ED">
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="071B54D2" w:rsidR="009A32ED" w:rsidRPr="00BD429E" w:rsidRDefault="00BD429E" w:rsidP="005257BB">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Byte av tubfixering vid brännskada i ansiktet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc220568361"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc220568520"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc220568622"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc220568708"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1742680212"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uppdaterad i giltighetstid ett år. Inga förändringar. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="49E89ECC" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="44E00C20" w14:textId="0F013F70" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00186BE8" w:rsidP="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc220568709" w:history="1">
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Denna rutin gäller för</w:t>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568709 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00182AB2" w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="623E00B7" w14:textId="091366EB" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2" w:rsidP="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568710" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Bakgrund</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568710 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7FAE4531" w14:textId="23A3FC79" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2" w:rsidP="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568711" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Syfte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568711 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5BA16B66" w14:textId="1D1FC9F1" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2" w:rsidP="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568712" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568712 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5AA218F8" w14:textId="0A4E7802" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568713" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Åtgärd på traumarummet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568713 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="17A4D809" w14:textId="6A7D9A82" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568714" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>På IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568714 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2A008100" w14:textId="05146B4B" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568715" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Brännskada hos barn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568715 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7061AB86" w14:textId="64B2C730" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568716" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Bedömning av brännskada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568716 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6DFE1B4E" w14:textId="7578035A" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568717" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Brännskadedjup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568717 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="486A6144" w14:textId="74CFEE7D" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568718" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Utbredning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568718 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="34225721" w14:textId="75799BD2" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568719" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Kriterier för specialistvård</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568719 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="24755645" w14:textId="394F4925" w:rsidR="00182AB2" w:rsidRPr="00523A77" w:rsidRDefault="00182AB2" w:rsidP="00182AB2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220568720" w:history="1">
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220568720 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00662CE8">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00523A77">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7AD656A0" w14:textId="447B6145" w:rsidR="00F72E8C" w:rsidRDefault="00186BE8" w:rsidP="00186BE8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="1B05E045" w14:textId="1924BD29" w:rsidR="00CF4CE1" w:rsidRPr="00186BE8" w:rsidRDefault="00CF4CE1" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00866B76">
-[...6 lines deleted...]
-    <w:p w14:paraId="7C20D8C3" w14:textId="6C66484C" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+      <w:bookmarkStart w:id="19" w:name="_Toc220568362"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc220568709"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc100327186"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>Denna rutin gäller för</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DAA7EB" w14:textId="3F6757C6" w:rsidR="00CF4CE1" w:rsidRPr="00CF4CE1" w:rsidRDefault="00CF4CE1" w:rsidP="005257BB">
+      <w:r>
+        <w:t>Personal på AnOpIVA och akutmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="765CF84E" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc220568363"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc220568710"/>
+      <w:r>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E630C9" w14:textId="77777777" w:rsidR="00B30B42" w:rsidRPr="00866B76" w:rsidRDefault="00B30B42" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">En stor brännskada är ett av de största trauman en människa kan utsättas för. Huden, kroppens största organ, förlorar sin naturliga, skyddande barriärfunktion mot omvärlden. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tor</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve"> brännskada </w:t>
       </w:r>
       <w:r>
         <w:t>benämns</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve"> skador som överstiger 20 % av kroppsytan. Samtidigt annat trauma eller sjukdomar kan dock göra att även mindre skadeutbredning behöver betraktas som stor (svår) brännskada.</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00866B76">
+        <w:lastRenderedPageBreak/>
         <w:br/>
         <w:t>Hur djup skadan blir beror på:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1328BD2F" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+    <w:p w14:paraId="23EA4259" w14:textId="77777777" w:rsidR="00B30B42" w:rsidRPr="00866B76" w:rsidRDefault="00B30B42" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t>Den inverkande temperaturen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CEE6FCB" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+    <w:p w14:paraId="6D001411" w14:textId="77777777" w:rsidR="00B30B42" w:rsidRPr="00866B76" w:rsidRDefault="00B30B42" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t>Tiden som värmeexponeringen pågår</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02438FAC" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+    <w:p w14:paraId="370EB1CF" w14:textId="77777777" w:rsidR="00B30B42" w:rsidRPr="00866B76" w:rsidRDefault="00B30B42" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t>Hudens tjocklek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EB738D" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-    <w:p w14:paraId="73DD357A" w14:textId="7E42DE39" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="49C81FC0" w14:textId="77777777" w:rsidR="00B30B42" w:rsidRPr="00866B76" w:rsidRDefault="00B30B42" w:rsidP="005257BB"/>
+    <w:p w14:paraId="1266F588" w14:textId="63B66A4E" w:rsidR="00B30B42" w:rsidRPr="00B30B42" w:rsidRDefault="00B30B42" w:rsidP="006C1A28">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Barn och äldre har tunnare hud och får därför ofta djupare brännskador än vuxna vid samma värmeexponering. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0859766B" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="37D8B1C6" w14:textId="360006CF" w:rsidR="00CF4CE1" w:rsidRDefault="00CF4CE1" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="5F7FFAF7" w14:textId="1224B5C8" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc220568364"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc220568711"/>
+      <w:r>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="3328C2ED" w14:textId="2CED207C" w:rsidR="00B30B42" w:rsidRPr="00B30B42" w:rsidRDefault="00F463EE" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Att skapa väl fungerande rutiner kring omhändertagande av brännskadepatienter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCBB7A9" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00866B76">
+      <w:bookmarkStart w:id="26" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc220568365"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc220568712"/>
+      <w:r w:rsidRPr="00065A6B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vilka berörs </w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="593541DD" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc220568713"/>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="63D98F59" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+        <w:t xml:space="preserve">Åtgärd på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1A28">
+        <w:t>traumarummet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="6B2CB3EB" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t>Inga avsteg från sedvanligt omhändertagande vid trauma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5D3EBF" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00084991" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2CFF2925" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00084991" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00084991">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>A – Luftväg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103CF111" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="53DA4423" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t>Minsta tecken till ofria luftvägar ska medföra intubation. Om patienten intuberas bör även ventrikelsond sättas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF8DE30" w14:textId="42C74AA1" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+    <w:p w14:paraId="75A3DA96" w14:textId="00968731" w:rsidR="004A46A8" w:rsidRDefault="005257BB" w:rsidP="0030247A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intubation på kliniska tecken. Säkra tuben med bomullsband om huden i ansiktet är bränd.</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CE8">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563A1C5F" w14:textId="1D26D41B" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="0030247A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve">Kliniska tecken på ofri luftväg </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5F3E75" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Agitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EBCF17" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Oro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F749539" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Ångest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468D8CE4" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Dyspné</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F62D0DC" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Snarkande andning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF34D15" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Näsvingespelandning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE0EB35" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Misstanke om inhalationsskada vid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAC1C28" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Brännskada i ansiktet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C10472" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Sot i mun/näsa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD4620F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:lastRenderedPageBreak/>
+        <w:t>Heshet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC2885B" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Hosta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF5D9A8" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Stridor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ABF09F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve">Sveda ögonbryn/näshår </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033B07DD" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA965C2" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="004A46A8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve">Vid brännskador p g a explosion eller i kombination med fall- eller annat högenergetiskt trauma, liksom vid oklar skademekanism, måste nackskada uteslutas och hanteras enligt gällande riktlinjer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB166FF" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>B – andning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C912DA" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid inhalationsskada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E51811" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Höjd huvudända</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D8FE66" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>100% syrgas, 15l/min via mask med roservoar eller helst CPAP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA447B3" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid kolmonoxidförgiftning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325F8428" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>100% syrgas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155DBC1D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Observera att patienten inte är cyanotisk och puloximetri visar bra syremättnad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4806663F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid bronkobstruktivitet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388D6431" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve">nhalation med ß2-stimulerare, t ex </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00866B76">
+          <w:t>salbutamol</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00866B76">
+          <w:t>Ventoline</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve">) 5 mg/ml, 5 mg, och antikolinergika, t ex </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00866B76">
+          <w:t>ipratropium</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00866B76">
+          <w:t>Atrovent</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>) 0,25 mg/ml, 0,5 mg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23497575" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Om dyspné och hypoxemi inte viker på insatt behandling skall patienten intuberas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542BD22F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid cirkumferenta brännskador runt thorax kan escarotomi bli aktuellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302B3642" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0003139B">
+        <w:t>C – cirkulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CD4C02" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="0004230A" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004230A">
+        <w:t>Två grova perifera infarter, helst genom icke bränd hud. Om detta inte går, stick i bränt område eller frilägg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E9ADE2" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Varm kristalloid infusion enligt Parklandformeln.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C0AA0A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="006F04FD" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve">Vasoaktiva droger bör om möjligt undvikas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4833E7" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve">Eftersträva ett MAP &gt;70 mmHg och puls &lt;120 slag/min. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFBD878" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="006F04FD" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve">Kontrollera perifera pulsar vid handled/fingrar och fotled/tår. Använd doppler vid behov. Värdera färg och känsel på oskadade delar av brända extremiteter distalt om brännskada. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAC4C3B" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0003139B">
+        <w:lastRenderedPageBreak/>
+        <w:t>D – neurologiskt status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF56F11" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="273"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intubation på kliniska tecken. Säkra tuben med bomullsband om huden i </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="42709614" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:t>Medvetandegraden värderas med GCS eller RLS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B2ADED" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1276" w:right="0" w:hanging="283"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid medvetandepåverkan finns misstanke om inhalation av giftiga gaser, t ex kolmonoxid eller cyanid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC73343" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
-      <w:r w:rsidRPr="00866B76">
-[...4 lines deleted...]
-    <w:p w14:paraId="743A5168" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+      <w:r>
+        <w:t>Överväg andra orsaker till medvetandesänkning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B068D33" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7C52024E" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intoxikation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65639AAB" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="712F7088" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Metabol rubbning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3931745A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="43FCF789" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Asfyxi/hypoxi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39497F8E" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="5AB10C6C" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Chock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AF42C7" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="55367A47" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rubbad blodsockernivå</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A19E1E" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="162CFEDA" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Traumatisk hjärnskada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243BA5DD" w14:textId="38DFD5DE" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...117 lines deleted...]
-    <w:p w14:paraId="5FEF2D5E" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1843" w:right="0" w:hanging="425"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intrakraniell lesion (meningit, cerebrovaskulär lesion, blödning m</w:t>
+      </w:r>
+      <w:r w:rsidR="00662CE8">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F56D545" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0003139B">
+        <w:t>E – exponering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61408491" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid inhalationsskada</w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="380D26FC" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:t>Avlägsna kläder och smycken. Fastbrända kläder lämnas kvar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032A99FA" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid kolmonoxidförgiftning</w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="560FF4CF" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="002C6445">
+        <w:t>Täck patienten med rena, torra lakan och filtar. Inget fuktigt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1461C37F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00EB685A" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...480 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
           <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway" w:cs="Arial"/>
           <w:color w:val="3E4547"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aktiv uppvärmning på traumarummet och under transport. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604AE3B3" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="0004230A" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="55EA1C6D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc220568714"/>
       <w:r w:rsidRPr="00866B76">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>På IVA</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="11515BBD" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00F77DBE" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00F77DBE">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>A - luftväg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F6DD42" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00AB422B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="793928D7" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00AB422B" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Inandning av heta gaser, ånga och/eller brandrök kan ge inhalationsskada med slemhinneskador i övre och/eller nedre luftvägarna med hyperemi och ödem som följd. Ödem och medföljande obstruktion av luftvägar kan också </w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uppkomma </w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">genom brännskada på halsen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7492E71E" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="20E0AF60" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r>
         <w:t>Håll patienten fastande vid intubationsrisk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B9684D" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="66B4C5AC" w14:textId="5B2894B0" w:rsidR="005257BB" w:rsidRDefault="004E1595" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003E42E8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19956BB1" wp14:editId="3EDCFAEE">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>13970</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1914792" cy="1438476"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21457"/>
+                <wp:lineTo x="21278" y="21457"/>
+                <wp:lineTo x="21278" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1413163630" name="Bildobjekt 1" descr="En bild som visar leksak&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1413163630" name="Bildobjekt 1" descr="En bild som visar leksak&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1914792" cy="1438476"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="005257BB">
         <w:t>Intubation på kliniska tecken (enligt ovan) då blodgaser ej ger vägledning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE33C4B" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="000F2F69" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="4010427B" w14:textId="42905B26" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r>
-        <w:t>Fäst tuben med bomullsband om huden i ansiktet är bränd.</w:t>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Fäst tuben med </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1433" w:rsidRPr="006F62A6">
+        <w:t>avsedd tubfixering</w:t>
+      </w:r>
+      <w:r w:rsidR="003E42E8" w:rsidRPr="006F62A6">
+        <w:t xml:space="preserve"> (se bild)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> om huden i ansiktet är bränd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601654C3" w14:textId="1F31F8F5" w:rsidR="003E42E8" w:rsidRPr="000F2F69" w:rsidRDefault="003E42E8" w:rsidP="003E42E8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD35135" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00F77DBE" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00F77DBE">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>B - andning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DC8358" w14:textId="20D06F02" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="27DF4701" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00F77DBE">
         <w:t xml:space="preserve">Kolmonoxidförgiftning </w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
-        <w:t xml:space="preserve">behandlas i första hand med 100 % syrgas-ventilation. Observera att vid CO-förgiftning är patienten inte </w:t>
-[...39 lines deleted...]
-        <w:t>) och PaO</w:t>
+        <w:t>behandlas i första hand med 100 % syrgas-ventilation. Observera att vid CO-förgiftning är patienten inte cyanotisk, pulsoximetri visar god syremättnad (pulsoximetri kan inte skilja mellan OxyHb och COHb) och PaO</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve"> är normalt eller förhöjt trots att totalmängden O</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve"> i blod är kraftigt sänkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A7B88F" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="3BB3C8A8" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t>Steroider skall aldrig ges systemiskt vid samtidig bränn- eller frätskada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A602DE0" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00EB6FF7" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7B259FF5" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00EB6FF7" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00EB6FF7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>C - cirkulation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CCC1BE" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="6D766C6B" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
-        <w:t xml:space="preserve">Vid stora brännskador leder kapillärläckage till stora vätskeförluster ut i vävnaden. Reaktionen på brännskada ger initialt kraftigt ökad perifer vaskulär resistens och sänkt hjärtminutvolym. Dessa förändringar tillsammans resulterar i ett sänkt blodtryck och eventuellt chock. Ångest och motorisk oro kan vara tidiga tecken på </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Vid stora brännskador leder kapillärläckage till stora vätskeförluster ut i vävnaden. Reaktionen på brännskada ger initialt kraftigt ökad perifer vaskulär resistens och sänkt hjärtminutvolym. Dessa förändringar tillsammans resulterar i ett sänkt blodtryck och eventuellt chock. Ångest och motorisk oro kan vara tidiga tecken på hypoxemi till följd av hypovolemi och chock.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732A2CCB" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="3405658D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
-        <w:t>hypoxemi</w:t>
-[...17 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Håll också i minnet att patienten kan ha andra skador som leder till chock, t ex inre blödningar. Tidigt uppkommen chock (inom en timme efter skada) beror vanligen inte på brännskadan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D36A72" w14:textId="77777777" w:rsidR="00EB685A" w:rsidRDefault="00EB685A" w:rsidP="008D264B"/>
-    <w:p w14:paraId="3016DD6D" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="4E15AB29" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="3054350A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="006F04FD">
-        <w:t xml:space="preserve">Vätskeförlusterna till vävnaden leder till svullnad. Vid djupa </w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Vätskeförlusterna till vävnaden leder till svullnad. Vid djupa cirkumferenta brännskador kan det ökande trycket i vävnaden påverka blodförsörjningen. I dessa fall måste man göra incisioner, s k </w:t>
+      </w:r>
       <w:r w:rsidRPr="00CA1B86">
-        <w:t>eskarotomier</w:t>
-[...3 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>eskarotomier,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:t xml:space="preserve"> genom den djupt brännskadade huden ner till subkutana fettet för att minska trycket och förbättra genomblödningen. </w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Eskarotomier görs genom hela det brännskadade området, d v s från oskadad hud till oskadad hud. Incisionerna görs på lateralsida av bröstkorgen och eventuellt horisontellt däremellan samt på medial- och/eller lateralsidan av extremiteterna, så att kärl och nerver inte skadas. Eskarotomier på händer, fingrar eller hals görs bara i samråd </w:t>
+      </w:r>
       <w:r w:rsidRPr="006F04FD">
-        <w:t>Eskarotomier</w:t>
-[...39 lines deleted...]
-    <w:p w14:paraId="46C3F474" w14:textId="5B078804" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">med Brännskadecentrum. På ansikte och genitalia behövs inga eskarotomier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29837EC0" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="34A2557B" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="000E5352">
         <w:t>Höjd huvudända 30 grader och högläge (ovan hjärthöjd) av brända extremiteter för att minska ödem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6685F3AF" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="52B61F55" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
         <w:t>Suturera alla infarter!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE26FD8" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00CA1B86" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2FDCDCF1" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00CA1B86" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA1B86">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>D – neurologiskt status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E98130" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="4714D3F4" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Vid medvetslöshet efter inhalationsskada </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6FF7">
-        <w:t xml:space="preserve">skall också behandling för cyanidförgiftning ges. Tidig metabol </w:t>
-[...10 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">skall också behandling för cyanidförgiftning ges. Tidig metabol acidos stärker misstanken om cyanidförgiftning. Behandling ges med </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00EB6FF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>hydroxokobalamin</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00EB6FF7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Cyanokit</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t xml:space="preserve"> Vuxna 5 g </w:t>
       </w:r>
       <w:r>
         <w:t>och barn</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t xml:space="preserve"> 70 mg/kg kroppsvikt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> som</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6FF7">
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> i.v. infusion under 15-30 minuter. Till vuxen patient med hjärtstillestånd, ges 10 g </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00EB6FF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>hydroxokobalamin</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB6FF7">
-        <w:t xml:space="preserve">. Observera att urin och annan kroppsvätska färgas röd av </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Observera att urin och annan kroppsvätska färgas röd av hydroxokobalamin </w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
-        <w:t xml:space="preserve">under ett par dagar och analyser av </w:t>
-[...23 lines deleted...]
-        </w:rPr>
+        <w:t>under ett par dagar och analyser av kreatinin, ASAT, bilirubin och magnesium kan bli falskt förhöjda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05141FA5" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00CA1B86" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA1B86">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>E – Exponering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04DB69BE" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="700EB4E9" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="0004230A">
         <w:t>Brännskadepatienter är särskilt känsliga för hypotermi p g a sina hudskador. Skydda därför alltid patienten mot avkylning. Avlägsna alla kläder, smycken och piercingar. Fastbrända kläder lämnas kvar. Täck patienten med rena, torra lakan och filtar, inget fuktigt.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0004230A">
         <w:t>Värm aktivt i akutrummet och under transport.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707440A3" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7F3F42C8" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="007069D3">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">F </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007069D3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="007069D3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ätskebehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E0AA45" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="38F1E17A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="006F04FD">
         <w:t>Vätskeförlusten är proportionell mot brännskadestorleken och den nödvändiga vätskeersättningen (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t>resuscitationen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F04FD">
         <w:t xml:space="preserve">) för första dygnet kan beräknas enligt </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB6FF7">
-        <w:t>Parkland</w:t>
-[...3 lines deleted...]
-        <w:t>-formeln,</w:t>
+        <w:t>Parkland-formeln,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:t xml:space="preserve"> där volymen vätska i antal milliliter som ska ges </w:t>
       </w:r>
       <w:r>
         <w:t>beräknas</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6FF7">
         <w:t>2-4ml x brännskadeutbredningen (% brännskadad yta) x kroppsvikt (kg).</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
-        <w:t xml:space="preserve"> Vätskeersättningen ges som enbart varm Ringer-Acetat, hälften av den beräknade volymen ges under de första 8 timmarna efter skadan, resten under de påföljande 16 timmarna. Observera att </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> parametrar. </w:t>
+        <w:t xml:space="preserve"> Vätskeersättningen ges som enbart varm Ringer-Acetat, hälften av den beräknade volymen ges under de första 8 timmarna efter skadan, resten under de påföljande 16 timmarna. Observera att Parkland-formeln fungerar som en riktningsvisare, fortsatt vätsketillförsel styrs av urinproduktionen och cirkulatoriska parametrar. </w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006F04FD">
+        <w:lastRenderedPageBreak/>
         <w:t>Tillförsel av kolloider är inte av värde initialt, kapillärläckaget är omfattande och även kolloida lösningar läcker ut från blodbanan.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
-        <w:t xml:space="preserve">Tecken på korrekt </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> är en urinproduktion på </w:t>
+        <w:t xml:space="preserve">Tecken på korrekt resuscitation är en urinproduktion på </w:t>
       </w:r>
       <w:r>
         <w:t>0,5</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:t xml:space="preserve"> ml/kg</w:t>
       </w:r>
       <w:r>
         <w:t>/h</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
-        <w:t xml:space="preserve"> hos vuxna. För låg urinproduktion korrigeras med ökad vätsketillförsel, ge aldrig </w:t>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> hos vuxna. För låg urinproduktion korrigeras med ökad vätsketillförsel, ge aldrig diuretika i akutsituationen. Vasoaktiva droger bör undvikas. Vid urinproduktion som överstiger målet skall vätsketillförseln trappas ned stegvis under noggrann övervakning av cirkulation och diures.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E5352">
         <w:t xml:space="preserve">Diuresen är en övervakningsparameter och skall om möjligt inte manipuleras med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>diuretika</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> under de första 36 timmarna efter brännskadan.</w:t>
+        <w:t>diuretika under de första 36 timmarna efter brännskadan.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006F04FD">
         <w:br/>
-        <w:t xml:space="preserve">Målet för vätsketerapin är att bibehålla funktionen i vitala organ och att undvika komplikationer på grund av inadekvat eller </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="2E8F355A" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="007069D3" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+        <w:t xml:space="preserve">Målet för vätsketerapin är att bibehålla funktionen i vitala organ och att undvika komplikationer på grund av inadekvat eller excessiv vätskebehandling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3263D1AC" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="000E5352" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="3A6F90D8" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="007069D3" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61ECB77B" wp14:editId="5147E3F8">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79F7D273" wp14:editId="33516ED4">
                 <wp:extent cx="5438775" cy="1304925"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="25400"/>
                 <wp:docPr id="217" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5438775" cy="1304925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg2"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="28098011" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="007D1502" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+                          <w:p w14:paraId="34A32678" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="007D1502" w:rsidRDefault="005257BB" w:rsidP="005257BB">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007D1502">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>2-4 ml x kg x % bränd kroppsyta</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0F82D59C" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+                          <w:p w14:paraId="7207A920" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
                             <w:r>
                               <w:t>Halva volymen de första 8 timmarna och resterande de följande 16 timmarna</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="61ECB77B" id="Textruta 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:428.25pt;height:102.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBi6f4FgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkzUx4hRdugwD&#10;ugvQ7QNkSbaFyaImKbGzry+luGm27mmYHwTRpA7Jw8P1zdBpcpDOKzAlnU5ySqThIJRpSvr92+7N&#10;khIfmBFMg5ElPUpPbzavX617W8gZtKCFdARBjC96W9I2BFtkmeet7JifgJUGnTW4jgU0XZMJx3pE&#10;73Q2y/O3WQ9OWAdceo9/705Oukn4dS15+FLXXgaiS4q1hXS6dFbxzDZrVjSO2VbxsQz2D1V0TBlM&#10;eoa6Y4GRvVMvoDrFHXiow4RDl0FdKy5TD9jNNP+jm4eWWZl6QXK8PdPk/x8s/3x4sF8dCcM7GHCA&#10;qQlv74H/8MTAtmWmkbfOQd9KJjDxNFKW9dYX49NItS98BKn6TyBwyGwfIAENtesiK9gnQXQcwPFM&#10;uhwC4fhzMb9aXl8vKOHom17l89VskXKw4um5dT58kNCReCmpw6kmeHa49yGWw4qnkJjNg1Zip7RO&#10;RlSS3GpHDgw1UDWzEfy3KG1IX9LVAlO/RHBNdX6fp+9vEJ0KqGStupIuz0GsiLS9NyLpLDClT3es&#10;WJuRx0jdicQwVANRYiQ50lqBOCKxDk7CxUXDSwvuFyU9irak/ueeOUmJ/mhwOKvpfB5Vnoz54nqG&#10;hrv0VJceZjhClTRQcrpuQ9qMxIC9xSHuVKL3uZKxZBRjYn1cnKj2SztFPa/35hEAAP//AwBQSwME&#10;FAAGAAgAAAAhAAbpvw/aAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;Q4VLFOJUFRTBtYXet/E2iRqvg+024e8xXOhlpdGMZt6Wy8n24kw+dI413M8yEMS1Mx03Gj4/Xu9y&#10;ECEiG+wdk4ZvCrCsrq9KLIwbeUPnbWxEKuFQoIY2xqGQMtQtWQwzNxAn7+C8xZikb6TxOKZy28t5&#10;li2kxY7TQosDPbdUH7cnq2Hw+ea9G9Vu/fC1y17qNePj6k3r25tp9QQi0hT/w/CLn9ChSkx7d2IT&#10;RK8hPRL/bvJytVAg9hrmmVIgq1Je0lc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMGL&#10;p/gWAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAbpvw/aAAAABQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" fillcolor="gray [3214]">
+              <v:shapetype w14:anchorId="79F7D273" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:428.25pt;height:102.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxYc7EFAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkzUx4hRdugwD&#10;ugvQ7QNkWbaFSaImKbGzry+luGm27mmYHwTRpA7Jw8P1zaAVOQjnJZiSTic5JcJwqKVpS/r92+7N&#10;khIfmKmZAiNKehSe3mxev1r3thAz6EDVwhEEMb7obUm7EGyRZZ53QjM/ASsMOhtwmgU0XZvVjvWI&#10;rlU2y/O3WQ+utg648B7/3p2cdJPwm0bw8KVpvAhElRRrC+l06azimW3WrGgds53kYxnsH6rQTBpM&#10;eoa6Y4GRvZMvoLTkDjw0YcJBZ9A0kovUA3Yzzf/o5qFjVqRekBxvzzT5/wfLPx8e7FdHwvAOBhxg&#10;asLbe+A/PDGw7Zhpxa1z0HeC1Zh4GinLeuuL8Wmk2hc+glT9J6hxyGwfIAENjdORFeyTIDoO4Hgm&#10;XQyBcPy5mF8tr68XlHD0Ta/y+Wq2SDlY8fTcOh8+CNAkXkrqcKoJnh3ufYjlsOIpJGbzoGS9k0ol&#10;IypJbJUjB4YaqNrZCP5blDKkL+lqgalfIri2Or/P0/c3CC0DKllJXdLlOYgVkbb3pk46C0yq0x0r&#10;VmbkMVJ3IjEM1YCBkc8K6iMy6uCkWNwwvHTgflHSo1pL6n/umROUqI8Gp7KazudR3smYL65naLhL&#10;T3XpYYYjVEkDJafrNqSVSK3bW5zeTiZenysZa0UVJrrHjYkyv7RT1PNebx4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAG6b8P2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqEOF&#10;SxTiVBUUwbWF3rfxNokar4PtNuHvMVzoZaXRjGbelsvJ9uJMPnSONdzPMhDEtTMdNxo+P17vchAh&#10;IhvsHZOGbwqwrK6vSiyMG3lD521sRCrhUKCGNsahkDLULVkMMzcQJ+/gvMWYpG+k8TimctvLeZYt&#10;pMWO00KLAz23VB+3J6th8PnmvRvVbv3wtcte6jXj4+pN69ubafUEItIU/8Pwi5/QoUpMe3diE0Sv&#10;IT0S/27ycrVQIPYa5plSIKtSXtJXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxYc7E&#10;FAIAAB8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAG&#10;6b8P2gAAAAUBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" fillcolor="gray [3214]">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="28098011" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="007D1502" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+                    <w:p w14:paraId="34A32678" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="007D1502" w:rsidRDefault="005257BB" w:rsidP="005257BB">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007D1502">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>2-4 ml x kg x % bränd kroppsyta</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0F82D59C" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+                    <w:p w14:paraId="7207A920" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
                       <w:r>
                         <w:t>Halva volymen de första 8 timmarna och resterande de följande 16 timmarna</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FE7810" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="651494BE" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="619B3AE7" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc220568715"/>
+      <w:r>
+        <w:t>Brännskada hos barn</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="1B2F8FC1" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r>
+        <w:t xml:space="preserve">Barn har tunnar hud än vuxna och kan därför så djupare brännskador vid samma värmeexponering. Det är också svårare att hålla kroppstemperaturen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAA9ECE" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="003B7CFC" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r>
+        <w:t>Barn drabbas också lättare av hypoglykemi och hyponatremi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9B0772" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="00182AB2">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vätskebehandling barn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C798C9D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r>
+        <w:t xml:space="preserve">Parklandformeln kan användas även för barn. Observera att huvudet beräknas som 18% hos små barn och att varje ben beräknas som 13,5%. När barnet växer dras procent av från huvudet och läggs till på benen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E14219A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="7559DE1E" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r>
+        <w:t xml:space="preserve">Utöver vätskebehovet enligt Parklandformeln är det viktigt att räkna med barnens basalbehov av vätska. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Basalbehovet kan beräknas enligt följande:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AB288D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>&lt;6mån</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>150 ml/kg/dygn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283F623F" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>&lt;15kg</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>100 ml/kg/dygn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A8C722" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0" w:firstLine="273"/>
+      </w:pPr>
+      <w:r>
+        <w:t>&lt;40kg</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>50 ml/kg/dygn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEC1854" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB"/>
+    <w:p w14:paraId="5F6E1219" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00BE4CAE" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve">Tecken på korrekt resuscitation är en urinproduktion på </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve"> ml/kg</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t xml:space="preserve"> hos </w:t>
+      </w:r>
+      <w:r>
+        <w:t>barn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F04FD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB94325" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="006C1A28">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc220568716"/>
+      <w:r w:rsidRPr="00866B76">
+        <w:t>Bedömning av brännskada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00866B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5191CD" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00404A63" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:r>
+        <w:t>Ofta överskattas brännskadad yta medan djupet ofta underskattas. Det är endast delhudsbrännskada och fullhudsbrännskada som tas med i bedömningen av brännskadad yta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76531127" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...146 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc220568717"/>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bedömning av brännskada </w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>Brännskadedjup</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00866B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brännskadedjup </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11A4E4AE" w14:textId="17DB4E67" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC60166" w14:textId="0F38D8D4" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="273"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
-        <w:t>Överhudsskada/</w:t>
-[...13 lines deleted...]
-        <w:t>Läker på 2 – 3 dagar, efterlämnar inga ärr</w:t>
+        <w:t>Överhudsskada/epidermal - Överhud (epidermis) skada, t.ex. en solbränna - Läker på 2 – 3 dagar, efterlämnar inga ärr</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE59B48" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="26308631" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="425"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Rodnad utan blåsor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C832293" w14:textId="11D41543" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="2E98BB14" w14:textId="777DAC23" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="273"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
-        <w:t xml:space="preserve">Ytlig delhudsbrännskada - Hela epidermis och ytliga delar av </w:t>
-[...19 lines deleted...]
-        <w:t>pigmentstörningar</w:t>
+        <w:t>Ytlig delhudsbrännskada - Hela epidermis och ytliga delar av dermis är skadat, t.ex. skållning - Läker inom 1 – 2 veckor. Efterlämnar inga ärr, ev. lite pigmentstörningar</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD24055" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="344DA75D" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="283"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Blåsor. Huden under blåsorna är fuktiga med röda små prickar och är smärtkänslig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FB027B" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="221A5DFF" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="283"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Vid tryck blir huden vit och de små röda prickarna försvinner. När trycket släpps kommer de små röda prickarna tillbaka och huden blir åter röd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099AD711" w14:textId="29A1D96E" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="6894D6DA" w14:textId="54321E47" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="273"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
-        <w:t xml:space="preserve">Djup delhudsbrännskada - Djupa delar av </w:t>
-[...13 lines deleted...]
-        <w:t>och svettkörtlar) - Operation med hudtransplantation för läkning</w:t>
+        <w:t>Djup delhudsbrännskada - Djupa delar av dermis skadade (inkl. hårfolliklar och svettkörtlar) - Operation med hudtransplantation för läkning</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14396B5D" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="31035385" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="283"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid tryck försvinner inte de röda prickarna då blodet i kapillärerna är koagulerat. Huden bleknar ej. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D88D7F" w14:textId="50DF7F8D" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="39844BCD" w14:textId="77777777" w:rsidR="00DC7ECE" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="273"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
-        <w:t xml:space="preserve">Fullhudsbrännskada - Huden helt </w:t>
-[...13 lines deleted...]
-        <w:t>hudtransplantation krävs för läkning</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fullhudsbrännskada - Huden helt devitaliserad - Operation med hudtransplantation krävs för läkning</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B9429E" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="00EB685A">
+    <w:p w14:paraId="2F1BD3E3" w14:textId="17C69D11" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="00DC7ECE">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="283"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Huden är torr, har ett läderartat utseende och kan vara vit, grå eller svart. Ingen känsel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753D5613" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="599C7F62" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="717"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D1C1D53" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="63CFBD39" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">För bilder hur brännskador med olika djup kan se ut finns information om brännskador på akademiska sjukhusets hemsida. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="007B108B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Länk till hemsidan.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A9DCDE5" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="339B1FC1" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc220568718"/>
       <w:r w:rsidRPr="00634C07">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E017C5B" wp14:editId="2A0C920A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="561587F7" wp14:editId="5503A387">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2804160</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>131445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3283424" cy="3009900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21463"/>
                 <wp:lineTo x="21433" y="21463"/>
                 <wp:lineTo x="21433" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="2" name="Bildobjekt 3"/>
+            <wp:docPr id="2" name="Bildobjekt 3" descr="En bild som visar text, led, skelett, tecknad serie&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Bildobjekt 3"/>
+                    <pic:cNvPr id="2" name="Bildobjekt 3" descr="En bild som visar text, led, skelett, tecknad serie&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3283424" cy="3009900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="007D1502">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Utbredning </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22F0B4BE" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="00866B76" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+        <w:t>Utbredning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="007D1502">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611E061A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRPr="00866B76" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t>Patientens handflata</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (med fingrar)</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve"> utgör 1% av kroppsytan</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07529BBE" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="57DD0F3A" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
         <w:t>Hos vuxna kan d</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">en skadade ytan kan uppskattas med den s.k. 9-regeln som delar upp kroppsytan i procentsatser om 9. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072D7CC7" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+    <w:p w14:paraId="569E009B" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r w:rsidRPr="00866B76">
         <w:t>En</w:t>
       </w:r>
       <w:r>
         <w:t>ligt regeln</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77188CF8" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="068A20AA" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t>uvud/hals c:a 9%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E50C85" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="7C13D1E0" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t>Vardera arm inkl. hand 9%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051DF8B3" w14:textId="14602BE6" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="1F678074" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Bålen och ryggen 18% </w:t>
       </w:r>
-      <w:r w:rsidR="00487076">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00866B76">
         <w:t>vardera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DAAF36" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="60B7A234" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t>Varje ben 18%</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05808FB3" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="6486298F" w14:textId="115481A6" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="002A30CB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0" w:firstLine="273"/>
       </w:pPr>
       <w:r w:rsidRPr="00866B76">
         <w:t xml:space="preserve">Genitala 1% </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...8 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F539D4" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="002A30CB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc220568719"/>
       <w:r w:rsidRPr="007B392A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Kriterier för specialistvård</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5753C24E" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B">
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="1FB83C8E" w14:textId="77777777" w:rsidR="005257BB" w:rsidRDefault="005257BB" w:rsidP="005257BB">
       <w:r>
         <w:t>I första hand tar mellanjouren på kirurgen kontakt med plastikkirurgen på Sahlgrenska Universitetssjukhus, SU växel 00 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0301">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>031 342 00 00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D48DA94" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-    <w:p w14:paraId="37E45748" w14:textId="7DBB5766" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="00487076">
+    <w:p w14:paraId="44225F82" w14:textId="77777777" w:rsidR="00F463EE" w:rsidRPr="00F463EE" w:rsidRDefault="00F463EE" w:rsidP="005257BB"/>
+    <w:p w14:paraId="2058E298" w14:textId="77777777" w:rsidR="002A30CB" w:rsidRDefault="002A30CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc100327195"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="0DC02BB1" w:rsidR="009C6C0C" w:rsidRDefault="009A32ED" w:rsidP="0019496E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:r w:rsidR="008D264B" w:rsidRPr="0043713E">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc220568366"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc220568720"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:lastRenderedPageBreak/>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="368F0536" w14:textId="77777777" w:rsidR="0019496E" w:rsidRPr="007D1502" w:rsidRDefault="0019496E" w:rsidP="0019496E">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="0043713E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.internetmedicin.se/behandlingsoversikter/kirurgi/brannskador-storre/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5419F2D6" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="008D264B" w:rsidP="008D264B"/>
-    <w:p w14:paraId="0285CBEB" w14:textId="77777777" w:rsidR="008D264B" w:rsidRDefault="00EA50DD" w:rsidP="008D264B">
+    <w:p w14:paraId="27C7B07A" w14:textId="77777777" w:rsidR="0019496E" w:rsidRDefault="0019496E" w:rsidP="0019496E"/>
+    <w:p w14:paraId="32C9F337" w14:textId="77777777" w:rsidR="0019496E" w:rsidRDefault="0019496E" w:rsidP="0019496E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="008D264B" w:rsidRPr="005D142A">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="005D142A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://vardgivarwebb.regionostergotland.se/pages/206327/Initialt%20omh%C3%A4ndertagande.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="543FA0D2" w14:textId="77777777" w:rsidR="008D264B" w:rsidRPr="004E4A73" w:rsidRDefault="008D264B" w:rsidP="004E4A73">
-[...29 lines deleted...]
-    <w:sectPr w:rsidR="004E4A73" w:rsidRPr="004E4A73" w:rsidSect="004E4A73">
+    <w:p w14:paraId="200D3AA1" w14:textId="77777777" w:rsidR="0019496E" w:rsidRPr="0019496E" w:rsidRDefault="0019496E" w:rsidP="0019496E"/>
+    <w:sectPr w:rsidR="0019496E" w:rsidRPr="0019496E" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BC6A2DB" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6">
+    <w:p w14:paraId="0C51AB61" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="228DC3C9" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6">
+    <w:p w14:paraId="0B3C4E31" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1BF140E1" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6">
+    <w:p w14:paraId="74107C8D" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Raleway">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Raleway">
+    <w:altName w:val="Raleway"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04537BD9" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6"/>
+    <w:p w14:paraId="6697F09B" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D16B488" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6">
+    <w:p w14:paraId="1DB21FAF" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="301FA652" w14:textId="77777777" w:rsidR="00412CB6" w:rsidRDefault="00412CB6">
+    <w:p w14:paraId="336BA565" w14:textId="77777777" w:rsidR="001C2C08" w:rsidRDefault="001C2C08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3499,295 +3712,212 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3905,50 +4035,163 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02F76826"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E4E3CA6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4017,51 +4260,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4130,51 +4373,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="081966D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C6624BE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4243,51 +4599,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4356,51 +4712,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4470,51 +4826,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4583,164 +4939,616 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1DE20C8C"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D9A644D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1AD0208C"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:tmpl w:val="408A6612"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1015" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1735" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2455" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3175" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3895" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4615" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5335" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6055" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="212D7D91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03DA347A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="244D4CAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C31EF4B6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="266521C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="987C6D80"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30667346"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F4A43E2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B7939"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BC8CEB6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4809,51 +5617,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4949,51 +5757,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5063,51 +5871,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B5F6BEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C4548554"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="408C7F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE20AEFC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5176,51 +6097,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5289,51 +6210,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5430,51 +6351,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="435319B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E18E962"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5543,164 +6464,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5769,51 +6577,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52F7109D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBCEB4E0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5883,51 +6804,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5996,51 +6917,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F5E5F9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A8638DA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6109,51 +7030,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="615E279A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FA0CD70"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6222,51 +7143,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="646F3943"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C488318"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64740ED9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5F2BE1E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6335,51 +7369,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68705DDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1BA864D8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6447,51 +7481,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6920316A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFDE3032"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6560,51 +7594,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BD21C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68A01A2E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6673,51 +7707,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6786,51 +7820,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719E0703"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="154C445A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6899,51 +7933,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7012,51 +8046,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7125,692 +8159,734 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1355501872">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="593444700">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2036081559">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1838421793">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="164318992">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1282221958">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1905143171">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="902567298">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1538156887">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2091190721">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1510826104">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1443722381">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1099331836">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1432699456">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1616213102">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="33" w16cid:durableId="1528331810">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1487472804">
-[...8 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="2050451874">
+  <w:num w:numId="34" w16cid:durableId="1032877383">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="800617082">
-[...2 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="1449658781">
+  <w:num w:numId="35" w16cid:durableId="346760591">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="562981772">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="36" w16cid:durableId="147985141">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1078862315">
-[...8 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="513344267">
+  <w:num w:numId="37" w16cid:durableId="258801961">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1134368820">
-[...11 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="1390348028">
+  <w:num w:numId="38" w16cid:durableId="106851662">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1185435990">
-[...54 lines deleted...]
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="39" w16cid:durableId="1163400786">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="0000185C"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="00050B2D"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="00076E4C"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000F0069"/>
     <w:rsid w:val="000F43A3"/>
-    <w:rsid w:val="000F7125"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00131652"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00182AB2"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
+    <w:rsid w:val="00186BE8"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="0019496E"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C2C08"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001F7C53"/>
-    <w:rsid w:val="00200D7D"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="0023745B"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
-    <w:rsid w:val="00261857"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="002A0258"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A30CB"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C1E80"/>
+    <w:rsid w:val="002C1E75"/>
     <w:rsid w:val="002C60AD"/>
-    <w:rsid w:val="002C6445"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="0035309B"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="0037331B"/>
+    <w:rsid w:val="00377992"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
+    <w:rsid w:val="003D1433"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E42E8"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="00412CB6"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="00444B8D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00487076"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
+    <w:rsid w:val="004A46A8"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E4A73"/>
+    <w:rsid w:val="004E1595"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00523A77"/>
+    <w:rsid w:val="005257BB"/>
+    <w:rsid w:val="005268C1"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="00554B5F"/>
+    <w:rsid w:val="00554618"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00560637"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B3253"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00652AF9"/>
     <w:rsid w:val="0065595B"/>
-    <w:rsid w:val="0065674B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00662CE8"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
-    <w:rsid w:val="006A3DAF"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B4D7A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006C0B71"/>
+    <w:rsid w:val="006C1A28"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="007052F7"/>
+    <w:rsid w:val="006F62A6"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="00756E5D"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00781717"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="007A3841"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007E2B1B"/>
     <w:rsid w:val="007F1CFF"/>
-    <w:rsid w:val="007F3B1B"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="00846906"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00864870"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
+    <w:rsid w:val="008779AB"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008B2DC8"/>
-    <w:rsid w:val="008B4C4E"/>
+    <w:rsid w:val="008B6CED"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D264B"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F5133"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="009240E6"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="00947F9F"/>
+    <w:rsid w:val="0095046D"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="00951FE9"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="0097091D"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A33298"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B30B42"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B81352"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD429E"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C00360"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C26B70"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C8359F"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C9498E"/>
+    <w:rsid w:val="00C95CFE"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF4CE1"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DC7ECE"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EA50DD"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EB685A"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F463EE"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F55D1F"/>
+    <w:rsid w:val="00F72E8C"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{E5C19002-E213-49AE-93FE-ED579C2A7EA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8148,174 +9224,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -8478,70 +9582,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -8653,214 +9758,222 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00182AB2"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
@@ -8908,118 +10021,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -10176,68 +11289,158 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...1 lines deleted...]
-    <w:hidden/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008D264B"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F72E8C"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10245,81 +11448,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=ipratropium" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akademiska.se/for-patient-och-besokare/ditt-besok/undersokning/brannskador/brannskadans-allvarlighetsgrad---utbredning-och-djup/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=salbutamol" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=hydroxokobalamin" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vardgivarwebb.regionostergotland.se/pages/206327/Initialt%20omh%C3%A4ndertagande.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.internetmedicin.se/behandlingsoversikter/kirurgi/brannskador-storre/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=hydroxokobalamin" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=salbutamol" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=hydroxokobalamin" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.internetmedicin.se/behandlingsoversikter/kirurgi/brannskador-storre/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.akademiska.se/for-patient-och-besokare/ditt-besok/undersokning/brannskador/brannskadans-allvarlighetsgrad---utbredning-och-djup/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=Atrovent" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=hydroxokobalamin" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=ipratropium" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vardgivarwebb.regionostergotland.se/pages/206327/Initialt%20omh%C3%A4ndertagande.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=Ventoline" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/result?userType=0&amp;query=Cyanokit" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10600,258 +11783,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>10614</Characters>
+  <Pages>11</Pages>
+  <Words>2098</Words>
+  <Characters>11121</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Brännskada - stor</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12157</CharactersWithSpaces>
+  <CharactersWithSpaces>13193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...182 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Trauma - Stor brännskada</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>