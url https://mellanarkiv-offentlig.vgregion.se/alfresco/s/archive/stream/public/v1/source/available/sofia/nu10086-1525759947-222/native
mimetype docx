--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -8,153 +8,153 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4A90C0DE" w14:textId="77777777" w:rsidR="00CC7B8C" w:rsidRDefault="00CC7B8C" w:rsidP="00376E74"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="06201496" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="372D7361" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRDefault="00D141CB" w:rsidP="00D141CB"/>
+    <w:p w14:paraId="65B00F8D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRDefault="00D141CB" w:rsidP="00D141CB"/>
+    <w:p w14:paraId="2E5180B8" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRDefault="00D141CB" w:rsidP="00D141CB"/>
+    <w:p w14:paraId="07C3ED49" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRDefault="00D141CB" w:rsidP="00D141CB"/>
+    <w:p w14:paraId="0272C637" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="567" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc215217367"/>
       <w:bookmarkStart w:id="1" w:name="_Toc215217431"/>
       <w:bookmarkStart w:id="2" w:name="_Toc215217535"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Avliden – Omhändertagande på IVA och IMA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="17C26FB9" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="082AE468" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="5" w:name="_Toc181866756"/>
       <w:bookmarkStart w:id="6" w:name="_Toc215217368"/>
       <w:bookmarkStart w:id="7" w:name="_Toc215217432"/>
       <w:bookmarkStart w:id="8" w:name="_Toc215217536"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="1944CCA6" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="708914A4" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppdatering om vilken information vi lämnar till anhöriga vid dödsfall gällande visning på NÄL. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6BB7DE" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="55E9C483" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc181866758"/>
       <w:bookmarkStart w:id="10" w:name="_Toc215217369"/>
       <w:bookmarkStart w:id="11" w:name="_Toc215217433"/>
       <w:bookmarkStart w:id="12" w:name="_Toc215217537"/>
       <w:bookmarkStart w:id="13" w:name="_Toc72840807"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
@@ -163,65 +163,65 @@
         <w:t>Innehållsförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:id w:val="310441169"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6279CF5C" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="0424CAB5" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="7614E53E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="12813190" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="142"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EB3F40">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00EB3F40">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
@@ -301,51 +301,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AAB8026" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="01571072" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217539" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ansvar</w:t>
             </w:r>
@@ -398,51 +398,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="405FF8C3" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="041EA28F" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217540" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
@@ -495,51 +495,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CD72B34" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="264F03D2" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217541" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Utförande</w:t>
             </w:r>
@@ -592,51 +592,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25A145FB" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="40525348" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217542" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Patient som har transporterats direkt till OP från AVC och som avlider på OP</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -673,51 +673,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37066ABA" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="3151D05B" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217543" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>IVA läkare eller den vårdande klinikens läkare</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -754,51 +754,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C39326C" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="2AB2F11A" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217544" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>I CHA</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -835,51 +835,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09500C57" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="2DD83535" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217545" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Melior</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -916,51 +916,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5EF6146F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="5A7E0606" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217546" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vid dödsfall där närstående saknas</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -997,51 +997,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="217AD452" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="2FB9F0DE" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217547" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vid dödsfall av ett barn på IVA</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1078,51 +1078,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00301A25" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="0B5A4294" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217548" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Omvårdnad av den avlidne</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1159,51 +1159,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5067B470" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="20B8D7A6" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217549" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Avsked på avdelningen</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1240,51 +1240,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="358212F8" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="6E35B167" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217550" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Visning NÄL</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1321,51 +1321,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A1E73A2" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="1CE39BCE" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217551" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Transport till obduktionsavdelningen</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1402,51 +1402,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D46E8E3" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="62DCEA27" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217552" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Sekretess</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1483,51 +1483,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="046140E8" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="500FBC79" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217553" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vad händer nu</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1564,51 +1564,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2203C219" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="06BE53CA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217554" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Rättsmedicinska fall</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
@@ -1645,51 +1645,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="053A0D4E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="4EA11A17" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215217555" w:history="1">
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Relaterade dokument</w:t>
             </w:r>
@@ -1742,813 +1742,782 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3F40">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F1D231C" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+        <w:p w14:paraId="1572B68E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
           <w:pPr>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567"/>
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EB3F40">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3BD89E5F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6CD22306" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc215217538"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Denna rutin gäller för</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="00407B02" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="54969B48" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Denna rutin gäller för Intensivvårdsavdelningen (IVA och IMA), NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BB9CB2" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="30D00DF9" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc215217539"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="6C772F81" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="38B4C3C1" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Gäller för läkare, sjuksköterskor och undersköterskor på IVA och IMA, NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33666418" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="09C682BB" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc215217540"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="7A1ACCD9" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="1F91FB94" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Att ta hand om den avlidne och deras närstående på ett värdigt och naturligt sätt.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="7131A2C1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3E6D26B8" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc100327192"/>
       <w:bookmarkStart w:id="18" w:name="_Toc181866761"/>
       <w:bookmarkStart w:id="19" w:name="_Toc215217541"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="183DC51F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7C734565" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc215217542"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Patient som har transporterats direkt till OP från AVC och som avlider på OP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="14BFE53F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6D3A2AC0" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Eftersom den avlidne aldrig varit på en vårdavdelning är det bestämt att vi på IVA gör i ordning den avlidne och tar hand om anhöriga vid de tillfällen det är aktuellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CA5118" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6B86F9B7" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Eftersom vi inte kan skriva in den avlidne som ett vårdtillfälle så registreras det på en lapp Övrigt patient. Omhändertagande av avliden, datum och hur lång tid den avlidne har varit på IVA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C95C9D5" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3426C5F6" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc215217543"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>IVA läkare eller den vårdande klinikens läkare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="696CA820" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4E85382C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Låt ID-band sitta kvar. Om den avlidne haft en blodsmitta ska ID-bandet märkas med ”blodsmitta”. Informera berörd personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087AB2DD" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="67C8C699" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Blanketten ”Bårhusremiss vid dödsfall” ska vara korrekt ifylld och medfölja patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662C7697" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="1C77DAE3" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>SIRS riktlinjer för uppföljning av avlidna på IVA. (Fylls i av läkare) Lämnas ifyllt till sekreterare. OBS! Fyll i tiden då patienten avlidit samt primär IVA-diagnos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52CE626F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3D15013E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dödsbevis eller dödsorsaksintyg ska EJ medfölja patienten. Dödsbeviset fyller våra narkosläkare i när dödsfallet konstaterats, detta skrivs digitalt via intygsmodulen i </w:t>
-[...13 lines deleted...]
-        <w:t>. Dödsorsaksintyget skickas i regel från patientens hemavdelning.</w:t>
+        <w:t>Dödsbevis eller dödsorsaksintyg ska EJ medfölja patienten. Dödsbeviset fyller våra narkosläkare i när dödsfallet konstaterats, detta skrivs digitalt via intygsmodulen i Melior. Dödsorsaksintyget skickas i regel från patientens hemavdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A32586" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="69DD8C00" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vid klinisk obduktion ska en obduktionsremiss medfölja den avlidne eller faxas direkt till obduktionsavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E3606B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7350CC17" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>FaxNr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>: 010-435 70 93</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F6C170" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7DB2845D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla blanketter finns i röd mapp vid navet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D67B3FD" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="448CE749" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>På dödsbeviset antecknas uppgifter om identitet, datum och klockslag för dödsfallet samt avdelning. Kontrollera identiteten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E70C3A1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6C91ACF7" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Eventuell smitta ska noteras på blanketten </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>information till obduktionsavdelning</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> som placeras ovanpå lakanet vid fotändan i ett kuvert. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570DE5B5" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="2BA56A94" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Glöm inte meddela hemavdelningen om dödsfallet. Fråga om patienten har tillhörigheter på avdelningen samt IVA. Se till att de närstående kvitterar ut dessa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B323203" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="03F68A82" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc215217544"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I CHA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="5FB56E16" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="242C4F6E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Avsluta alla apparatanslutningar, pågående läkemedel och infusioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4D2965" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="52EFFD43" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Flytta patienten till ”Tillfälligt utskriven”.</w:t>
+        <w:t>Anteckna tid för dödsfall och när patienten hämtas/lämnas på obduktionsavdelningen, i utskrivningsdetaljer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0139D4A6" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
-[...14 lines deleted...]
-    <w:p w14:paraId="229F8653" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5BD3C60F" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc215217545"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5CF0E376" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="66621BAB" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Skriv omvårdnadssammanfattning. Flytta över journalen till 00-plats på IVA så sköter sekreterare att det blir rätt utskrivningstid, utskrivande läkare, epikrisansvarig osv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20530BE2" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5CCC5060" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc215217546"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vid dödsfall där närstående saknas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="2CFBAF60" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="25346A3D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid dödsfall där anhöriga/närstående saknas, ska kurator kontaktas för att via hemkommunens socialtjänst anordna så att begravning utförs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E83BA49" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="66DC6732" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc215217547"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Vid dödsfall av ett barn på IVA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="2E8E5624" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="306FDC7B" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Se omvårdnad av döende och döda barn under flik 17 i Barnpärmen och rutin Oväntade plötsliga dödsfall barn och Dödsfall större barn, ungdomar.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258B71D4" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4E6A2310" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc215217548"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Omvårdnad av den avlidne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="719AA82E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="58D0087C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Slut ögonen så fort som möjligt på den avlidne</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">. Håll fingrarna en stund på ögonlocken om de inte vill stanna i slutet läge, i sällsynta fall så är det svårare och då kan bårhuset ordna detta vid ett senare tillfälle. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5532E891" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3FE25790" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Stäng munnen på den avlidne.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rulla ihop en handduk och lägg under hakan så att munnen är i stängt läge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D10E642" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6945F2F8" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Att ögonen och munnen inte har varit stängda vid avsked är det som närstående tyckt varit mest stötande. Därför är detta viktigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5E34D0" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3B87151F" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Avlägsna alla katetrar och infarter såsom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>pvk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
@@ -2561,1337 +2530,1337 @@
         </w:rPr>
         <w:t>cvk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">, artärnål, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>picco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> och urinkateter, var noga med att trycka för att stoppa blödning och sätt sedan på bra förband. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351CEA4D" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="484217DC" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Sätt tejp och linda med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>gaslinda</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> på insticksställe på hals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3155648A" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="2A9A2558" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Öppen buk – bra förband.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FED06F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="76977350" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vac-Pac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Klipp slangen. Låt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vac-Pac:en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> vara kvar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518F050B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="2B2FB5CE" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Dialyskateter – Tas bort</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C16536" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="605E6F7C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Stomipåse – Låt sitta kvar men byt till ny påse.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7454D03C" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="21E7C51C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Tvätta/raka, kamma hår och gör munvård, torka ur näsborrar. Fukta läpparna med vaselin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C5854E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="53818D93" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Glöm inte att sätta in den avlidnes tandprotes om detta inte redan är gjort.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5897F6BF" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="2C212868" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Byt till rena förband och lägg en hygienblöja under stjärten. Bädda sängen med två underlakan, kudde (ej </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>IVAs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> blå kudde) och överlakan (ingen filt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E1EF80" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0F17D5C2" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Kontrollera att smycken är borttagna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EADF3D7" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="20701AE4" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Klä den avlidne i de kläder som de närstående önskar, eller i ren nattskjorta. Vid händelse av obduktion bör den avlidne vara klädd i ren nattskjorta. Detta p.g.a. att obduktion behöver klippa upp kläderna. Anhöriga får kontakta begravningsbyrå vid ev. önskemål om privata kläder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22705FFD" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="07C46523" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vid brottsmisstanke kontakta ansvarig läkare innan omhändertagandet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1F4181" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="1468AE0F" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Anpassa omhändertagandet till den dödes eller de närståendes eventuella önskemål. Tänk på etnisk och religiös bakgrund. Vid behov erbjud stöd av kurator eller </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00EB3F40">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:bCs/>
           </w:rPr>
           <w:t>sjukhuskyrkan</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6620CE79" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0EEA2DB9" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc215217549"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Avsked på avdelningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="139DE548" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="48E8D57E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Patienten kan antingen göras i ordning i avskedsrummet eller på patientrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B71AF28" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="275320F6" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Avsked av den avlidne sker i avskedsrummet. Gå med de närstående in. Erbjud dem att vara ensamma med den avlidne en stund, men finns till hands utanför. Ge dem den tid de behöver. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Lämna gärna broschyren ”Hur gör jag nu?” efter avskedet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43596D9E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3B243D35" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc215217550"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Visning NÄL</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="58CF294D" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="784CEACC" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Om avsked inte är möjligt på avdelningen skall vi informera närstående att tid för avsked kan bokas via obduktionstekniker. Det är obduktionsteknikerna som på vardagar ombesörjer det praktiska omkring ett avsked. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E706630" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="39D89E6D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Bokning kan göras av anhöriga själva och det är okej att lämna ut nedanstående telefonnummer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590CF28A" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4642A16D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Obduktionstekniker måndag-torsdag kl. 07:30-11:30 och 12:30-15:30. Fredag kl. 07:30-11:30 och 12:30-14:45.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ring 010-435 28 55. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C16D53" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0537A6AC" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Avsked helger. Om närstående önskar ta avsked på en helg kan de boka tid för avsked hos närliggande begravningsbyrå som är de som ombesörjer det praktiska omkring ett avsked under helg. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778BF725" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4301C051" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>NU-sjukvården tillhandahåller lokaler för avsked. Kostnaden för begravningsbyrå kommer att belasta dödsboet eller de närstående.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F953928" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="353BC73B" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid rättsmedicinska fall är det inte säkert att visning kan ske innan obduktionen är gjord. Kontakta obduktionstekniker och fråga </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>innan</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> anhöriga lovas visning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABE90F8" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5156FA2D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc215217551"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Transport till obduktionsavdelningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="6BCC40F9" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="10C85EBA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Måndag-Söndag, inklusive helgdagar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E58A38" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="71E6B8E5" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 07.00- 15.00</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t>Bokning sker hos patienttransport på telefon 072-204 96 03</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F44044" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="3B50134A" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 15.00-07.00</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>okning sker hos vakten på telefon 010-435 66 69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325233D7" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0A00DF85" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc215217552"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Sekretess</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169B8F5B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5E8B986D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Sekretessen kvarstår även efter patienten har avlidit. Sekretesskyddet är i realiteten inte lika starkt som när patienten levde men gäller nu för att skydda den frid som bör tillkomma den avlidne. Sekretessen gäller även för att skydda den avlidnes närstående.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D75E23" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="2C6386C2" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc215217553"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Vad händer nu</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29435AE1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="01358F4E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Den avlidne</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> förs till bårhuset i väntan på att anhöriga vänt sig till en begravningsbyrå och valt kista. Någon från begravningsbyrån kontaktar därefter bårhuset och ser till att den avlidna förs till ett gravkapell i avvaktan på begravningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18022E60" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7EC75A1B" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>De anhöriga</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> tar kontakt med begravningsbyrån och bestämmer tid för samtal om hur de vill ha begravningen. Förmedla att de anhöriga inte behöver kontakta begravningsbyrå omedelbart. Det kan vara bra att vänta någon dag, eftersom de närstående kan behöva prata i lugn och ro om hur de vill ha begravningen och annat ordnat innan besöket på begravningsbyrån. Vi får inte rekommendera någon speciell </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>begravningsbyrå utan hänvisa anhöriga att själva välja begravningsbyrå.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B9DB0A" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="40D8B58C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Berätta för de anhöriga</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> att på begravningsbyrån finns personal som är vana och kunniga att hantera allt det praktiska kring ett dödsfall. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Dera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> uppgift är att visa vilka valmöjligheter som finns och att ordna allt det man vill ha hjälp med såsom:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4314D105" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="54B984EA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Dödsannonsen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A3841C" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6C2CE2AA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Plats och tidpunkt för begravning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0FF119" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="110095E9" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Begravningsceremonin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA13E80" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5E83D2C0" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesstund </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E77610" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0238F80E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Gravplats </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A91B2F" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5E90DE91" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Gravsten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A84859B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="76B74454" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Vad man får och kan göra själv </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2906799B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6FC551AF" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Ekonomi och kontakter med myndigheter </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7873F12B" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7FDB9A7C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Bouppteckning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F7F1DD" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="26C28740" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D066CD9" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0FCB7400" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Finns inga ekonomiska medel i dödsboet till begravningen utgår bidrag från kommunen till en skälig begravning. Begravningsbyrån upplyser om vem man skall vända sig till om det är aktuellt med obduktion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8A9834" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0B2DDE00" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc215217554"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Rättsmedicinska fall</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FDAE6E" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="79AA49BD" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Det är polisen som avgör om ett fall blir föremål för rättsmedicinsk utredning. Ta reda på om fallet är rättsmedicinskt INNAN omvårdnad påbörjas. Beslut om det skall ske en rättsmedicins obduktion kan fattas av åklagare, polis eller domstol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C195387" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="14DBCA27" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Dödsbevis skall överlämnas i original till polisen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A64A45" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4EE7029F" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Avvisitering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt uppmärkning av kroppen är polisens ansvar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707C1CF1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="0F5C8068" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Följande är polisiära dödsfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646F4EB2" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6AB6C5CF" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Misstanke om brott</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2AFA54" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="00CF809A" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla självmord, om misstanke om det</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D21F11" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="338544BA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla olyckor (arbetsplatsolycka, drunkning, trafik </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>m.m</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFE8BA4" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="1AAA5091" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Förgiftningar, även misstanke om det, ex missbruk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>m.m</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4F4002D2" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="12E1841D" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Oklar identitet – ID ej styrkt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B90FDF" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="7095F58E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Plötslig spädbarnsdöd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A2D933" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="43FA46CE" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Misstanke om försummelse eller fel inom hälso- och sjukvården</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D731E52" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="737B1297" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Principer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145EEA63" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="53852F2E" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Polisen gör bevisvärderingen – Kasta ingenting! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18528D17" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="376FC929" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Undvik kontamination – Använd alltid rena engångshandskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FB7CE1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5684EE61" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Den avlidne måste hanteras med beaktande av polisens utredning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F28F32" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="44B9D9D4" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten skall inte tvättas eller ”göras i ordning”. Låt eventuella kläder och andra objekt vara orörda och följa med. Även infarter såsom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>pvk</w:t>
       </w:r>
@@ -3907,305 +3876,293 @@
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> skall vara kvar. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Finns det misstanke om brott så låt kroppen vara intakt, tvätta ej den avlidne och låt de privata kläderna vara på om inte kläderna är våta eller sönderklippta. Är de våta eller sönderklippta, ta av dem och lägg dem i en papperspåse med ett underlägg i botten av papperspåsen. Använd </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>1 st</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>st</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> papperspåse för varje klädesplagg. Ta på den avlidne en ren patientskjorta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6C2144" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="28E664A5" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mobiltelefoner och dator ska inte stängas av. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02451F13" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="29AFE47C" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Inga värdesaker får lämnas till anhöriga. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C5C890" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="5BDD3B04" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alla smycken ska sitta kvar på den avlidne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EABF9AF" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="512DFDB7" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Instickställen efter knivstick osv ska vara ordentligt bandagerade.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16966FFD" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="6C6B3995" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Den avlidne bör helst inte ligga mer än fyra timmar på IVA utan kroppen behöver så fort som möjligt komma till kylrum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24530658" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="688CFCBE" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Inget avsked i form av närkontakt med den avlidne, tänk på eventuell spårsäkring.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202711BF" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="03C8E95B" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är inte säkert att visning på obduktionsavdelningen kan ske innan obduktionen är gjord. Kontakta obduktionstekniker och fråga </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>innan</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> anhöriga lovas visning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638A10F1" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="4DAD03DA" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc215217555"/>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Relaterade dokument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="42B8E3A3" w14:textId="77777777" w:rsidR="00EB3F40" w:rsidRPr="00EB3F40" w:rsidRDefault="00EB3F40" w:rsidP="00EB3F40">
+    <w:p w14:paraId="01799A17" w14:textId="77777777" w:rsidR="00D141CB" w:rsidRPr="00EB3F40" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00EB3F40">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Omhändertagande av avliden patient (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="777748E9" w14:textId="7C0F12D2" w:rsidR="00EB3F40" w:rsidRPr="00376E74" w:rsidRDefault="00EB3F40" w:rsidP="005E567C">
+    <w:p w14:paraId="777748E9" w14:textId="23500B7D" w:rsidR="00EB3F40" w:rsidRPr="00443AA7" w:rsidRDefault="00D141CB" w:rsidP="00D141CB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00EB3F40">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Rättsmedicinska fall - spår- och godssäkring (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB3F40">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>- Rutin SU</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EB3F40" w:rsidRPr="00376E74" w:rsidSect="00CC7B8C">
+    <w:sectPr w:rsidR="00EB3F40" w:rsidRPr="00443AA7" w:rsidSect="00CC7B8C">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15F1C939" w14:textId="77777777" w:rsidR="003C3F29" w:rsidRDefault="003C3F29">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -8565,51 +8522,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="310715908">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1752040450">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1709724011">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="198471954">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1305235170">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="62144001">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -8653,50 +8610,51 @@
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F764A"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00127067"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017509A"/>
     <w:rsid w:val="00180041"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3985"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="002175AF"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
@@ -8706,77 +8664,79 @@
     <w:rsid w:val="002A6E36"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E18AC"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="0035580B"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00376E74"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C3F29"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00443AA7"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00484993"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D2878"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
@@ -8981,50 +8941,51 @@
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB4976"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC7B8C"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D141CB"/>
     <w:rsid w:val="00D17F1D"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D56E65"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB1D55"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE1C14"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
@@ -11949,71 +11910,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1554</Words>
-  <Characters>10463</Characters>
+  <Words>1549</Words>
+  <Characters>10421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
+  <Lines>86</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11994</CharactersWithSpaces>
+  <CharactersWithSpaces>11947</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Avliden - omhändertagande på IVA och IMA</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>36</revision>
+  <revision>38</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>