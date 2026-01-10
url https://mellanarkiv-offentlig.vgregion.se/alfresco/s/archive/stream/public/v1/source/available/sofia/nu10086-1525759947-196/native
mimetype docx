--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -6,961 +6,1111 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6165594F" w14:textId="77777777" w:rsidR="00A96746" w:rsidRDefault="00A96746" w:rsidP="00F35B05">
-[...19 lines deleted...]
-    <w:p w14:paraId="3EEF9D26" w14:textId="77777777" w:rsidR="00A96746" w:rsidRPr="00A96746" w:rsidRDefault="00A96746" w:rsidP="00A96746">
+    <w:p w14:paraId="35A16BFF" w14:textId="77777777" w:rsidR="00950EF1" w:rsidRPr="00950EF1" w:rsidRDefault="00950EF1" w:rsidP="00950EF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:r w:rsidRPr="00950EF1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="096C8F7A" w14:textId="77777777" w:rsidR="00A96746" w:rsidRPr="00A96746" w:rsidRDefault="00A96746" w:rsidP="00A96746">
+    <w:p w14:paraId="0CB8E97C" w14:textId="77777777" w:rsidR="00950EF1" w:rsidRPr="00950EF1" w:rsidRDefault="00950EF1" w:rsidP="00950EF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00950EF1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24C8F88A" w14:textId="77777777" w:rsidR="00A96746" w:rsidRPr="00A96746" w:rsidRDefault="00A96746" w:rsidP="00A96746">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="24C8F88A" w14:textId="681C742F" w:rsidR="00A96746" w:rsidRDefault="00950EF1" w:rsidP="00950EF1">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96746">
+      <w:r w:rsidRPr="00950EF1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF388F8" w14:textId="32CF2495" w:rsidR="00A96746" w:rsidRPr="00A96746" w:rsidRDefault="00A96746" w:rsidP="00A96746">
+    <w:p w14:paraId="3624CC83" w14:textId="77777777" w:rsidR="00950EF1" w:rsidRDefault="00950EF1" w:rsidP="00950EF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-568"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96746">
-[...222 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...50 lines deleted...]
-    <w:p w14:paraId="2EA26067" w14:textId="78FFB090" w:rsidR="00876391" w:rsidRDefault="008212E1" w:rsidP="008212E1">
+    <w:p w14:paraId="097F1C93" w14:textId="77777777" w:rsidR="00950EF1" w:rsidRDefault="00950EF1" w:rsidP="00950EF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="707"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1D1D1BCF" w14:textId="77777777" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="00950EF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mindre förändringar. </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2570F464" w14:textId="77777777" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="00950EF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B1DFCEC" w14:textId="77777777" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="00950EF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B188EDD" w14:textId="795C75BE" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00795972">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konsultremisser för inneliggande patienter till Smärtbehandlingsenheten, NÄL och Uddevalla </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27047D3E" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00F766F7" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="674A9A6C" w14:textId="77777777" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22EDC5D4" w14:textId="77777777" w:rsidR="00795972" w:rsidRDefault="00795972" w:rsidP="00950EF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="082483D0" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Revidering i denna version</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6607B5C0" w14:textId="77777777" w:rsidR="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="705"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förändringar utifrån ändrat uppdrag från 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFA41F8" w14:textId="77777777" w:rsidR="00A347C2" w:rsidRDefault="00A347C2" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="705"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE17D74" w14:textId="50D46A2E" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="705"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1496C281" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Prioriteringsordning</w:t>
       </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="72458CD6" w14:textId="77777777" w:rsidR="00876391" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:spacing w:before="6"/>
+    <w:p w14:paraId="76B08FF9" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRDefault="004B5D3A" w:rsidP="004B5D3A">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-          <w:sz w:val="27"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7138DB5C" w14:textId="77777777" w:rsidR="00876391" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="6E903DBD" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-      </w:r>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="425"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-12"/>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>P</w:t>
       </w:r>
-      <w:r>
-        <w:t>smärta.</w:t>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>atienter med cancerrelaterad smärta.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D444EBC" w14:textId="77777777" w:rsidR="00876391" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2E9D6649" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="555"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="308D54F2" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="6769C447" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t>Patienter med akut smärtproblematik eller postoperativa</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="425"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:spacing w:val="-19"/>
+          <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>smärtor.</w:t>
+        <w:t>atienter med akut smärtproblematik eller postoperativa smärtor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390088CD" w14:textId="28F98AFD" w:rsidR="00876391" w:rsidRPr="004D63FB" w:rsidRDefault="00876391" w:rsidP="00ED32F1">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="5F9BB5C0" w14:textId="7029B25C" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:t>långsiktig plan för smärtbehandling.</w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>De patienter som har komplicerat smärtbild och behöver långsiktig plan för smärtbehandling. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648D05D9" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="73987E68" w14:textId="595DC30F" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Där ansvarig läkare behöver råd om lämpliga smärtläkemedel. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D74387">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C365F0E" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="555"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE97EEB" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1475"/>
+          <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t>Där ansvarig läkare behöver råd om lämpliga</w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Patienter med långvarig smärta.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:spacing w:val="-18"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>smärtläkemedel.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11264CD2" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...11 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="74B6C73F" w14:textId="5895B015" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t>Patienter med långvarig</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Smärtbehandlingsenheten bedömer och ger behandlingsrekommendationer för inneliggande patienter med långvarig smärtproblematik. Vid utskrivning får patienten </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007B64E4">
         <w:rPr>
-          <w:spacing w:val="-12"/>
+          <w:rStyle w:val="tabchar"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>r</w:t>
       </w:r>
-      <w:r>
-        <w:t>smärta.</w:t>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>emitteras till Primärvården som vanligt. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Smärtenheten gör ingen uppföljning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C54DE63" w14:textId="3A19FD29" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="2306BFD6" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1556"/>
+          <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Smärtbehandlingsenheten bedömer och ger </w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Om poliklinisk bedömning/behandling bedöms önskvärd ska remiss skickas till Smärtcentrum Östra SU Göteborg. Om man som specialistläkare är inte patientens PAL och kommer inte ansvara för patientens smärtlindring, ska remissen skickas från Primärvården. </w:t>
       </w:r>
-      <w:r w:rsidR="00ED32F1">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:spacing w:val="-13"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>Smärtbehandlingsenheten.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE468D6" w14:textId="3B5E9719" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="54FA49A3" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2505" w:right="195"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E7C457" w14:textId="06D2E5CB" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1556"/>
+          <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Om poliklinisk bedömning/behandling bedöms önskvärd är det </w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienter med beroende/missbruksproblematik handläggs i mån av resurser och alltid med Psykiatrin som huvudansvarig. Detta gäller bara under slutenvård. Smärtenheten ansvarar inte för uppföljning och behandling efter patientens utskrivning</w:t>
       </w:r>
-      <w:r w:rsidR="00ED32F1">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:spacing w:val="-14"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>patienter.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B96B0BB" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="7663F413" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F06F1B7" w14:textId="16B752B7" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="73977F20" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Patienter med beroende/missbruksproblematik handläggs i mån av resurser </w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Vårdansvaret kvarligger hos remitterande instans om inte annat är angivet i konsultremissvar</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6B67">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:spacing w:val="-9"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>huvudansvarig.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2873D605" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00876391">
-[...2 lines deleted...]
-        <w:spacing w:before="11"/>
+    <w:p w14:paraId="15F4E324" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="990" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>Vårdansvaret kvarligger hos remitterande instans om inte annat är angivet i konsultremissvar</w:t>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D9B394" w14:textId="77777777" w:rsidR="00876391" w:rsidRDefault="00876391" w:rsidP="00CB6B67">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="1152"/>
+    <w:p w14:paraId="6EBAA0EF" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C53D8F">
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ny </w:t>
+        <w:t>Ny konsultremiss önskas vid varje vårdtillfälle om behov av patientkontakt.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>konsult</w:t>
-[...5 lines deleted...]
-        <w:t>remiss önskas vid varje vårdtillfälle om behov av patientkontakt.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CAFBCB" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00CB6B67">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="1152"/>
+    <w:p w14:paraId="08BCEE42" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1710" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A347C2">
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Om man kommer överens att smärtenheten ska följa upp patienten efter avslutat slutenvård och remitterande kommer vara patientens PAL, en öppenvård remiss krävs.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702AA270" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00C53D8F" w:rsidRDefault="00876391" w:rsidP="00CB6B67">
-[...2 lines deleted...]
-        <w:ind w:left="993"/>
+    <w:p w14:paraId="530D1026" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00293985">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Om man kommer överens att smärtenheten ska följa upp patienten efter avslutat slutenvård och remitterande kommer vara patientens PAL, en öppenvårdremiss krävs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="414C4BCB" w14:textId="77777777" w:rsidR="00876391" w:rsidRPr="00A96746" w:rsidRDefault="00876391" w:rsidP="008212E1">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="707"/>
+    <w:p w14:paraId="37316828" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1710" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Gäller endast cancerrelaterat smärta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00876391" w:rsidRPr="00A96746" w:rsidSect="00A96746">
+    <w:p w14:paraId="7D75A503" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1710" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2548662B" w14:textId="77777777" w:rsidR="004B5D3A" w:rsidRPr="00A347C2" w:rsidRDefault="004B5D3A" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="990"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A347C2">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7A5362" w14:textId="77777777" w:rsidR="00795972" w:rsidRPr="00A347C2" w:rsidRDefault="00795972" w:rsidP="00A347C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:sectPr w:rsidR="00795972" w:rsidRPr="00A347C2" w:rsidSect="00A96746">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -989,74 +1139,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Bildobjekt 3">
+          <wp:docPr id="1027495556" name="Bildobjekt 1027495556">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1067,73 +1217,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1177,85 +1327,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1300,98 +1450,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Bildobjekt 2">
+          <wp:docPr id="535046152" name="Bildobjekt 535046152">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1421,664 +1571,52 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...610 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2148,424 +1686,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...372 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2635,418 +1800,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="492D7793"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="03BED446"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1712" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3872" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6032" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
-[...28 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51404572"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6D640F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3116,1054 +2212,1380 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="575E01E6"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58156861"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1D7EB88E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F6A3D7A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="522A88AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66DF4345"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C9EE3888"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CB70987"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4FC255EE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79D10AB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E154E454"/>
+    <w:tmpl w:val="747E6034"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="2858" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="3578" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="5018" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="5738" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="7178" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="7898" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AF44464"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E13C6F5C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
-[...28 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1712" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3872" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6032" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
-[...28 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...22 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1500268377">
-[...5 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1249971658">
+  <w:num w:numId="1" w16cid:durableId="1908805334">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1908805334">
+  <w:num w:numId="2" w16cid:durableId="649552783">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1476992450">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="214782195">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="630133973">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1663191224">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="6" w16cid:durableId="264386321">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="467942735">
+  <w:num w:numId="7" w16cid:durableId="1732581300">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1242254431">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="495848759">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1104495478">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="10" w16cid:durableId="1994992818">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="99499543">
+  <w:num w:numId="11" w16cid:durableId="159010547">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1334801345">
-[...34 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="108"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C6533"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="0012209D"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00223387"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="00293985"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="004018F8"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B5D3A"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="0055256D"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00706B5F"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00795972"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B64E4"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008212E1"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008379B0"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00876391"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="00950EF1"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A347C2"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A96746"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B41ED0"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE2348"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB6B67"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D74387"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E57706"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E728A8"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED32F1"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F93F2E"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4630,51 +4052,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -4916,51 +4337,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -5070,51 +4491,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -6358,51 +5779,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -6558,120 +5979,4981 @@
     <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00876391"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00876391"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="004B5D3A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="004B5D3A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="004B5D3A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="004B5D3A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="168451935">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="94137501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1636718215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="391848921">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488935291">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1867019130">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1960722679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="874974406">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="304627547">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="298152721">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1872767162">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1437676335">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="840238692">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1218399175">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2109612776">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1573268977">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2089687996">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="59788813">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1331638342">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1523590150">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="357312822">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="654265323">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="669597766">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1615941725">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="841970108">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1800612353">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="13388755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="106319728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1205674931">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="643043199">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="100492207">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1557080749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1298100072">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="168564790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="995501258">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1430543669">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1762066574">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1446120516">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="649480389">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2128815755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1873689892">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="732045777">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1490831904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1910535867">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1502817294">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2070692802">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="163711880">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="150172047">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="471798047">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="258610401">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="69861757">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="332419524">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1868907016">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1034578298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1028679036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1995523849">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1170408661">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2060088797">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1324623189">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="544172856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1845127819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2048292408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1621379401">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="66996078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1781415906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1473904820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1312321954">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="94592477">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="353386380">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2016179098">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="307637961">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1733192965">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1993024076">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="805044258">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="935596147">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="381095303">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="471559343">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="690301404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="141388378">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="809051328">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1086221710">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="443040241">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1028917329">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="80417686">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="268005751">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="192502883">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="124856180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="463352581">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1367677140">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="469908787">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1574310709">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1951549939">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="618994795">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1115096090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1762144065">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1562789838">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1341812121">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="921262716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1237978409">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2002344429">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="853543189">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="334310968">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="221646316">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="900601833">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1506358001">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="965165717">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="240528405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="789974702">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1114860060">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1322155891">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="242447721">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1769815193">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="691079511">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1425148587">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="34548800">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1942687243">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1249342272">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="248276106">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="945965405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="880630063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1594509814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1859154149">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1173254914">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="148446568">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="22248773">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1615093528">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1151364834">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1984431793">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1778676515">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="970327716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="178857887">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1905335039">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="950749233">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="288829615">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1764376197">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1554149680">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="912665415">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1480731575">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="925117840">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="48111571">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1762336828">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1109085384">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="381291940">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1803957348">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2138794126">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2042971944">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1800613079">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1036394639">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="434598400">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="222255510">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1174301127">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="904220055">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1048650874">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1598832214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1940940640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1928876558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="503013594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="134952295">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="901142431">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="326711415">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1409644711">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1587615275">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1963075382">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1257519869">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1205023908">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="349142983">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="374233085">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="71704356">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="431441845">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="158424310">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1753769196">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1731925742">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="645471127">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1930045064">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="867375685">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1285886118">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="721753534">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="263271463">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="357315713">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1497302487">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="23530460">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="321465887">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="3095626">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1220628191">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1652562351">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1600794549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1400907047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1791124901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="418406440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991134424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519854580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214584530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="42682603">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="773675328">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="560675958">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="605305631">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="828329495">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1355691991">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1458719816">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1649482590">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="511116103">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1432125432">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="226383987">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="46417333">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2111117625">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="582564026">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1363821951">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="49694147">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1872837050">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1826238682">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="796291767">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1733694539">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="345644117">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="258680790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2084789030">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1786845884">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="829515795">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1336420163">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1158763680">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1555846295">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1702439488">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1840196965">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="492456370">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1213929712">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1108279991">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="702437458">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1442870699">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1831747655">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1895313158">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="280382399">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1948191943">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="495150631">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="178591470">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="57214156">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="198397771">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="83234314">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="753164107">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="502471988">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1707824855">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="129638268">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1677925984">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="141309855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="255990341">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1572039122">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="874578982">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1008294701">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1583299788">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1759397953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1498031970">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1612782728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="572812583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="569466222">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1730808957">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1993171372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="703671706">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="239562216">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="328103380">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1974863998">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="64114180">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="315695391">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1931963038">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1412193193">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1201018780">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1508901765">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1143694138">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="506748403">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1953978653">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1653093744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="293483551">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="315375094">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1757357564">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1233193766">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="815953194">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1957979773">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1972129817">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1922568394">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="599488913">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1600334525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="550727512">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1007095889">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1811749644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1866481283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="315107705">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="285234114">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1302081003">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="906887565">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1212960947">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="204294950">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2117674332">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="489710391">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="807163320">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="351764346">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="851532578">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1587496074">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="284891812">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="62071498">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1066102877">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1351764467">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1387535709">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="311910705">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="696395603">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1105077153">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1259758044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1177885119">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="925306031">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="497309309">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="383019100">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1033532312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1841852523">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1437486357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1172111987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2001080439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="888951989">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1135101840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="282198022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1798983365">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="158498156">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1476557799">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1754399777">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1995067758">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2092389130">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1708485156">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="649482848">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1808274215">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1170753491">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1625229440">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2020426003">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="198393521">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="556085152">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1203597385">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1315183030">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1029720385">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1359968194">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1410349643">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1811556952">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="634986531">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="755132929">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1215116482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="307709002">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2036729390">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="494419897">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2090038816">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1774933614">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="533035496">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1413312955">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="896359873">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1333603620">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1976253236">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1499618222">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1596815622">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="723676794">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1117798888">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1884096012">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="224920655">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1995331981">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="432557580">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="914586764">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="100761487">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1240285201">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2110810931">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="473445741">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104347160">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="661003872">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1496799481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2048257">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1729260612">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="315762885">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="587616085">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="70003724">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2147357503">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="978731052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1510678501">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="691224749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="848058738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="55517404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="466707859">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1688285675">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1115519042">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="835266415">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2065637018">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1270745125">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="117114194">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="613170898">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1954481122">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="93021436">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1544633175">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="145249775">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2010675727">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1102996832">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="421338561">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="218591947">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2010017490">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="363293661">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="520779447">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2059666690">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
@@ -6971,74 +11253,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>172</Words>
-  <Characters>1229</Characters>
+  <Words>193</Words>
+  <Characters>1433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1399</CharactersWithSpaces>
+  <CharactersWithSpaces>1623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Konsultremisser för inneliggande patienter till Smärtbehandlingsenheten NÄL och Uddevalla</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>8</revision>
+  <revision>23</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>