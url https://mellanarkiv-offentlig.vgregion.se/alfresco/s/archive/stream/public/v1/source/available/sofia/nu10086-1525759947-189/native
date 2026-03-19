--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F435264" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00931DBD" w:rsidSect="00931DBD">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="14BC98FA" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00931DBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -58,624 +58,774 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
       <w:tr w:rsidR="00931DBD" w:rsidRPr="00931DBD" w14:paraId="5CDB5821" w14:textId="77777777" w:rsidTr="009D16B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22456FB6" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="004B7EDD">
+          <w:p w14:paraId="22456FB6" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="004B7EDD">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00931DBD">
+            <w:r w:rsidRPr="006B29D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
               <w:t>Vankomycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00931DBD">
+            <w:r w:rsidRPr="006B29D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
               <w:t xml:space="preserve">, kontinuerlig infusion  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65D0E0F9" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00931DBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19539B62" w14:textId="611EFE4B" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="19539B62" w14:textId="611EFE4B" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B7EDD">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B29D0">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004B7EDD">
-        <w:rPr>
+      <w:r w:rsidR="004B7EDD" w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Inga förändringar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377CB9CC" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="377CB9CC" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="565"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1575BD51" w14:textId="3C876D94" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="006B29D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Syftet med denna rutin är att beskriva administrering och dosering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vankomycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> givet som kontinuerlig infusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EC9AE0" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Vilka berörs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFE6408" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc501440351"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denna rutin gäller för Intensivvårdsavdelningen, NU-sjukvården. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="0D506CE3" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="006B29D0" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A528212" w14:textId="4FAEC5D0" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00435422">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00982D5F">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Ansvar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982D5F">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gäller för läkare och sjuksköterskor i NU-sjukvården som administrerar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vankomycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som kontinuerlig infusion. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="00931DBD">
-        <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Syftet med denna rutin är att beskriva administrering och dosering av </w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bakgrund  </w:t>
+      </w:r>
+      <w:r w:rsidR="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parenteralt givet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vankomycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> används för behandling av infektioner med grampositiva bakterier (framför allt stafylokocker, streptokocker och enterokocker) när bakterien är eller misstänks vara resistent mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>betalaktamantibiotika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller när behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>betalaktamantibiotika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ej kan ges av annan anledning (ex. allergi). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="SimSun" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fördelar med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kontinuerlig infusion </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för intermittenta doser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="SimSun" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är att man snabbt når målkoncentration (20 mg/L) och får en stabil </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="SimSun" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">serumkoncentrationsnivå. Risken för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="SimSun" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nefrotoxicitet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B29D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="SimSun" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (som ökar vid koncentrationer &gt;25 mg/L) är sannolikt också lägre med kontinuerlig infusion. Den totala dygnsdosen blir vanligen lägre än om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">Gäller för läkare och sjuksköterskor i NU-sjukvården som administrerar </w:t>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> givits som intermittenta doser. Kontinuerlig infusion av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...34 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Parenteralt givet </w:t>
+        <w:t xml:space="preserve"> är framför allt aktuellt inom intensivvården samt när det är svårt att nå målvärdet för serumkoncentrationen av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...32 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fördelar med </w:t>
-[...28 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> med intermittent dosering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FFAF80A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Beredning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0A86D3" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00A13022">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-[...5 lines deleted...]
-        <w:t>nefrotoxicitet</w:t>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (som ökar vid koncentrationer &gt;25 mg/L) är sannolikt också lägre med kontinuerlig infusion. Den totala dygnsdosen blir vanligen lägre än om </w:t>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1000 mg löses upp i 20 ml sterilt vatten och späds vidare med 180 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till 5 mg/ml (1000 mg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> med intermittent dosering.</w:t>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/200 ml). Hållbarheten för beredd infusionsvätska är 12h i rumstemperatur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFAF80A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...4 lines deleted...]
-        <w:t>Beredning</w:t>
+    <w:p w14:paraId="6FB844C0" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Initial dosering vuxna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0A86D3" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...58 lines deleted...]
-    <w:p w14:paraId="0B3265A6" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="0B3265A6" w14:textId="184213AF" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00A13022">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolusdos om </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30 mg/kg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> (max 2 g) ges på 3h, oberoende av njurfunktion. </w:t>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (max 2 g) ges på 3h, oberoende av </w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">njurfunktion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27725A5D" w14:textId="1AB107DD" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="27725A5D" w14:textId="121A5BD7" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00A13022">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om patienten redan behandlas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i intermittent </w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dosering ska bolusdos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ej ges</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Infusionen startas då </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> direkt efter senaste dos.</w:t>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direkt </w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>efter senaste dos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69015914" w14:textId="3937F395" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="69015914" w14:textId="3937F395" w:rsidR="00931DBD" w:rsidRPr="00A13022" w:rsidRDefault="00931DBD" w:rsidP="00A13022">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Därefter startas infusion som initialt anpassas efter vikt och </w:t>
       </w:r>
-      <w:r w:rsidR="00364A36">
-        <w:rPr>
+      <w:r w:rsidR="00364A36" w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kreatininclearance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00A13022">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt följande tabell:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C3566A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8967" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1139,946 +1289,1086 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00931DBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Individuell bedömning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B890081" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11E52F15" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="11E52F15" w14:textId="02C35093" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">För patienter som behandlas med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CRRT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>continuous</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>renal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>replacement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>therapy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) startas infusion med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15 mg/kg/dygn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204BE06B" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="0059590C" w:rsidRDefault="00931DBD" w:rsidP="0059590C">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="19ED2DA8" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00042374" w:rsidRDefault="00931DBD" w:rsidP="00035618">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Initial dosering barn (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gestationsålder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>partus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≥33 veckor)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19ED2DA8" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00035618">
-[...23 lines deleted...]
-    <w:p w14:paraId="3AFD5621" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="3AFD5621" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolusdos om </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>20 mg/kg</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ges på 1h. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DE107F" w14:textId="1484BB4E" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="0086414B">
+    <w:p w14:paraId="23DE107F" w14:textId="176E5944" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1701" w:right="565" w:hanging="567"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om patienten redan behandlas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vankomycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-[...18 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i intermittent dosering ska bolusdos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ej ges</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Infusionen startas då </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> direkt efter senaste dos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192BB02E" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="192BB02E" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565" w:firstLine="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Därefter startas infusion med följande doser beroende njurfunktion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C129899" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="0086414B">
+    <w:p w14:paraId="3C129899" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1701" w:right="565" w:hanging="567"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Barn med normal njurfunktion ges </w:t>
       </w:r>
-      <w:r w:rsidRPr="00185763">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">40 mg/kg/dygn </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(oberoende av ålder).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3074EECA" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="0086414B">
+    <w:p w14:paraId="3074EECA" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1701" w:right="565" w:hanging="567"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>För barn med nedsatt njurfunktion bör dosen reduceras utifrån njurfunktionsnedsättningen. Exakta rekommendationer kan ej ges men viss ledning kan fås från rekommendationerna för vuxna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F9809F" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00D7171D" w:rsidRDefault="00931DBD" w:rsidP="0086414B">
+    <w:p w14:paraId="10F9809F" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1701" w:right="565" w:hanging="567"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Barn som behandlas med </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7171D">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CRRT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ges </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7171D">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">20 mg/kg/dygn. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC800F1" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="0086414B">
+    <w:p w14:paraId="4EC800F1" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00435422" w:rsidRDefault="00931DBD" w:rsidP="00435422">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1701" w:right="565" w:hanging="567"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Barn som behandlas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D7171D">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peritonealdialys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ges </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7171D">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10 mg/kg/dygn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00435422">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D90BB1" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46A285F4" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
+    <w:p w14:paraId="46A285F4" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00042374" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042374">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Koncentrationsbestämning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F9B6C2" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
+    <w:p w14:paraId="63F9B6C2" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="565" w:hanging="283"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Koncentrationsprov tas varje morgon och infusionshastigheten kan sedan justeras vid förmiddagsronden. Efter hand kan koncentrationsproverna tas mera sällan. Önskad </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>målkoncentration är 20 (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15-25</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) mg/L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C38056" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
+    <w:p w14:paraId="58C38056" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Kunskapsöversikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1F4060" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5F1F4060" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">RAF:s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rationaldokument</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vankomycindosering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4CF59A9C" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00000000" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="4CF59A9C" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00931DBD" w:rsidRPr="00931DBD">
+        <w:r w:rsidRPr="00685993">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.sls.se/Global/RAF/Dokument/Kunskap/raf-rationaldokument-vankomycin-2010.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0539368E" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
+    <w:p w14:paraId="0539368E" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEE9DEE" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rybak, M. et al. (2009). Therapeutic monitoring of vancomycin in adult patients: a consensus review of the American Society of Health-System Pharmacists, the Infectious Diseases Society of America, and the Society of Infectious Diseases Pharmacists. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>American journal of health-system pharmacy: AJHP: official journal of the American Society of Health-System Pharmacists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(1), 82–98.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232DA415" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28FC6D68" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roberts, J. et al. (2011). Vancomycin dosing in critically ill patients: robust methods for improved continuous-infusion regimens. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Antimicrobial Agents and Chemotherapy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6), 2704–2709. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FDF5F6" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EEE9DEE" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="07D1CDA4" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rybak, M. et al. (2009). Therapeutic monitoring of vancomycin in adult patients: a consensus review of the American Society of Health-System Pharmacists, the Infectious Diseases Society of America, and the Society of Infectious Diseases Pharmacists. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Beumier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. et al. (2013). A new regimen for continuous infusion of vancomycin during continuous renal replacement therapy. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>American journal of health-system pharmacy: AJHP: official journal of the American Society of Health-System Pharmacists</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>The Journal of antimicrobial chemotherapy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>66</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>68</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(1), 82–98.</w:t>
+        <w:t xml:space="preserve">(12), 2859–2865. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232DA415" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="16CAB604" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28FC6D68" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="79B57C16" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Roberts, J. et al. (2011). Vancomycin dosing in critically ill patients: robust methods for improved continuous-infusion regimens. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">McKamy, S. et al. (2012). Evaluation of a pediatric continuous-infusion vancomycin therapy guideline. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Antimicrobial Agents and Chemotherapy</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">American journal of health-system pharmacy: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>55</w:t>
-[...45 lines deleted...]
-        <w:rPr>
+        <w:t>AJHP :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The Journal of antimicrobial chemotherapy</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> official journal of the American Society of Health-System Pharmacists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>68</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(12), 2859–2865. </w:t>
+        <w:t>(23), 2066–2071.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CAB604" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="42664084" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B57C16" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="67C5F0C7" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
-        <w:rPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">McKamy, S. et al. (2012). Evaluation of a pediatric continuous-infusion vancomycin therapy guideline. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Patel AD et al. (2013). Continuous infusion of vancomycin in neonates. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
-          <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">American journal of health-system pharmacy: </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Arch Dis Child</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Jun;98(6):478–9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB2E08E" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2760E51F" w14:textId="317E2A88" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="00685993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Álvarez, R et al (2016). Optimizing the Clinical Use of Vancomycin. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
-          <w:iCs/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Antimicrobial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
-          <w:iCs/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agents and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
-          <w:iCs/>
-[...10 lines deleted...]
-        <w:t>(23), 2066–2071.</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chemotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. May;60(5):2601–9.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42664084" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
-[...99 lines deleted...]
-    <w:p w14:paraId="4B42943A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
+    <w:p w14:paraId="4B42943A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00685993" w:rsidRDefault="00931DBD" w:rsidP="005C5EB8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00931DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685993">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Granskare/Arbetsgrupp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="543D573A" w14:textId="77777777" w:rsidR="00931DBD" w:rsidRPr="00931DBD" w:rsidRDefault="00931DBD" w:rsidP="00C35213">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="565"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Daniel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bremell</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2145,223 +2435,237 @@
         <w:t>Studahl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00931DBD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, överläkare, Infektion, Östra sjukhuset</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00931DBD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6CBAF0E3" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62B33087" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="785FC2DD" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andalus">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2390,51 +2694,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="30" name="Bildobjekt 30">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2468,73 +2772,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="123858F9" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76D7DEF1" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="179E4A42" w14:textId="77777777" w:rsidR="00963832" w:rsidRDefault="00963832">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2612,51 +2916,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2822,51 +3126,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5490,149 +5794,152 @@
   <w:num w:numId="18" w16cid:durableId="1552305353">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2004577221">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1122072953">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1705713929">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2107997646">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="381368506">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1897813061">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="86"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00035618"/>
+    <w:rsid w:val="00042374"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00091221"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00185763"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="0019394F"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C6326"/>
     <w:rsid w:val="001F5F5B"/>
     <w:rsid w:val="00206DFA"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00254B9E"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C4894"/>
     <w:rsid w:val="002C60AD"/>
@@ -5664,50 +5971,51 @@
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00380ED2"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A13FC"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C4624"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="0041584E"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00435422"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B7EDD"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E7F24"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
@@ -5733,199 +6041,205 @@
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C5EB8"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065543F"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00663011"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685993"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B29D0"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00732648"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00736DD3"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008116AC"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00827EFD"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="0084426C"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008519C7"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="0086414B"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00883665"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914647"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00931DBD"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00963832"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00982D5F"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A13022"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8776D"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD0A1C"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52434"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B71C15"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA68A0"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C16943"/>
     <w:rsid w:val="00C35213"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C54752"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
@@ -6017,51 +6331,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8431,51 +8745,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8840,74 +9154,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4092</Characters>
+  <Pages>4</Pages>
+  <Words>614</Words>
+  <Characters>4233</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vankomycin, kontinuerlig infusion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4855</CharactersWithSpaces>
+  <CharactersWithSpaces>4838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vankomycin, kontinuerlig infusion</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>49</revision>
+  <revision>58</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>