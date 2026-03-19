--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -14,253 +14,263 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6C974049" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="184CFFAE" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
-          <w:szCs w:val="32"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc215208319"/>
       <w:bookmarkStart w:id="1" w:name="_Toc215208922"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
-          <w:szCs w:val="32"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Mobilisering på IVA och IMA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
-          <w:szCs w:val="32"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="018A11C8" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="5CF96710" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866756"/>
       <w:bookmarkStart w:id="5" w:name="_Toc215208320"/>
       <w:bookmarkStart w:id="6" w:name="_Toc215208923"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="28D8D071" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
-[...33 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="66F3BB22" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stycket under avsnittet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>Bedsidebedömning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t> &amp; Mobiliseringsmål är reviderat då remiss för fysioterapeut inte längre behöver skickas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5EFDE4" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ny referens tillagd (se ref nr 7) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3ED4F0" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc215208924"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866758"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215208321"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc215208924"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc72840807"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00A6426E">
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:id w:val="354629600"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="1E36EDE5" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="077BF579" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="142"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A6426E">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A6426E">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A6426E">
             <w:rPr>
               <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3C5128DF" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="3984E738" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208925" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Denna rutin gäller för</w:t>
             </w:r>
@@ -313,51 +323,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1099B776" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="3AA71507" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208926" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ansvar</w:t>
             </w:r>
@@ -410,51 +420,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="741FEDC0" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="36DE8489" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208927" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
@@ -507,51 +517,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07F0CE52" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="118F5131" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208928" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bakgrund</w:t>
             </w:r>
@@ -604,51 +614,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C27E519" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="422A7AF9" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208929" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Mål</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -685,51 +695,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="618CCA98" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="72BC88CE" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208930" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Positiva effekter med mobilisering</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -766,51 +776,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7145133D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="45D94BAF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208931" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Utförande</w:t>
             </w:r>
@@ -863,51 +873,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02000C31" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="3C39545D" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208932" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Mobilisering – arbetsgång på IVA/IMA</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -944,51 +954,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56E05F2F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="7E663AD0" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208933" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bedsidebedömning &amp; Mobiliseringsmål</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -1025,51 +1035,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="78B06E6E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="32EB4542" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208934" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Kontraindikationer för mobilisering</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -1106,51 +1116,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2389796F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="06CCCD05" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208935" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Sederingsnivå/Smärtlindringsbehov</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -1187,51 +1197,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C045A62" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="79E1FCB3" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208936" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Utförande av mobilisering</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -1268,51 +1278,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E0C513E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="6DA84E98" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208937" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Utvärdera och dokumentera</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
@@ -1349,51 +1359,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3995AA3D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="6CDC08E3" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215208938" w:history="1">
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Källförteckning</w:t>
             </w:r>
@@ -1446,239 +1456,239 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00A6426E">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3DB0C399" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:p w14:paraId="504DED6A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A6426E">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="414C8B77" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="5899EC93" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc215208925"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc215208925"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Denna rutin gäller för</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="308F27A0" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="2415A0EA" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Denna rutin gäller för Intensivvårdsavdelningen (IVA och IMA), NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF00554" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6CCAFEDB" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc215208926"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc215208926"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Ansvar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="59097069" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="42A00D32" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Gäller för läkare, sjuksköterskor och undersköterskor på IVA och IMA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2A4096" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="112717E6" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc215208927"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc215208927"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="21FCAF88" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="23CC9924" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Syftet med denna rutin är att främja tidig mobilisering av patient på IVA/IMA. Rutinen innehåller riktlinjer och verktyg som ska underlätta planeringen och främja påbörjandet av mobilisering av patient så tidigt som möjligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E6C39A" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7B1BB199" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc215208928"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc215208928"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="30EAEAED" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="70792B46" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Tidig mobilisering på IVA (intensivvårdsavdelningen) syftar till att optimera patientens fysiologiska möjligheter för tillfrisknande. Dock riskerar patienten på IVA att drabbas av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>immobilisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
@@ -1740,1789 +1750,1804 @@
         </w:rPr>
         <w:t>atelektaser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ventromboser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> och även minimera risken för pneumoni (1, 2 &amp; 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4342DD" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="737DFD76" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc215208929"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc215208929"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Mål</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1268FE0A" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="43717A66" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Att påbörja mobilisering av patient inom 48h efter ankomst till IVA. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E692BB" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="73716F7F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc215208930"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc215208930"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Positiva effekter med mobilisering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="08980C9E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="61CF502C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Respiration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C28C677" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="69439DB2" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Förebygger </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>atelektaser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53529E7E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="62059D37" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Mobiliserar slem </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23972AC1" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="0C6D21DF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Förebygger pneumonier </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795005ED" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="51B92826" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Optimerar den funktionella </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>residualkapaciteten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0050CF" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="4746263A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Stimulerar egenandning och aktiverar andningsmuskulatur. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D28C47B" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6935528A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cirkulation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60066DC3" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="3DAC5F4F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Minskar risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ventrombos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> och lungemboli </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71ADABD3" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="18D1381D" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Minskar risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ortostatisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>hypotension</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> (ger därigenom en lägre vilopuls och ökade slagvolymer) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA5C3A0" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="2D625EEB" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Minskar risken för hämmad mikrovaskulär funktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284EA246" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="31E0218F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Minskar risken för insulinresistens. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB42667" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7E7429A9" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Elimination </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7932287D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="496F39DF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Främjar tarmens peristaltik </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144832FB" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="4B0BF50E" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Främjar urinproduktionen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D88C7E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="24C4FA25" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Muskel- och ledfunktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E929849" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="33BD3209" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Förebygger muskelatrofi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E9128B" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="7C355FE1" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Förebygger </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>ledkontrakturer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> och smärtproblematik. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0079393D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="26AC280F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kognition  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45958B5D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="3589A1E3" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Minskar oro, ångest och risk för delirium </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15103D17" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="7C146484" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Medvetandegör kroppsgränser och kroppspositioner </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B04532E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="3561211A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Normaliserar dygnsrytmen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF7CB8C" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6A3FB3BE" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc100327192"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc215208931"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc215208931"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4048B0C5" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    </w:p>
+    <w:p w14:paraId="28DF5CF0" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc215208932"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc215208932"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Mobilisering – arbetsgång på IVA/IMA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB25985" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="1BFD1FA8" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Mobiliseringen på IVA/IMA sker i fem steg enligt nedan </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382128FF" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="58B439E9" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Bedsidebedömning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> och mobiliseringsmål  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2E84C4" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="151E7D3C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Kontraindikationer för mobilisering </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A85401" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="4DB71540" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Bedöm </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>sederingsnivå</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>/behov av smärtlindring  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAB8D7E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="03B729C5" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Utförande av mobilisering  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5660009A" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="24CA252A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Utvärdera och dokumentera  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C03E804" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7A007161" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A6426E">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Toc215208933"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc215208933"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bedsidebedömning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> &amp; Mobiliseringsmål</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
-          <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE8B3A5" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7E0A8E1F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Målet är att påbörja mobilisering av patient inom 48h efter ankomst till IVA/IMA med hjälp av IMS (7), se nedan.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FB2D13" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Läkaren, sjuksköterskan, undersköterskan och fysioterapeuten fastställer mobiliseringsmål för patienten. Detta göras dagligen och kan delas in i 5 mobiliseringsnivåer. (Nivå 0 är inkluderat i den basala omvårdnaden och ingår inte i mobiliseringen, nivå 0 kan tillämpas till alla patienter). Mobilisering utförs under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>10-30</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minuter 3-4 ggr/dag. Sjuksköterskan och undersköterskan ansvarar för att utföra mobiliseringen. Vilken mobiliseringsnivå som är aktuell ordineras av läkarnas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>rondfönster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFD2ECF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="7EBCC8E9" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF98D3E" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nivå 0: Basal omvårdnad  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B748762" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="76AC7FC0" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Höjd huvudända, minst 30 grader. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307A9471" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="52ADEF3F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Regelbundna lägesändringar  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699D84B8" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="75C01F85" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Andningsträning med PEP  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF98698" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="66863723" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nivå 1: Basal mobilisering  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AD69CF" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="45FE2370" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla steg under Nivå 0. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C0F5F3" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="41A264D7" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Passivt rörelseuttag  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A85D9E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="0E036E31" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Aktivt rörelseuttag  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1C5748" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="34A6F85C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nivå 2: Passiv mobilisering </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794D39AC" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="0492C1DC" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla steg under Nivå 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AA777E" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="0D23BFA2" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Kombistol (Sara-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>combiliser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>/JATAB-stol) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B6E7EE" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="2F7B71DC" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Sängcykling  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EC500F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="2DCBCDC1" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nivå 3: Aktiv mobilisering  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC80494" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="7EA12DDD" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla steg under Nivå 1 och 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6364586B" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="086985CD" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Sitta på sängkant </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>- kontakta fysioterapeut innan första försök till sängkant för patient som vårdats längre än 4 dygn på IVA/IMA</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA0F9B2" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="533ECF88" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Stå upprätt i kombistol </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0997E45B" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="2BAC67E1" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Stå upp vid sängkant med gåbord. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23201D80" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="1019E38E" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Egen ADL  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221871F2" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="4C3B76A2" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nivå 4: Mobilisering utanför patientsal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED81E78" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="2042F999" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Alla steg under Nivå 1, 2 och 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641594FE" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="446E26C4" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Promenad i kombistol/rullstol </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B01C558" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="50D21248" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Stå/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>gåträning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> med levande stöd eller gåbord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFC781D" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="26142F45" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Promenad med levande stöd/gåbord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5998E4BF" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6F663F1C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc215208934"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc215208934"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kontraindikationer för mobilisering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598C6919" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="408FF53B" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Föreligger ingen kontraindikation kan ansvarig sjuksköterska tillsammans med undersköterska påbörja mobilisering utan att rådfråga läkare. Det finns få absoluta men flera relativa kontraindikationer, vid tveksamhet fråga läkare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA8CBA1" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6DBFAD2D" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Exempel på kontraindikation: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3898E0BE" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="6D6381E5" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Hemodynamisk instabilitet/kraftigt ökat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>inotropt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> stöd  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF2993C" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="1D7B136C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Progredierande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> respiratorisk svikt och/eller högt syrgasbehov/höga PEEP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04ED8631" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="15A4D900" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Påverkad av neuromuskulära blockerande läkemedel  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2741AECA" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="70258267" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hjärnblödning eller neurologiska sjukdomar (undvika högt ICP) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDB3C93" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="6A08AC77" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Immobiliserad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> patient/ordinerat sängläge  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAF87EC" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="69CD4598" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Patienter där beslut är taget om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>palliation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFE759A" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="02F3B56F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Öppen buk eller annan kirurgi med risk för sårruptur  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t>(gäller ej VAC-PAC behandlade patienter) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F25B00" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="5A84154D" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Pågående, aktiv blödning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="569A08D5" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="18320ABC" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vid ytterligare ställningstagande om nivå för mobilisering kan Hodgson modell användas som stöd till denna rutin (4), se bilaga 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E51BAB4" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="52D29E05" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Toc215208935"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc215208935"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Sederingsnivå</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>/Smärtlindringsbehov</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507477BC" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="750509D8" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Inför mobiliseringen, utvärdera patientens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>sederingsnivå</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
@@ -3563,471 +3588,465 @@
         </w:rPr>
         <w:t>reevaluera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> mobiliseringsnivån eller se över </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>sedering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> och/eller smärtlindring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F225A50" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="5D57901D" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Inför mobiliseringen, utvärdera om patienten behöv av smärtlindring. För att bedöma nivå av smärtan hos patienten används </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>bl.a.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> instrumentet VAS-skalan. Adekvat smärtlindring skall vara ordinerat av ansvarig läkare. Vilken typ av smärtlindring skall diskuteras och ordineras under rond eller efter behov (minst 1ggr/dag). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EF81F0" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="03409110" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_Toc215208936"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc215208936"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Utförande av mobilisering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1658839F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="5F09D533" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nivå 0:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> Basal mobilisering  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBE1D69" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="1744DCD3" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Den basala mobilisering under Nivå 0 skall utföras varje pass. Höjd huvudända är ett måste för att förebygga VAP (Ventilator Associerad Pneumoni), minst 30 graders höjning rekommenderas (1). Regelbundna lägesändringar för stillaliggande patienter görs med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>2-</w:t>
-[...6 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>2-3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> h intervall. Här rekommenderas variation mellan rygg- och sidliggande för optimal lungrekrytering (5) samt avlastning för att motverka trycksår. (Nivå 0 är inkluderat i den basala omvårdnaden och ingår inte i mobiliseringen, nivå 0 kan tillämpas till alla patienter). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047B3D42" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="47D84638" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E9C6FA" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="4F0ABBB1" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nivå 1: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Basal mobilisering </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5183088F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="69CF5DF9" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Mobilisering på Nivå 1 innebär </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>praktisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> av passiva samt aktiva rörelseuttag av patienten. Passiva rörelseuttag alternativt uppmuntran till aktiva rörelseuttag är den lägsta nivå patienter erhåller på IVA. Om patienten bedöms som RASS -3 eller -4 kan mobiliseringsnivå 1 ändå genomföras med god effekt. Forskningen har visat att passiva rörelseuttag minskar risken för hämmad mikrovaskulär funktion (6). Evaluera mobiliseringen kontinuerligt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEC4871" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="53551025" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A3DF82" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="01592A7F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nivå 2:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> Passiv mobilisering </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC24A81" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="54BFEF73" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Den passiva fasen som innebär mobiliseringen utan patientens aktiva medverkan startar alltid med att informera patienten. Patientens vitalparametrar observeras för att ha en baslinje att utgå från och upptäcka eventuella förändringar under mobiliseringen som kan vara till skada för patienten. Efter denna information och observation mobiliseras patienten till SARA-/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Jatabstol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> alternativt sängcykling. (OBS! Vid passiv träning med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>sängcykel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> behöver patienten hjälp med stabilisering av extremiteter). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB10D41" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6251FA26" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05566104" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7DF67445" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nivå 3:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> Aktiv mobilisering  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD4873B" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="72D76D8E" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nivå 3 av mobilisering kan startas då patienten genomgått nivå 1 och 2 samt påvisar egen muskelfunktion. Vid frågor eller osäkerhet kring uppstart av nivå 3 kontakta fysioterapeut (FT). Första steget på nivå 3 är att sitta på sängkant. Vid sittande på sängkant bedöms orientering och vitalparametrar. Utöver detta kan fysioterapeut bedöma </w:t>
+        <w:t xml:space="preserve">Nivå 3 av mobilisering kan startas då patienten genomgått nivå 1 och 2 samt påvisar egen muskelfunktion. Vid frågor eller osäkerhet kring uppstart av nivå 3 kontakta fysioterapeut (FT). Första steget på nivå 3 är att sitta på sängkant. Vid sittande på sängkant bedöms orientering och vitalparametrar. Utöver detta kan fysioterapeut bedöma exempelvis bålstabilitet och andra svagheter för att komplettera med övningar som kan påskynda patientens fortsatta rehabilitering. Om det fungerar väl att sitta på sängkant kan man prova att stå med gåbord bredvid sängen. Även här kan FT involveras vid behov av </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>exempelvis bålstabilitet och andra svagheter för att komplettera med övningar som kan påskynda patientens fortsatta rehabilitering. Om det fungerar väl att sitta på sängkant kan man prova att stå med gåbord bredvid sängen. Även här kan FT involveras vid behov av stimulering av </w:t>
+        <w:t>stimulering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>proprioception</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>postural</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> kontroll som stående med stöttning, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> tippbräda, gåbord etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D54C5CA" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="4D92CF68" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7834AAAD" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="142B9523" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nivå 4: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Mobilisering utanför patientsal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178495F4" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="670516B6" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>För patienter som vårdas under en längre tid på intensivvårdsavdelning (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>2-3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
@@ -4040,198 +4059,183 @@
         </w:rPr>
         <w:t>övervak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> ska mobilisering av nivå 4 initieras. Detta inkluderar promenad i kombistol/rullstol utanför patientsal och vid ett senare skede kan även en mer aktiv mobiliseringen appliceras i from av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>gåträning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> med gåbord alternativt levande stöd.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547962B8" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="49452A65" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="_Toc215208937"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc215208937"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Utvärdera och dokumentera</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCD05B5" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="7D783C34" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Målet med mobiliseringen på IVA/IMA NÄL är att starta den inom 48h efter ankomst till IVA/IMA. Därför ska bedömning genomföras samt plan upprättas inom denna tidsram. Under ronden diskuteras och ordineras vilken mobiliseringsnivå som är aktuell för patienten. Ordination dokumenteras sedan i Rond-fliken. Den ordinerade mobilisering dokumenteras under omvårdnadsfliken i CHA samt under Aktivitet i </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="0760DAEE" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+        <w:t>Målet med mobiliseringen på IVA/IMA NÄL är att starta den inom 48h efter ankomst till IVA/IMA. Därför ska bedömning genomföras samt plan upprättas inom denna tidsram. Under ronden diskuteras och ordineras vilken mobiliseringsnivå som är aktuell för patienten. Ordination dokumenteras sedan i Rond-fliken. Den ordinerade mobilisering dokumenteras under omvårdnadsfliken i CHA samt under Aktivitet i Melior. Detta kan göras i samråd med fysioterapeut för smidig och följsam övergång mellan avdelningar och mellan olika vårdnivåer. Om mobilisering ej utförts ska detta också dokumenteras och varför.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AA9D17" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc100327195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc215208938"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc215208938"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Källförteckning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="29BB9EB3" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    </w:p>
+    <w:p w14:paraId="14593B1F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Vårdhandboken (2021). Orörlighet, komplikationer. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A6426E">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Orörlighet, komplikationer - Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> [2022-04-14] </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC40262" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="3E3DDDD7" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Up</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> To Date (2022). Post-intensive care syndrome (PICS). </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:anchor="H5502584" w:tgtFrame="_blank" w:history="1">
@@ -4246,65 +4250,66 @@
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00A6426E">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>UpToDate</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> [2022-04-14] </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039C3CC7" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="6674692E" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Engel, HJ, DM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Needham</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>, PE Morris, &amp; MA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Gropper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
@@ -4369,51 +4374,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>care</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> medicine, 41, 2013, 69–80 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD4433C" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="1AF3EF04" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Hodgson, CL, K Stiller, DM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Needham</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
@@ -4471,73 +4476,73 @@
         </w:rPr>
         <w:t>Critical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>care</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39241D54" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="1B25361C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>(London, England), 18, 2014, 658–658 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3985F2C3" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="7D9998D9" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Roldán, R., Rodriguez, S., Barriga, F., Tucci, M., Victor, M., Alcala, G., Villamonte, R., Suárez-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sipmann</w:t>
       </w:r>
@@ -4568,419 +4573,582 @@
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A6426E">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1186/s13613-022-00988-9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BEF51C" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="000544AE">
+    <w:p w14:paraId="0889C462" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A6426E">
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vollenweider, R., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Manettas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, A. I., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Häni</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A6426E">
+      <w:r w:rsidRPr="3AB56232">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, N., de Bruin, E. D., &amp; Knols, R. H. (2022). Passive motion of the lower extremities in sedated and ventilated patients in the ICU - a systematic review of early effects and replicability of Interventions. </w:t>
+        <w:t>, N., de Bruin, E. D., &amp; Knols, R. H. (2022). Passive motion of the lower extremities in sedated and ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ntilated patients in the ICU - a systematic review of early effects and replicability of Interventions. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A6426E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PloS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A6426E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> one, 17(5), e0267255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00A6426E">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="3AB56232">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1371/journal.pone.0267255</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A6426E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52CE1DF2" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="283F8758" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28380719" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tipping, C. J., Bailey, M. J., Bellomo, R., Berney, S., Buhr, H., Denehy, L., Harrold, M., Holland, A., Higgins, A. M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Iwashyna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, T. J., Needham, D., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Presneill</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J., Saxena, M., Skinner, E. H., Webb, S., Young, P., Zanni, J., &amp; Hodgson, C. L. (2016). The ICU Mobility Scale Has Construct and Predictive Validity and Is Responsive. A Multicenter Observational Study. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ann Am </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Thorac</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Soc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6), 887-893. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="3AB56232">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1513/AnnalsATS.201510-717OC</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AB56232">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0875128B" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="008A6061">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E55046A" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485FA089" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="6E970689" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidSect="00A6426E">
-[...5 lines deleted...]
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidSect="008A6061">
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="even" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId20"/>
+          <w:footerReference w:type="first" r:id="rId21"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179E7686" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="32E2A02B" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CFD45A3" wp14:editId="67A2CF5B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D6D3DAD" wp14:editId="12E41AA0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-442595</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>695960</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9277350" cy="5989440"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1571386807" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21">
+                    <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9277350" cy="5989440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3535A27C" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="3B2768C3" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B31D445" wp14:editId="41A959C5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53DE1A81" wp14:editId="0AABB16A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-382905</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9077325" cy="6432847"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="674518605" name="Bildobjekt 2" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9077325" cy="6432847"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A7448A" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00A6426E">
+    <w:p w14:paraId="71EAE431" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00A6426E" w:rsidRDefault="008A6061" w:rsidP="008A6061">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-143"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6426E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18E5BA67" wp14:editId="402CC11B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77C1EE38" wp14:editId="65DCDBD1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>103505</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="9230360" cy="6096000"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="767143392" name="Bildobjekt 3" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="En bild som visar text, skärmbild, nummer, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9230360" cy="6096000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6647A3A9" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00BE6799" w:rsidRDefault="00A6426E" w:rsidP="00BE6799"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId28"/>
+    <w:p w14:paraId="5B412675" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00BE6799" w:rsidRDefault="008A6061" w:rsidP="008A6061"/>
+    <w:p w14:paraId="6647A3A9" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00877DD5" w:rsidRDefault="00A6426E" w:rsidP="00877DD5"/>
+    <w:sectPr w:rsidR="00A6426E" w:rsidRPr="00877DD5" w:rsidSect="00196BBC">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="even" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6A32242D" w14:textId="77777777" w:rsidR="00B85DF8" w:rsidRDefault="00B85DF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1DFC1BDD" w14:textId="77777777" w:rsidR="00B85DF8" w:rsidRDefault="00B85DF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -5077,89 +5245,89 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="30759D70" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00C43BDD">
+  <w:p w14:paraId="414669E5" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2B25B1E6" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00C43BDD">
+  <w:p w14:paraId="45594C6F" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="40250D94" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00831C35" w:rsidRDefault="00A6426E" w:rsidP="00EC0A68">
+  <w:p w14:paraId="69CE7067" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00831C35" w:rsidRDefault="008A6061" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="536003159"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
@@ -5251,62 +5419,62 @@
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0CE54590" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00FB2F0F">
+  <w:p w14:paraId="62D6519C" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00AE8734" wp14:editId="42859821">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3015F3CF" wp14:editId="5537170D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="309673326" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Bildobjekt 12">
@@ -5546,267 +5714,267 @@
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3CF21B1F" w14:textId="77777777" w:rsidR="00B85DF8" w:rsidRDefault="00B85DF8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4557B81C" w14:textId="77777777" w:rsidR="00B85DF8" w:rsidRDefault="00B85DF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="756D70DF" w14:textId="77777777" w:rsidR="00B85DF8" w:rsidRDefault="00B85DF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4D5A32E8" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRPr="00DA65C4" w:rsidRDefault="00A6426E" w:rsidP="00DA65C4">
+  <w:p w14:paraId="47B033C8" w14:textId="77777777" w:rsidR="008A6061" w:rsidRPr="00DA65C4" w:rsidRDefault="008A6061" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B3CD924" wp14:editId="18632202">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2019DA2A" wp14:editId="1AD34A10">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1751073593" name="Textruta 1751073593"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72B5BD1F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="64E9DC55" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6B3CD924" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="2019DA2A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 1751073593" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72B5BD1F" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="64E9DC55" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="11E02B48" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E" w:rsidP="00413A60">
+  <w:p w14:paraId="34497B85" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1C57CE" wp14:editId="106152B4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36CD0242" wp14:editId="71DC6B86">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="390066693" name="Textruta 390066693"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="412541CD" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E">
+                        <w:p w14:paraId="7AB688EF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2E1C57CE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="36CD0242" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 390066693" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="412541CD" w14:textId="77777777" w:rsidR="00A6426E" w:rsidRDefault="00A6426E">
+                  <w:p w14:paraId="7AB688EF" w14:textId="77777777" w:rsidR="008A6061" w:rsidRDefault="008A6061">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -8437,51 +8605,51 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="240793367">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1994601569">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="334040582">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="970866574">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1005133917">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="126747742">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="97"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -8591,72 +8759,74 @@
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F592F"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003062B8"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037330A"/>
     <w:rsid w:val="00377928"/>
+    <w:rsid w:val="00380310"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D30FD"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="0044765E"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C6D7C"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E17CD"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
@@ -8729,56 +8899,58 @@
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00815271"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00877DD5"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A5BF1"/>
+    <w:rsid w:val="008A6061"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B7779"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C762E"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="009134E3"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
@@ -11504,51 +11676,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uptodate.com/contents/post-intensive-care-syndrome-pics?search=mobilization%20icu&amp;source=search_result&amp;selectedTitle=2~150&amp;usage_type=default&amp;display_rank=2" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/hjalpmedel/ororlighet-komplikationer/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0267255" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13613-022-00988-9" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uptodate.com/contents/post-intensive-care-syndrome-pics?search=mobilization%20icu&amp;source=search_result&amp;selectedTitle=2~150&amp;usage_type=default&amp;display_rank=2" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/hjalpmedel/ororlighet-komplikationer/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1513/AnnalsATS.201510-717OC" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0267255" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s13613-022-00988-9" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -11848,71 +12020,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>1588</Words>
-  <Characters>11578</Characters>
+  <Words>1603</Words>
+  <Characters>11656</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
+  <Lines>97</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13140</CharactersWithSpaces>
+  <CharactersWithSpaces>13233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mobilisering på IVA och IMA</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>41</revision>
+  <revision>43</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>