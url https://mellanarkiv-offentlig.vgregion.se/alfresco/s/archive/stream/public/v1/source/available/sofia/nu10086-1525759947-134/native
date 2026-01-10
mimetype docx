--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -6,2379 +6,8934 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="28354376" w14:textId="77777777" w:rsidR="00170C37" w:rsidRDefault="00170C37" w:rsidP="00F35B05">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1C8CCABA" w14:textId="5887A31D" w:rsidR="001B5047" w:rsidRDefault="001B5047" w:rsidP="00673099">
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="76B7971B" w14:textId="77777777" w:rsidR="00170C37" w:rsidRPr="00170C37" w:rsidRDefault="00170C37" w:rsidP="00170C37">
-[...314 lines deleted...]
-    <w:p w14:paraId="34E840AF" w14:textId="77777777" w:rsidR="00170C37" w:rsidRDefault="00170C37" w:rsidP="00170C37">
+    <w:p w14:paraId="4FC79102" w14:textId="77777777" w:rsidR="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
+    <w:p w14:paraId="171F0D92" w14:textId="77777777" w:rsidR="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
+    <w:p w14:paraId="51CAB037" w14:textId="77777777" w:rsidR="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
+    <w:p w14:paraId="6E84B103" w14:textId="77777777" w:rsidR="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
+    <w:p w14:paraId="37A6D0D1" w14:textId="77777777" w:rsidR="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
+    <w:p w14:paraId="56D8A430" w14:textId="44AEA333" w:rsidR="0083331A" w:rsidRPr="0083331A" w:rsidRDefault="0083331A" w:rsidP="001C025A">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D4E0F87" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc213853033"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Hygien- och städrutiner vid Influensa, Sars-Cov2, MRB, tarminfektioner, Acinobakter och blodburen smitta</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B6851D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc213853034"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="431D5F8F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tillägg av att det är okej enligt VeÖL med öppen dörr mellan patienter som har Covid-19, Influensa eller RS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E7C95D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc181866758"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc213853035"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:id w:val="1128123208"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="4F24DB83" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="142"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008B7358">
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="008B7358">
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="008B7358">
+            <w:rPr>
+              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="54060B8D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853034" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Förändringar sedan föregående version</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853034 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="06F60DB2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853035" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Innehållsförteckning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853035 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2878279A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853036" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Bakgrund och syfte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853036 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="249412CB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853037" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Förutsättningar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853037 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5FA1B309" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853038" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853038 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="595E5070" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853039" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Patientrummet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853039 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1240AF4F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853040" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Sköljrummet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853040 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="56921C46" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853041" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Utstädning av patientrum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853041 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3E539A92" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853042" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Engångsmaterial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853042 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="285DB785" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853043" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853043 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2E56330C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853044" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Definition</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853044 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3BF12302" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853045" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Hantering</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853045 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2CD8E0CA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853046" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MRSA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853046 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="17346FCA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853047" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853047 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="51B15A05" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853048" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853048 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1BD75027" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853049" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Clostridioides difficile (tidigare Clostridium)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853049 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2E2AB5F2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853050" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853050 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3792CD39" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853051" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853051 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="15D7C20D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853052" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Calici/Gastroenterit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853052 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="113C24FF" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853053" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853053 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4B640DEC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853054" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853054 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5876F4EB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853055" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>VRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853055 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="669EC192" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853056" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Riskfaktorer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853056 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7374F4F3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853057" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853057 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="68E5F23B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853058" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853058 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="588AA743" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853059" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ESBL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853059 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5A3F8968" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853060" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Riskfaktorer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853060 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="52875357" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853061" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853061 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2C951469" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853062" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853062 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6E3CD7E2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853063" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Acinetobakter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853063 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2F32EDD7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853064" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853064 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4FDB2AF2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853065" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853065 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="260B5796" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853066" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Blodburen smitta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853066 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1C2BEEE2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853067" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Smittöverföringsvägar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853067 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5C782253" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853068" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Skabb och Löss</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853068 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="07C9BC46" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853069" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Influensa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853069 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="61486F0B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853070" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Skyddsutrustning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853070 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32D8D9E1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853071" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853071 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="442B6142" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853072" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853072 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4F3EF69E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853073" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>RS-virus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853073 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3D87FCD7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853074" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Skyddsutrustning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853074 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="24FB9E19" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853075" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853075 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="63ECDE53" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853076" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853076 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="111A0DAB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853077" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Sars-Cov2- Covid-19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853077 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2F8B01BC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853078" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Skyddsutrustning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853078 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="02CE4E03" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853079" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853079 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3F936BDB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853080" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853080 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="159D9531" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853081" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Lungtuberkulos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853081 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5971411B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853082" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Skyddsutrustning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853082 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="68DB8D83" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853083" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Daglig städning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853083 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="49D0B939" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="480"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853084" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Slutstädning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853084 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="675EA95B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:ind w:left="567" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213853085" w:history="1">
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213853085 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B7358">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3593E63F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:pPr>
+            <w:keepNext/>
+            <w:keepLines/>
+            <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+            <w:ind w:left="0" w:right="0"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="008B7358">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="05F4BEBB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1945B61F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866759"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc213853036"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226880DB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2410E0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skapa en enhetlig städrutin på vårdrummen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A82781" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förhindra och minska smittspridning samt att det ska finnas en enhetlig städrutin av patientrummen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160080AB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc181866760"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc213853037"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="2C54DCD1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid behov.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Beskriv förutsättningarna som måste uppfyllas för att tillämpa rutinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA7F659" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc213853038"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="1CA2858F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc213853039"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Patientrummet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="21EA6E88" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i ALLA vårdsituationer av ALL personal, oavsett diagnos och vårdgivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399F17FF" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig städning två gånger per dygn, t ex morgon och kväll, av alla tagytor med mekanisk rengöring. Detta utförs med Ytdesinfektion Plus. Med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27685B25" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid hårt smutsad yta eller blodspill tvättas ytan först av med vatten och All-rent, sedan Ytdesinfektion Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697D552F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Akutspill på golvet torkas upp omgående. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0839D581" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Fjärrkontrollen förvaras i genomskinlig plastpåse som byts varje dag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC058C8" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golven i patientrum och patientskölj städas av lokalvårdare varje dag. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471ABCDC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engångstrasor ska inte doppas i hinken utan flera används och slängs i röd påse. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CC1358" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sop-/tvättsäckar slängs direkt i sopnedkastet eller på vagnen, får inte bli liggande på golvet eller i korridoren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0F057E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="32"/>
-[...93 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc213853040"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Sköljrummet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="2A52632E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alla tagytor torkas dagligen med Ydesinfektion Plus. Lokalvårdare städar golvet varje dag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B39C3A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc213853041"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Utstädning av patientrum</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="467D1F9B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Urstädning av patientrum sker enligt checklista med Ytdesinfektion Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49326289" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc213853042"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Engångsmaterial</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="2CFB0AD2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sugkatetrar slängs. Handskar och förkläde,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...116 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>torka av ytterförpackning, släng översta lager.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6731FEE0" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00415AA1" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00415AA1">
+    <w:p w14:paraId="35DAE717" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc213853043"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Kraftigt förorenad tvätt</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00535305">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="29E03E2A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc213853044"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Definition</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="1ABD9ED0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Textilier som kraftigt förorenade av blod och kroppsvätskor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778244F6" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Textilier som använts av patienter med löss och skabb</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF9BACC" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B9C826F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Textilier som förorenats med Cytostatika</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73801759" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00535305" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00535305">
+    <w:p w14:paraId="1E44B9E9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc213853045"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Hantering</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="4D9CF476" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Textilierna skall läggas persedelsvis i upplösningsbar säck och förslutas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425A90AD" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="195B4463" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Den lösningsbara säcken placeras i gul plastsäck</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276D1DF5" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5D5B448F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Märk säcken med tuschpenna: Sjukhus och Avdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20230311" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="1161FD71" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Flergångsinstrument såsom bäcken, urinflaskor ska köras i diskdesinfektion på intensivprogran direkt efter varje användning. Kontrollera att de är rena efter körning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A396C74" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="77448335" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>De utensilier som inte tål värme ska noga desinfekteras med Ytdesinfektion Plus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080290B6" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A6A7A13" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vid omvårdnad av alla patienter gäller strikta basala hygienrutiner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04656FBE" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="01D9DB16" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="0" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Noga handdesinfektion FÖRE samt EFTER direkt kontakt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427C784E" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="1DB6869A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Engångsplastförkläde. Vid våt eller smutsig arbetsdräkt skall den bytas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C202F96" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="7E5690D8" w14:textId="02D571E4" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Handskar</w:t>
+        <w:t>Handskar ENBART vid smutsigt arbete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Med smutsigt arbete menas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...20 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>att komma i kontakt med kroppsvätskor. Använd visir.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="39CE72DF" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>risk för att komma i kontakt med kroppsvätskor. Använd visir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FFA993" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Sitt ALDRIG i patientens säng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4019A5A3" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="40195707" w14:textId="0BCE2FC2" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta inte in för mycket material på salen, överblivet måste slängas när </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ta inte in för mycket material på salen, överblivet måste slängas när patienten </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>blir utskriven.</w:t>
-[...7 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>patienten blir utskriven.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272C6D3A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E67210F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc213853046"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>MRSA</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="056C383C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Meticillinresistenta Staphylococcus aureus (MRSA) är stammar från stafylokocker som är resistenta mot penicillinpreparat. Det är ett livslångt bärarskap.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539E4A49" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23B60BF9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning. Den ska konsekvent tillämpas av ALL personal, i ALLA vårdsituationer, oavsett diagnos och vårdgivare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A94C754" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="19F60F73" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FBB66E7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F78B5E5" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00D04BF8" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23676145" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Så länge det inte finns ett positivt provsvar så behandlas patienten som negativ. Tillexempelvis vid MRB-screening av patient från annat sjukhus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E70222" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="0008572D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0008572D">
+    <w:p w14:paraId="500B5421" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc213853047"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-    </w:p>
-[...38 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="5DA75B71" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patientnära tagytor avtorkas 2 ggr dagligen, t ex morgon och kväll, först med All-rent och vatten sedan med Ytdesinfektion Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786BD5A4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEFDB61" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Golvet torkas av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om MRSA smitta. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522A6715" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00D04BF8" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BBFFA2C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC171F6" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...30 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2EED2CF9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc213853048"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="5BE30EC4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann utstädning göras av all använd utrustning samt tagytor med rengöringsmedel och vatten och därefter Ytdesinfektion Plus. Släng översta lagret i handspaketen samt plastförklädespaketen och torka sedan av förpackningen med Incidin/Virkon. Släng alla sugkatetrar. Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Golvet städas av informerad lokalvårdare eller vårdpersonal med rengöringsmedel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA6BE4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc213853049"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Clostridioides difficile (tidigare Clostridium)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="7AC9D8E0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning. Den ska konsekvent tillämpas av ALL personal, i ALLA vårdsituationer, oavsett diagnos och vårdgivare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C91FB6B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7766FD07" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clostridiodes Difficilie bildar sporer som kan överleva i omgivningen runt smittade patienter under lång tid. Sporerna sprids lätt i vårdmiljö via förorenade händer, kläder och utrustning. Sporerna har stor motståndskraft mot rengöringsmedel. Sporerna går in i en vilofas och klarar uttorkning under en lång tid. Sporerna avdödas inte enbart med handsprit. Den mekaniska bearbetningen som blir när händerna gnids med tvål och vatten är viktigt för att förstöra så att handspriten blir effektiv på händerna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4505E87C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienten är smittsam så länge hen har diarré även med AB. Smittsamheten är hög vid diarré men kan även vara smittsam när avföringen är med formbar om handhygienen brister hos personal eller patienten själv.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB4A91A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc213853050"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="43C80BEF" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patientnära tagytor avtorkas 2 ggr dagligen, t ex morgon och kväll, med Incidin/Virkon, med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7EA038" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golvet torkas med Incidin/Virkon av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om Clostridiodesmittan. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D580B9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B82721" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Då patienten är symtomfri skall rummet slutstädas med Incidin/Virkon även om patienten skall ligga kvar på IVA/IMA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C1E260" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc213853051"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="611637FE" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann utstädning ske med Incidin/Virkon på tagytor och allt använt utrustning.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...32 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">SLÄNG DET ÖVERSTA LAGRET AV ALLT ENGÅNGSMATERIAL, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">såsom handskar, plastförkläden. Torka av ytterförpackningen med Ytdesinfektion Plus. Glöm inte underlägg och blöjor i skåpet på sal.  Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. Golvet städas av informerad lokalvårdare eller vårdpersonal med Incidin/Virkon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6EF12D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc213853052"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Calici/Gastroenterit</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="37272663" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i ALLA vårdsituationer av ALL personal, oavsett diagnos och vårdgivare. Tvätta händerna med tvål och vatten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F8720A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten för att förhindra epidemi. Calici orsakas av ett virus och är mycket smittsamt. Duscha gärna patienten efter den är symtomfri. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3BCDD0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc213853053"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="1A5378DC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig desinfektion av tagytor 2 ggr per dygn, t ex morgon och kväll, först All-rent och vatten sedan med Incidin/Virkon. Med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5050AA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golvet torkas av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om calicismittan. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17333AD7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E49F6F5" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2364FC9C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc213853054"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="743BB07B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall ett mycket noggrann utstädning göras med Incidin/Virkon av all använd utrustning samt tagytor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">SLÄNG DET ÖVERSTA LAGRET AV ALLT ENGÅNGSMATERIAL, </w:t>
-[...67 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">SLÄNG ÖVERSTA LAGRET AV ALLT ENGÅNGSMATERIAL, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">såsom handskar, plastförkläden. Torka av ytterförpackningen med Incidin/Virkon. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75AEB88C" w14:textId="3630C51C" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="30EE4749" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Glöm inte underlägg och blöjor i skåpet på sal.  Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. Golvet städas av informerad lokalvårdare eller vårdpersonal om korrekt punkdesinfektion av spill har utförts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEAB9A9" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="403184E0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc213853055"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>VRE</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="46C3588C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i ALLA vårdsituationer av ALL personal, oavsett diagnos och vårdgivare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B8DB80" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="4F28BE29" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">VRE är enterokocker som är resistenta mot vancomycin, ett viktigt antibiotikum mot just enterokockinfektioner. Det är patienter som redan är svårt sjuka som löper störst risk för VRE-infektion. VRE sprids lätt i vårdmiljö, särskilt där det bedrivs avancerad sjukvård. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C9A62D" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="691419C9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Den vanligaste smittspridningen av VRE inom vården är via personalens händer. En stor del av detta kan förhindras genom att STRIKT tillämpa basala hygienrutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F8DCAB" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="432E2DA1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">I samband med diarré (oavsett orsak) är smittsamheten hos en VRE-bärare avsevärt förhöjd. Den mekaniska rengöringen är mycket viktig då VRE kan överleva en längre tid på ytor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51368188" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...7 lines deleted...]
-    <w:p w14:paraId="33143073" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="5D994BC2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc213853056"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Riskfaktorer</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="5CFC3C3F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="0" w:hanging="283"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Diarré</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289370CA" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="53A036DE" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Avförings-/urininkontinens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5AB406" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="4465D7C3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>KAD/RIK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B91E54" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="12132A03" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Bukdrän/stomi/peg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CD2F51" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="043F6439" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Tracheostoma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9D161C" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="003C781B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="0EF49BDA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Omläggningskrävande sår</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1466084A" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="590BB610" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315462AC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E401CBE" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D5A38AE" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc213853057"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="593D16AB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patientnära tagytor avtorkas 2 ggr dagligen, t ex morgon och kväll, med Incidin/Virkon, med tagytor på ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. Viktigt med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179B8573" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="445B52C3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. Golvet torkas av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om VREsmittan. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9E2EFD" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:pPr>
+    <w:p w14:paraId="7E82CF57" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin, se sidan 2. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417D636C" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B5927E6" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc213853058"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="265CA6F4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>När patienten skrivs ut från IVA/IMA skall en mycket noggrann utstädning ske med Incidin/Virkon på tagytor samt utrustning som används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C84A135" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4B7DB6FB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SLÄNG ALLT EGÅNGSMATERIAL, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">såsom handskar, plastförkläden, sugkatetrar. Glöm ej underlägg och blöjor i skåpet på sal.  Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. Golvet städas av informerad lokalvårdare eller vårdpersonal med Incidin/Virkon. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27293FEE" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30E19AF1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc213853059"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ESBL</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="5A01EEA2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i ALLA vårdsituationer av ALL personal, oavsett diagnos och vårdgivare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D741EE" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="172CA9F3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Den vanligaste smittspridningen av ESBL inom vården är via personalens händer. En stor del av detta kan förhindras genom att STRIKT tillämpa basala hygienrutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D093A7A" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="278094BD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Med multiresistenta tarmbakterier avses här ESBL-producerande E-coli, klebsiella, Proteus m fl, samt andra multiresistenta tarmbakterier inkl Pseudomonas och Acinobacter. ESBL är enzymer som bryter ner flertalet antibiotika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26152D31" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="0AD6D8C0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">ESBL-CARBA kan dessutom bryta ner karbapenemer som ofta är den enda tillgängliga behandlingsmöjligheten vid infektioner med ESBL-producerande bakterier. Personer med diarré, avförings/urininkontinens SKALL vårdas med stängd dörr, helst med avdelad personal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15738699" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="6F45F92A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Inom vården kan bristande följsamhet till basala hygienrutiner med förorenade händer och kläder föra smitt från patient till nästa. Dåligt rengjord utrustning/instrument bidrar till smitt spridning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFF4E3D" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="6A74C208" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Länk till rutin</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00905A69">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="008B7358">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>: ESBL carba</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C69258B" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="1C449DD3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Patienter med någon av övriga riskfaktorer BÖR vårdas med stängd dörr med avdelad personal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D225DB" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F67773B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc213853060"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Riskfaktorer</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="41030CAA" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="0F55C22B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>KAD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D09A1E3" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="680693C8" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Bukdrän/stomi/PEG</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659449EB" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="5F604748" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Tracheostoma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E4AF04" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="0B9B7704" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Omläggningskrävande sår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541ADC7B" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D"/>
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="66319078" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16803864" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc213853061"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00535305">
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="50002447" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära tagytor avtorkas 2 ggr dagligen, t ex morgon och kväll, med All-Rent och därefter Ytdesinfektion Plus, med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307C8A5D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. Golvet torkas med rengöringsmedel av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om ESB-smittan. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D4F212" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68575FAC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc213853062"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="7AFE4018" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann utstädning ske med All-Rent och därefter Ytdesinfektion Plus av all använd utrustning samt tagytor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SLÄNG ALLT ÖVERSTA LAGRET AV ALLT ENGÅNGSMATERIAL, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">såsom handskar, plastförkläden. Glöm inte underlägg och blöjor i skåpet på sal.  Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. Golvet städas av informerad lokalvårdare eller vårdpersonal med rengöringsmedel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EDC72B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc213853063"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Acinetobakter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="6AFE6634" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i ALLA vårdsituationer av ALL personal, oavsett diagnos och vårdgivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA3D1D3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Den vanligaste smittspridningen av Acinetobakter inom vården är via personalens händer. En stor del av detta kan förhindras genom att STRIKT tillämpa basala hygienrutiner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B56C15" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Acinetobakter är bakterier som förekommer normalt hos människan. De kan ge upphov till sårinfektioner, urinvägsinfektioner, sepsis, nedre luftvägsinfektion särskilt hos immunnedsatta patienter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12005911" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Bakterierna kan överleva på torra och fuktiga ytor och spridning av dessa är ett stort problem på många intensivvårdsavdelningar och brännskadeavdelningar i andra länder. Acinetobakter utvecklar snabbt resistens mot många antibiotika. Det ses en ökning av problem med multiresistenta Acinetobakter globalt. Patienter som vårdats utomlands löper därför större risk att förvärva dessa bakterier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3265A955" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc213853064"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="011DF8A6" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära tagytor avtorkas 2 ggr dagligen, t ex morgon och kväll, först med All-rent och vatten, sedan med Ytdesinfektion Plus, med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D8B8D1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. Golvet torkas med Incidin/Virkon av lokalvårdare varje dag. Vårdpersonalen på salen ansvarar för att lokalvårdaren blir informerad om Acinetobaktersmittan. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163712D4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt hanteras enligt sedvanlig rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DA196B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Enkelrum med stängd dörr emellan patienterna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0E05E0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Begränsa antal personal runt patienten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78041A58" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förvara så lite material på rummet som möjligt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5073961B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid undersökningar, rtg och operation ect meddela mottagande enhet innan patienten lämnar IVA. Täck alla sår innan transport och töm eller byt urin och drän påse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5278A0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc213853065"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="5FEA84C4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall ett mycket noggrann utstädning göras med Incidin/Virkon av all använd utrustning samt tagytor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">SLÄNG ALLT ÖVERSTA LAGRET AV ALLT ENGÅNGSMATERIAL, </w:t>
-[...143 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">SLÄNG ALLT ENGÅNGSMATERIAL, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">såsom handskar, plastförkläden, sugkatetrar. Glöm ej underlägg och blöjor i skåpet på sal.  Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Golvet städas av informerad lokalvårdare eller vårdpersonal med Incidin/Virkon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F429BF" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc213853066"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Blodburen smitta</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="2BF2565C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Slutstädning </w:t>
-[...25 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>HIV, Hepatit B, Hepatit C</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC85D77" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="0AE7D653" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Skär- och stickskador utgör den största risken för överföring av blodburen smitta i vården. Med förebyggande arbetsrutiner är risken för blodburen smitta mycket liten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B6924B" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-      <w:r>
+    <w:p w14:paraId="7B15EBE4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Allt blod ska betraktas som potentiellt smittsamt, p.g.a. följande:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07172F07" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="13077D72" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Patienter kan vara asymtomatiska smittbärare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F73C29D" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="21643C62" w14:textId="2BC34DAF" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det kan finnas smittämnen som sprids via blod men för vilka </w:t>
+      </w:r>
+      <w:r w:rsidR="00997DC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>ännu saknas.</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00754B28">
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>analysmetoder ännu saknas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6D3766" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc213853067"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Smittöverföringsvägar</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3E0E56BF" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="01F2F596" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Stick- eller skärskada med föremål förorenade med blod eller annan </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:tab/>
         <w:t>kroppsvätska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4722A64B" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="60C43170" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Direkt blodkontakt på slemhinnor (öga, näsa, mun)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17525AF9" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
+    <w:p w14:paraId="61A98D80" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="273"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Direkt blodkontakt på eksem eller blödande sår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D78C01F" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D"/>
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40A642FD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4564B56F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Enkelrum behövs endast om patienten har okontrollerad blödning eller har större öppna sår eller sår med riklig sårsekretion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A619A8" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="43912EC7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Mindre spill av blod-/kroppsvätskor och utsöndringar torkas upp med Ytdesinfektion Plus, större spill torkas upp med Incidin/Virkon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10331CD9" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33BC5EC3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Kraftigt nedblodad tvätt läggs i upplösbar påse som sedan läggs i gul säck märkt IVA/IMA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13E66A01" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C8C29D7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Kraftigt nedblodat avfall läggs i gul plastbehållare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097D728C" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="082E167E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Övrigt avfall slängs i röd säck.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA01198" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00F179AC" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F179AC">
+    <w:p w14:paraId="6B219D23" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc213853068"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Skabb och Löss</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="03963EDB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Personal som vårdar dessa patienter skall använda långärmad skyddsrock för att förhindra smittspridning till sig själv och vidare till andra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F603D8" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Referensrad: Vårdhygien.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365EB308" w14:textId="77777777" w:rsidR="00D0642D" w:rsidRPr="00BC564B" w:rsidRDefault="00D0642D" w:rsidP="00D0642D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="39FE365B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc213853069"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Influensa</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="6878266F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Influensa är en mycket smittsamt akut virussjukdom även vid milda symtom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6467674F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smittväg: Huvudsakligen via droppsmitta i form av små droppar som framförallt bildas under hosta och nysning och har en räckvidd på ca 1 meter (en armlängds avstånd) Smittan överförs sedan till luftvägarna via mun, näsa och/eller ögon hos nästa person.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF32C9F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Smittspridning kan även ske såsom direkt eller indirekt kontaktsmitta via händerna. Influensavirus kan leva på ytor och textilier i 48 timmar. Smittspridningen kan därför ske vid kontaminering av ytor, textilier eller omgivning vid bristande handhygien. Vårdmoment som kan medföra aerosolbildning utgör en särskild smittrisk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2503B152" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten. Okej med öppen dörr på IVA enligt VeÖL. Vid behov av akutvård för vuxen patient på enhet där enkelrum inte kan ordnas ska patienten vårdas på rum med så få medpatienter som möjligt och dessa ska inte tillhöra riskgrupper. Vårdplats kan då tillfälligt avgränsas med avtorkningsbar skärm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B65D73" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc213853070"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsutrustning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="042BC346" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal som arbetar patientnära inom host-/nysavstånd (ca 2 meter) till smittsam patient skall använda stänkskydd mot droppsmitta i form av visir. Vid åtgärder som kan medföra aerosolbildning som t.ex bronkoskopi och in-/extubering skall andningsskydd FFP3 användas i kombination av visir. Så även vis areosolbildande läkemedelsbehandling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEEF447" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc213853071"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+    </w:p>
+    <w:p w14:paraId="731E02D5" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Hlk130969381"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig städning utförs två gånger per dygn, t.ex morgon och kväll, av alla tagytor med mekanisk rengöring. Detta utförs först med All-rent och vatten sedan Ydesinfektion Plus. Med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sägbord, tangentbord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615FAAAD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Akutspill torkas upp omgående. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E238E15" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc213853072"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="250E904D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sker enligt checklista med All-rent och vatten, sedan Ytdesinfektion Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC29731" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handskar och förkläde, släng översta lagret och torka av ytterförpackningen med Ytdesinfektion Plus. Släng alla sugkatetrar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562EF5A3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc213853073"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>RS-virus</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="629248F4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>RS-virus (Respiratory Synticytal Virus) är en mycket smittsamt med hög virusutsöndring främst vid insjuknandet och orsakar akut luftvägsinfektion med symtom från lindrig förkylning till allvarlig lunginflammation eller bronkiolit. En vanlig infektion vintertid med flest insjuknande personer i februari/mars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21059135" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Smitta sker huvudsaklingen via droppsmitta i form av små droppar som framför allt bildas under hosta och nysning och har en räckvidd på ca en meter (säkerhetsavstånd satt till två meter). Smittan överförs sedan till luftvägarna via mun, näsa och/eller ögon hos nästa person. Smittspridningen kan ske som direkt eller indirekt kontaktsmitta via händer och kontaminerade föremål. Vårdmoment som kan medföra en aerosolbildning utgör en särskild smittrisk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA06C8D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten. Okej med öppen dörr på IVA enligt VeÖL. Vid behov av akutvård för vuxen patient på enhet där enkelrum inte kan ordnas ska patienten vårdas på rum med så få medpatienter som möjligt och dessa ska inte tillhöra riskgrupper. Vårdplats kan då tillfälligt avgränsas med avtorkningsbar skärm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E71564F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc213853074"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsutrustning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="1D08DC8F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal som arbetar patientnära inom host-/nysavstånd (ca 2 meter) till smittsam patient ska använda stänkskydd i form av visir. Vid åtgärder som kan medföra aerosolbildning vid specifika vårdsituationer som bronkoskopi, in-/extubering samt sugning skall andningsskydd FFP3 användas i kombination med visir. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780214D7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc213853075"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="02E67378" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära tagytor torkas av två gånger per dag, exempelvis morgon och kväll, först med All-rent och vatten sedan med Ytdesinfektion Plus. Med tagytor menas alla ytor som vi vidrör med våra händer såsom handtag, säng, sängbord, tangentbord, datormus och framförallt telefonerna. Infusionspumparna får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE883B4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golvet torkas av lokalvårdare varje dag. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. Tvätt hanteras enligt sedvanlig rutin </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C118AAD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc213853076"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="0801EA1D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning utföras med All-Rent och vatten och därefter Ytdesinfektion Plus av all använd utrustning samt tagytor. Släng översta lagret i handskpaketen samt förkläde. Torka av ytterförpackningen. Släng alla sugkatetrar. Städa även undersidan av Torkyhållaren samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7F1727" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Toc213853077"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Sars-Cov2- Covid-19</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="42A80AFC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>SARS-CoV-2 smittar i första hand vid nära kontakter mellan personer genom droppar från luftvägarna. När en infekterad person nyser, hostar, talar eller andas ut sprids små droppar till omgivningen. Smittspridning kan även ske såsom direkt eller indirekt kontaktsmitta via händerna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BA3AE4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smittsamheten av SARS-CoV-2 är sannolikt störst just före insjuknandet och i början av sjukdomsförloppet. Virus-RNA kan i vissa fall detekteras under flera veckor och kan inte användas för att avgöra smittfrihet eftersom PCR också påvisar icke-infektiöst RNA. För bedömning av smittsamhetsperiod används symtom, tid från insjuknandet och kliniska kriterier som svårighetsgrad och riskfaktorer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A721265" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörren SKALL vara stängd, helst med avsatt personal till den smittsamma patienten. Okej med öppen dörr på IVA enligt VeÖL. Vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>behov av akutvård för vuxen patient på enhet där enkelrum inte kan ordnas ska patienten vårdas på rum med så få medpatienter som möjligt och dessa ska inte tillhöra riskgrupper. Vårdplats kan då tillfälligt avgränsas med avtorkningsbar skärm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6538972A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc213853078"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsutrustning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="470C045E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personal som arbetar patientnära inom host-/nysavstånd (ca 2 meter) till smittsam patient skall använda andningsskydd FFP3 i kombination med visir eller skyddsglasögon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33106962" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Toc213853079"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="17A7A946" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig städning utförs två gånger per dygn, morgon och kväll, av alla tagytor med mekanisk rengöring. Detta utförs först med All-rent och vatten sedan Ydesinfektion plus. Med tagytor menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sägbord, tangentbord, datamus och framförallt telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16159FA6" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Akutspill torkas upp omgående. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569A6624" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc213853080"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w14:paraId="7C4D4DD0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sker enligt checklista med All-rent och vatten, sedan Ytdesinfektion plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAF237E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handskar och förkläde, släng översta lagret och torka av ytterförpackningen med Ytdesinfektion plus. Släng alla sugkatetrar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F1673A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc213853081"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Lungtuberkulos</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="3911D65E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuberkulos orsakas av Mycobacterium tuberculosis, som är en syrafast stavformad bakterie. Lungtubekulos smittar som en luftburen smitta genom upphostningar av små droppar (areosol) innehållande bakterier. Upphostat sekret med tuberkelbakterier kan torka ihop till små droppkärnor som håller sig svävande i luften. Personer med nedsatt immunförsvar har en ökad mottaglighet. Patient med tuberkulos i annan lokal än lunga bronker och larynx är inte smittsam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5993C2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienten skall informeras om smittsamhet och undervisas i smittförebyggande åtgärder, t.ex. att täcka munnen vid hosta. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Patienten skall hosta i engångsnäsduk samt lägga använda näsdukar i en plastpåse. Instruera även om god handhygien. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138681D9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc213853082"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsutrustning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="2A302BCA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Andningsskyddet FFP3 filtrerar luften vid inandning och skyddar bäraren. Det är en skyddsutrustning avsedd för personal och skall bäras av all personal om patienten kan misstänkas ha smittsam lungtuberkulos. Det är viktigt att skyddet sluter tätt över kinder, haka och näsa för att skydda mot droppsmitta. Luft ska filtreras genom skyddet utan sidoläckage. Andningskyddet är avsett för engångsbruk. Andningskyddet kan vara kontaminerat, tänk på handhygienen. Visir skall användas vid risk för stänk mot ansiktet. Andningskydd samt visir tas på och av utanför vårdrummet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150CA294" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc213853083"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C5B21A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära ytor torkas av två gånger per dag, t.ex. morgon och kväll, först med All-rent och vatten sedan Ytdesinfektion plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4E5AF9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Med tagytor menas alla de ytor vi tar på med våra händer såsom tangentbord, datormus, säng, sängbord och framförallt telefonerna. Infusionspumparna får inte glömmas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6804DFE4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golvet torkas av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...75 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">vårdpersonal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>varje dag. Tvätt hanteras enligt sedvanlig rutin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0E1B13" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc213853084"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-    </w:p>
-[...209 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="1E317B4D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skriv ut från IVA/IMA skall mycket noggrann slutstädning göras med först ALL-rent och vatten, sedan med Ytdesinfektion plus. Släng översta lagret i handspaketen samt förkläde, torka av yttterförpackningen. Släng alla sugkatetrar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B53F2D1" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">vårdpersonal </w:t>
-[...20 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ANDNINGSSKYDD SKALL ANVÄNDAS VID SLUTSTÄD </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8CCABA" w14:textId="342C9B16" w:rsidR="001B5047" w:rsidRDefault="00D0642D" w:rsidP="00420837">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="0E971E76" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
-          <w:kern w:val="32"/>
-[...16 lines deleted...]
-    </w:p>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc213853085"/>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="567842F2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358889D7" w14:textId="41B099B4" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="005045FB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NU-sjukvårdens övergripande rutiner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6414594B" w14:textId="77777777" w:rsidR="00673099" w:rsidRPr="00673099" w:rsidRDefault="00673099" w:rsidP="00673099"/>
     <w:bookmarkEnd w:id="0"/>
-    <w:sectPr w:rsidR="001B5047" w:rsidSect="00170C37">
+    <w:sectPr w:rsidR="00673099" w:rsidRPr="00673099" w:rsidSect="00170C37">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63BD2448" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="1851F64C" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44B45BF0" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="2A46E945" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="37D3E724" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="45430467" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Fet">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2407,51 +8962,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Picture 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2485,73 +9040,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E308C7B" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="1CE50398" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39DE97E5" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="3F493C01" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="69849611" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="60B6CE4A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
@@ -2589,91 +9144,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2712,57 +9267,57 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -2839,51 +9394,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5507,328 +12062,353 @@
   <w:num w:numId="18" w16cid:durableId="1951812731">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1628077875">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2120685817">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1330064913">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="141121324">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="66461402">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1419986509">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004811"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="000057E9"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="000078A2"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="0003145E"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="0003605C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
+    <w:rsid w:val="00056D51"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000614D2"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000758CC"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A683E"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C76A4"/>
     <w:rsid w:val="000D1D30"/>
     <w:rsid w:val="000D7CC0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F1C4A"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00113599"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00117973"/>
+    <w:rsid w:val="00122A15"/>
+    <w:rsid w:val="00125A53"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00133EDF"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001414EB"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00154CA0"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="0016417B"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00165DB9"/>
     <w:rsid w:val="00165F16"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00170C37"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A166D"/>
     <w:rsid w:val="001A3FCC"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B5047"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C025A"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001C7264"/>
     <w:rsid w:val="00206FC1"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00224618"/>
     <w:rsid w:val="00226415"/>
     <w:rsid w:val="00231F81"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0024585A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A4B45"/>
+    <w:rsid w:val="002A7517"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B12C4"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D3CBC"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E3601"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00313D80"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00324FED"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00334B9C"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00366FF8"/>
     <w:rsid w:val="0036707D"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A349D"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B4243"/>
     <w:rsid w:val="003C349A"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003E01E9"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E256A"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00420837"/>
     <w:rsid w:val="00420B61"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="0043046B"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00437429"/>
     <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="0044605D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004523DB"/>
+    <w:rsid w:val="004539C9"/>
     <w:rsid w:val="00456AB6"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C4620"/>
     <w:rsid w:val="004C72E6"/>
+    <w:rsid w:val="004D3410"/>
     <w:rsid w:val="004D695E"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004D7E4D"/>
     <w:rsid w:val="004E095F"/>
+    <w:rsid w:val="004F280E"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="0050404F"/>
+    <w:rsid w:val="005045FB"/>
     <w:rsid w:val="00504F00"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00515E3B"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00563AE6"/>
     <w:rsid w:val="00564A47"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="0059201F"/>
     <w:rsid w:val="00593AC1"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E42B1"/>
     <w:rsid w:val="005F46DC"/>
     <w:rsid w:val="006024A7"/>
     <w:rsid w:val="00603C7E"/>
     <w:rsid w:val="00605085"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="0061687D"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00633A64"/>
     <w:rsid w:val="00641DF7"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00673099"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00683A0D"/>
+    <w:rsid w:val="00693F5E"/>
     <w:rsid w:val="006A2247"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C19DC"/>
     <w:rsid w:val="006C2B51"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0A98"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E6EE7"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F15D6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
@@ -5837,112 +12417,125 @@
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741649"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="007611DF"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B6527"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E5622"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F791A"/>
     <w:rsid w:val="008139D1"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00822EA4"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00833233"/>
     <w:rsid w:val="008332A5"/>
+    <w:rsid w:val="0083331A"/>
     <w:rsid w:val="00835258"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00836161"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008527A8"/>
+    <w:rsid w:val="0085530F"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00861BAC"/>
     <w:rsid w:val="0086357D"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00887078"/>
+    <w:rsid w:val="0088719B"/>
+    <w:rsid w:val="00890FB7"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B7358"/>
     <w:rsid w:val="008C0284"/>
+    <w:rsid w:val="008C0332"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00912585"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00917346"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00942FE8"/>
     <w:rsid w:val="0094524B"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00956F7B"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00997DC9"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F2E29"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A10948"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A7239D"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB6058"/>
     <w:rsid w:val="00AC2F8C"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE35F4"/>
@@ -5973,180 +12566,187 @@
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B94B45"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE2428"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C21982"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C564DF"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C85E1E"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB093A"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB3866"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC2A64"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D0592C"/>
     <w:rsid w:val="00D0642D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D63E23"/>
     <w:rsid w:val="00D67190"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB5592"/>
     <w:rsid w:val="00DC2880"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD7B12"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF298F"/>
+    <w:rsid w:val="00E017D5"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E24AA2"/>
     <w:rsid w:val="00E50695"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E7416A"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E82630"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA48FB"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE383F"/>
     <w:rsid w:val="00EE7DC5"/>
+    <w:rsid w:val="00F154B4"/>
     <w:rsid w:val="00F20AA7"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F46929"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC1466"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF553B"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1BCC8B4E"/>
     <w:rsid w:val="305E5ADE"/>
     <w:rsid w:val="5AAE8852"/>
     <w:rsid w:val="5F8F168A"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{CB194BFB-1C25-452A-9D0C-ECED26BD3E46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6608,50 +13208,76 @@
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0083331A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -8512,55 +15138,205 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D0592C"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:ind w:right="868"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Ingenlista1">
+    <w:name w:val="Ingen lista1"/>
+    <w:next w:val="Ingenlista"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0083331A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="0083331A"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="0083331A"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0083331A"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0083331A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8588,51 +15364,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8925,74 +15701,1986 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>22114</Characters>
+  <Pages>19</Pages>
+  <Words>3721</Words>
+  <Characters>26504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>220</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25599</CharactersWithSpaces>
+  <CharactersWithSpaces>30165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="636" baseType="variant">
+      <vt:variant>
+        <vt:i4>7733287</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>633</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>626</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853085</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>620</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853084</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>614</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853083</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>608</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853082</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>602</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853081</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>596</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853080</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>590</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853079</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>584</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853078</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>578</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853077</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>572</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853076</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>566</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853075</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>560</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853074</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>554</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853073</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>548</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853072</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>542</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853071</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>536</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853070</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>530</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853069</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853068</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>518</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853067</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>512</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853066</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>506</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853065</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>500</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853064</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>494</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853063</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853062</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>482</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853061</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>476</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853060</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>470</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853059</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>464</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853058</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>458</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853057</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853056</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>446</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853055</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>440</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853054</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>434</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853053</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>428</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853052</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>422</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853051</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>416</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853050</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>410</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853049</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>404</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853048</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>398</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853047</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>392</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853046</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>386</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853045</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853044</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>374</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853043</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>368</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853042</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>362</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853041</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>356</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853040</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>350</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853039</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>344</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853038</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>338</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853037</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>332</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853036</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>326</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853035</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>320</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853034</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7733287</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853085</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>302</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853084</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>296</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853083</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>290</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853082</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>284</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853081</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>278</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853080</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>272</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853079</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>266</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853078</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>260</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853077</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853076</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>248</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853075</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>242</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853074</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853073</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853072</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>224</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853071</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1703988</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853070</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853069</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853068</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853067</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853066</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>188</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853065</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853064</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>176</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853063</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853062</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853061</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853060</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853059</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853058</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853057</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853056</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853055</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853054</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853053</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853052</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853051</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572916</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853050</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853049</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853048</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853047</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853046</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853045</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853044</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853043</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853042</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853041</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853040</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853039</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853038</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853037</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853036</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853035</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213853034</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hygien- och städrutiner vid MRSA, Clostridium, Calici, VRE, ESBL, Acinobakter, HIV och Hepatitsmitta</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>33</revision>
+  <revision>57</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>