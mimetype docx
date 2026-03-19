--- v1 (2026-01-10)
+++ v2 (2026-03-19)
@@ -8,8748 +8,8578 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C8CCABA" w14:textId="5887A31D" w:rsidR="001B5047" w:rsidRDefault="001B5047" w:rsidP="00673099">
+    <w:p w14:paraId="70F44118" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-    </w:p>
-[...5 lines deleted...]
-    <w:p w14:paraId="56D8A430" w14:textId="44AEA333" w:rsidR="0083331A" w:rsidRPr="0083331A" w:rsidRDefault="0083331A" w:rsidP="001C025A">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6572213D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6672142C" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417CD538" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0C9B22" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17A866BC" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3279E5AE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D4E0F87" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+    <w:p w14:paraId="096D2493" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="240"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc213853033"/>
-      <w:r w:rsidRPr="008B7358">
+      <w:bookmarkStart w:id="1" w:name="_Toc223009637"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc223011199"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc223436531"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc223436603"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc213853033"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc222309431"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222474766"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Hygien- och städrutiner vid Influensa, Sars-Cov2, MRB, tarminfektioner, Acinobakter och blodburen smitta</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+        <w:t xml:space="preserve">Hygien- och städrutiner (dagligt städ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>slutstäd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och städ vid smitta) på IVA och IMA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="26B6851D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="3B20BF25" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc222309432"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc222474767"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc223009638"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc223011200"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc223436532"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc223436604"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="58E7C95D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="7251BA91" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t xml:space="preserve">Länkar till vårdhygiens rutiner som ska följas. Kvar blir endast tillägg som är specifikt för IVA och IMA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446F3B7F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
+          <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc181866758"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc223436605"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="36"/>
+          <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    </w:p>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:bookmarkStart w:id="17" w:name="_Toc72840807" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="18" w:name="_Toc223436533" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="19" w:name="_Toc223011201" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="20" w:name="_Toc223009639" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="21" w:name="_Toc222474768" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="22" w:name="_Toc222309433" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="23" w:name="_Toc181866758" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:id w:val="1128123208"/>
+        <w:id w:val="-1430656822"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="4F24DB83" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="7A4A437C" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="142"/>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00ED3EC5">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00ED3EC5">
+            <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00ED3EC5">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0E0BEFC6" w14:textId="74BD1FE4" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="008B7358">
-[...16 lines deleted...]
-          </w:r>
+          <w:hyperlink w:anchor="_Toc223436606" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Bakgrund och syfte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436606 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54060B8D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="7AFA3EFD" w14:textId="198BA240" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853034" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436607" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Förändringar sedan föregående version</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853034 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436607 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06F60DB2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="6D4F7BB9" w14:textId="0A18E60F" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853035" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436608" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Innehållsförteckning</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>MRSA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853035 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436608 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2878279A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="1D4A6650" w14:textId="3F5C8E88" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853036" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436609" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Bakgrund och syfte</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Clostridioides difficile (tidigare Clostridium)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853036 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436609 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="249412CB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="4A43D983" w14:textId="1932AD98" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853037" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436610" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Förutsättningar</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Virusorsakad gastroenterit (t.ex. Calici)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853037 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436610 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FA1B309" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="27FC5740" w14:textId="1B197090" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853038" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436611" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Utförande</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>VRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853038 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436611 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="595E5070" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="16ABF1DE" w14:textId="6253F541" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853039" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436612" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Patientrummet</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>ESBL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853039 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436612 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1240AF4F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="5D6A8D4A" w14:textId="4F8C12AD" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853040" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436613" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Sköljrummet</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>ESBL carba</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853040 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436613 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56921C46" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="5BBB4033" w14:textId="0094C2EE" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853041" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436614" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Utstädning av patientrum</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>Blodburen smitta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853041 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436614 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E539A92" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="399AC915" w14:textId="73447771" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853042" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436615" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Engångsmaterial</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>Skabb och Löss</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853042 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436615 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="285DB785" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="0220FB55" w14:textId="33976C86" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853043" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436616" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Kraftigt förorenad tvätt</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Influensa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853043 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436616 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E56330C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="4656910B" w14:textId="77D2A16E" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853044" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436617" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Definition</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>RS-virus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853044 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436617 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BF12302" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="02073070" w14:textId="2B4DB13F" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853045" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436618" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Hantering</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>Sars-Cov2- Covid-19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853045 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436618 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2CD8E0CA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="68D9F035" w14:textId="40C6D8ED" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="567" w:right="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853046" w:history="1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436619" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>MRSA</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Lungtuberkulos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853046 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436619 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17346FCA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="0BE111F4" w14:textId="1A0D5047" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-            <w:ind w:left="480"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853047" w:history="1">
-[...164 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+          <w:hyperlink w:anchor="_Toc223436620" w:history="1">
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Clostridioides difficile (tidigare Clostridium)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc213853049 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223436620 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B7358">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:r w:rsidR="00114655">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E2AB5F2" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:p w14:paraId="547A68F3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
           <w:pPr>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
             </w:tabs>
-            <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-            </w:rPr>
+            <w:spacing w:line="240" w:lineRule="auto"/>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc213853050" w:history="1">
-[...3096 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidRPr="00ED3EC5">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="05F4BEBB" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
-[...11 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="77190BAA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...19 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc181866759"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc222309434"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc223436606"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E16D59" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skapa en enhetlig städrutin på vårdrummen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612CBB15" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förhindra och minska smittspridning samt att det ska finnas en enhetlig städrutin av patientrummen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1206F9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...40 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc222309435"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc223436607"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="2AA238FA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Följ länkade rutiner till vårdhygien och/eller Vårdhandboken. Information under vardera smittan är endast tilläggsinformation specifikt för IVA och IMA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C70A357" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...35 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...47 lines deleted...]
-    <w:p w14:paraId="21EA6E88" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        </w:rPr>
+        <w:t>Basala hygienrutiner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7837163F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...142 lines deleted...]
-    <w:p w14:paraId="2A52632E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Basala hygienrutiner är den absolut viktigaste åtgärden för att förebygga smittspridning i vården. De ska konsekvent tillämpas i alla vårdsituationer av all personal, oavsett diagnos och vårdgivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745D6053" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...1649 lines deleted...]
-        <w:t>Länk till rutin</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="008B7358">
+        <w:r w:rsidRPr="00ED3EC5">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>: ESBL carba</w:t>
+          <w:t>Basala hygienrutiner - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C449DD3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+    <w:p w14:paraId="3D4550A8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="0F67773B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid omvårdnad av alla patienter gäller strikta basala hygienrutiner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2734044A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Noga handdesinfektion före och efter direkt kontakt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11955AC2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Engångsplastförkläde. Vid våt eller smutsig arbetsdräkt skall den bytas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C79015" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Handskar enbart vid smutsigt arbete. Med smutsigt arbete menas risk för att komma i kontakt med kroppsvätskor. Använd visir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EF33AB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sitt ALDRIG i patientens säng.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9E103E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ta inte in för mycket material på salen, överblivet måste slängas när patienten blir utskriven.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E214A7" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc222309436"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Städning av patientrummet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="2C3F4DB8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städning av rummet enligt nedan sker även vid smitta. Information under vardera smittan längre fram i rutinen är tilläggsinformation. Personalen på patientrummet ansvarar för att informera personal från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>regionservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om eventuell smitta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139559D9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid all städning är det extra viktigt med mekanisk rengöring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A490AD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4F3B8D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daglig städning två gånger per dygn, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, av alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med mekanisk rengöring. Detta utförs med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. Med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> menas alla ytor som vi vidrör med våra händer, såsom handtag, säng, sängbord, databord, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>datamus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>framförallt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telefonerna. Infusionspumpar får inte glömmas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AC6FFB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid hårt smutsad yta eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>blodspill</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvättas ytan först av med vatten och rengöringsmedel, sedan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1750CF45" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Akutspill på golvet torkas upp omgående. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122C50CD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Fjärrkontrollen förvaras i genomskinlig plastpåse som byts varje dag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49248DEE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golvet i patientrummet städas av personal från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>regionservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> varje dag. Vid behov samt vid synlig smuts skall detta även utföras av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A65CBEA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engångstrasor ska inte doppas i hinken utan flera används och slängs i röd påse. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4C8B6D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sop-/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tvättsäckar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slängs direkt i sopnedkastet eller på vagnen, får inte bli liggande på golvet eller i korridoren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698DB002" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc222309437"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sköljrummet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="7BA62DA4" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> torkas dagligen med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ydesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. Personal från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>regionservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> städar golvet varje dag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3131E284" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc222309438"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="61CBB832" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Slutstädning av patientrum sker enligt checklista med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6632A0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Golvet i patientrummet kan med fördel städas av personal från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>regionservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om de ännu ej utfört den dagliga städningen. Har den dagliga städningen redan skett torkas golvet vid behov av vårdpersonal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB10382" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc222309439"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Engångsmaterial</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="17E074D6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sugkatetrar slängs. Släng översta lagret med handskar och förkläden och torka av ytterförpackningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EEEAB8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Flergångsmaterial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AF586E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Flergångsinstrument såsom bäcken, urinflaskor ska köras i diskdesinfektion på intensivprogran direkt efter varje användning. Kontrollera att de är rena efter körning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E047A9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De utensilier som inte tål värme ska noga desinfekteras med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1429CDC1" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc222309440"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F55C22B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Tvätt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="22C710CD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätt som inte är kraftigt förorenad slängs i vit säck som står inne i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sköljen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DC4EFB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kraftigt förorenad tvätt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CECA1A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="680693C8" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Textilier som är kraftigt förorenade av blod och kroppsvätskor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2C15E5" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5F604748" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Textilier som använts av patienter med löss och skabb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6950D2D9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="16803864" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Textilier som förorenats med Cytostatika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB5B4CF" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Textilierna skall läggas en och en i upplösningsbar säck och förslutas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E64B35" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Den lösningsbara säcken placeras i gul plastsäck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADFFA35" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Märk säcken med tuschpenna: Sjukhus och Avdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8EA7CF" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc222309443"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc223436608"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>MRSA</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="24C880E6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>MRSA - Vårdhygieniska aspekter</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B05C315" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6719DA10" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Så länge det inte finns ett positivt provsvar så behandlas patienten som negativ. Tillexempelvis vid MRB-screening av patient från annat sjukhus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CF850E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Meddela vårdhygien vid inläggning av känd MRSA-bärare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653063D8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc222309444"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="50002447" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
-[...51 lines deleted...]
-    <w:p w14:paraId="68575FAC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+    <w:p w14:paraId="0C7335AE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enligt ovan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADF1061" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc222309445"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="1A842D9C" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD68160" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2E398F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B62FC30" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F71A416" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc222309446"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc223436609"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Clostridioides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>difficile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (tidigare Clostridium)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="25B0DA5A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till Vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Clostridioides</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>difficile</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0CB579ED" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29133AA9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7AFE4018" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc222309447"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="61BE3CC2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="06EDC72B" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Incidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2DD6BC" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Då patienten är symtomfri skall rummet slutstädas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Incidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> även om patienten skall ligga kvar på IVA/IMA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B93D898" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc222309448"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="61E90114" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc222309449"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>utstädning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Incidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DB4F81" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7285EFA3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17473003" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210996DE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc223436610"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6AFE6634" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Virusorsakad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>gastroenterit</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Calici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="07ED89D6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="3CA3D1D3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Virusorsakad </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>gastroenterit</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - vårdhygieniska aspekter.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3ECD7949" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="3265A955" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB2B53E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc222309450"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...106 lines deleted...]
-    <w:p w14:paraId="7D5278A0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="41DFEF8E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc222309451"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Incidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F5E0F2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-      <w:r w:rsidRPr="008B7358">
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="61C36CE4" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc222309452"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>utstädning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Incidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213563E3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1845B503" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453DFABF" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C9563D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc223436611"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>VRE</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="47FE4EBB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Vancomycinresistenta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> enterokocker (VRE) - vårdhygieniska aspekter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="021F3D6B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0383F16A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="5FEA84C4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc222309454"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="77D1242F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="42F429BF" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, med vatten och rengöringsmedel och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D660425" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB9CB58" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc222309455"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="1BBAC8E3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B95EBD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng allt engångsmaterial så som handskar, plastförkläden och sugkatetrar. Glöm ej underlägg och blöjor i skåpet på sal.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D74744B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079E2FDA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9E6010" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D8238D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc222309456"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc223436612"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2BF2565C" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ESBL</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="66D8949D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ESBL - vårdhygieniska aspekter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1DCA3450" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...91 lines deleted...]
-    <w:p w14:paraId="1D6D3766" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Patienter kan vårdas med öppen dörr utan egen avsatt personal. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se vårdhygiens rutin för hur man skall tänka om patienten blir såpass pigg att hen kan mobiliseras utanför rummet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71459C67" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc222309458"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...68 lines deleted...]
-    <w:p w14:paraId="40A642FD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="168E163A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...80 lines deleted...]
-    <w:p w14:paraId="6B219D23" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Toc222309459"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, med vatten och rengöringsmedel och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F77DD1" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. Släng alla sugkatetrar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A2B775" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="0564D900" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc222309460"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E59225" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A24514F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E502290" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334AA024" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Toc223436613"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...41 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESBL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>carba</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="50EE56E6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ESBLcarba</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="62889CE1" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc222309461"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörren skall vara stängd, helst med avsatt personal till den smittsamma patienten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF75016" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc222309462"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="03C8287F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc222309463"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, med vatten och rengöringsmedel och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C65512" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng översta lagret av handskar samt plastförkläde och torka av ytterförpackningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BA7193" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="62A3ECAB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc222309464"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BB34E9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Släng allt engångsmaterial så som handskar, plastförkläden och sugkatetrar. Glöm ej underlägg och blöjor i skåpet på sal.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E9B1DA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa även undersidan av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torkyhållaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt torka av taggarna där pappret rivs av. Tvål och spritbehållare rengörs noggrant. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5558BE8D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Byt överdrag till kilar samt ”ben”-kudden och skicka för tvätt. De läggs i upplösningsbar påse och skickas med madrassöverdrag till tvätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48931691" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVA/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IMAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blå huvudkuddar rengörs som övrig utrustning och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>skickas ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till tvätten i Alingsås. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD58F5E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6878266F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc222309467"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc223436614"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Blodburen smitta</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="14E9E90F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6467674F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till Vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Blodburen smitta - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C9EAB1B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6DF32C9F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skär- och stickskador utgör den största risken för överföring av blodburen smitta i vården. Med förebyggande arbetsrutiner är risken för blodburen smitta mycket liten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E170FAA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Allt blod ska betraktas som potentiellt smittsamt, p.g.a. följande:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C0B31D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="19B65D73" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienter kan vara asymtomatiska smittbärare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA44EE0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Det kan finnas smittämnen som sprids via blod men för vilka analysmetoder ännu saknas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4672E495" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc222309468"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Smittöverföringsvägar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="40B7EFB0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1DEEF447" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Stick- eller skärskada med föremål förorenade med blod eller annan kroppsvätska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B72F852" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Direkt blodkontakt på slemhinnor (öga, näsa, mun)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AD4346" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Direkt blodkontakt på eksem eller blödande sår.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FA940A" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allt spill av blod-/kroppsvätskor och utsöndringar torkas upp med vatten och rengöringsmedel och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290E4C01" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kraftigt nedblodat avfall läggs i gul riskavfallsburk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24868C52" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Övrigt avfall slängs i röd säck.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C1E3FA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="_Toc222309469"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc223436615"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Skabb och Löss</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w14:paraId="2153E4E2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till Vårdhandboken - Skabb </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Översikt - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2A807DA2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Huvudlöss - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1E6066ED" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Personal som vårdar dessa patienter skall använda långärmad skyddsrock för att förhindra smittspridning till sig själv och vidare till andra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735958FA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="_Toc222309470"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc223436616"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Influensa</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w14:paraId="45B76894" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienter kan vårdas med öppen dörr utan egen avsatt personal enligt VeÖL. Detta är ett avsteg från vårdhygiens rekommendationer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2833D60D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Influensa är en mycket smittsamt akut virussjukdom även vid milda symtom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A773DB" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smittväg: Huvudsakligen via droppsmitta i form av små droppar som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>framförallt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bildas under hosta och nysning och har en räckvidd på ca 1 meter (en armlängds avstånd) Smittan överförs sedan till luftvägarna via mun, näsa och/eller ögon hos nästa person.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E148F2C" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Smittspridning kan även ske såsom direkt eller indirekt kontaktsmitta via händerna. Influensavirus kan leva på ytor och textilier i 48 timmar. Smittspridningen kan därför ske vid kontaminering av ytor, textilier eller omgivning vid bristande handhygien. Vårdmoment som kan medföra aerosolbildning utgör en särskild smittrisk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C55311" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Toc222309471"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="731E02D5" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Skyddsutrustning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="4E1082F9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="615FAAAD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc222309472"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Visir i kombination med munskydd IIR vid patientnära arbete (2m). Vid aerosolbildning används andningsskydd FFP 2/3 i kombination med visir/skyddsglasögon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7D7574" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Åtgärder som kan medföra aerosolbildning till exempel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>endotrakeal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intubering och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>extubering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>trakeotomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>trakeostomivård</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, icke-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>invasiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ventilering (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>BiPAP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>- och CPAP-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Akutspill torkas upp omgående. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E238E15" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:t>behandling), hjärt-lung-räddning, handventilering, provtagning från nedre luftvägar och bronkoskopi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0FCBAA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="562EF5A3" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daglig städning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="7B052181" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:bookmarkStart w:id="72" w:name="_Toc222309473"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t xml:space="preserve"> avtorkas 2 ggr dagligen, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t>t ex</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t xml:space="preserve"> morgon och kväll, med vatten och rengöringsmedel och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:t xml:space="preserve"> 75 Plus. Var noga med mekanisk rengöring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE34F85" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Slutstädning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w14:paraId="416E6C52" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc222309474"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443E58CF" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Toc223436617"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>RS-virus</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="629248F4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="26E1E0EE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="21059135" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till vårdhygiens rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>RS-virus - vårdhygieniska aspekter.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="17AD5F4C" w14:textId="598AE462" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="3E71564F" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienter kan vårdas med öppen dörr utan egen avsatt personal enligt VeÖL. Detta är ett avsteg från vårdhygiens rekommendationer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712D998F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc222309475"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="780214D7" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="7D68F091" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se rutin från vårdhygien. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE1E0FD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc222309476"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="02E67378" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="1D811C8F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="3C118AAD" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> torkas av två gånger per dag, exempelvis morgon och kväll, först med rengöringsmedel och vatten sedan med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D315AD5" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Toc222309477"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0801EA1D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="6976A91E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4C7F1727" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc222309478"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0842DAF7" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc223436618"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Sars-Cov2- Covid-19</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="42A80AFC" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="07D6DAE6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="43BA3AE4" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till regional rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Vårdhygien - Covid-19.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="589860A0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="6538972A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Toc222309479"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienter kan vårdas med öppen dörr utan egen avsatt personal enligt VeÖL. Detta är ett avsteg från vårdhygiens rekommendationer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BFC75E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="33106962" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="20505AE9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se regional rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BC567D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc222309480"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="17A7A946" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w14:paraId="654EDBF0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="569A6624" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Toc222309481"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> torkas av två gånger per dag, exempelvis morgon och kväll, först med rengöringsmedel och vatten sedan med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5880EC" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7C4D4DD0" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w14:paraId="6756A570" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="25F1673A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Toc222309482"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0215B360" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="_Toc223436619"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Lungtuberkulos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3911D65E" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w14:paraId="2E4ED868" w14:textId="141211AE" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="138681D9" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Länk till Vårdhandboken </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Tuberkulos - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienten vårdas på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IVAs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> isoleringsrum (sal 2). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D0D26B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Toc222309483"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2A302BCA" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w14:paraId="63251508" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="150CA294" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Använd andningsskydd FFP3. Vid risk för stänk vid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bronkoskopi används även visir. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A4BCA9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="_Toc222309484"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-      <w:r w:rsidRPr="008B7358">
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C5B21A" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+    <w:p w14:paraId="20A44B15" w14:textId="7DB46EA5" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patientnära ytor torkas av två gånger per dag, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> morgon och kväll, först med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 plus. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Golvet torkas av </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B7358">
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">vårdpersonal </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B7358">
-[...6 lines deleted...]
-    <w:p w14:paraId="1E0E1B13" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">varje dag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E130AE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Toc222309485"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Slutstädning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1E317B4D" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w14:paraId="63B91535" w14:textId="4F4C7433" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="0E971E76" w14:textId="77777777" w:rsidR="008B7358" w:rsidRPr="008B7358" w:rsidRDefault="008B7358" w:rsidP="008B7358">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När patienten skrivs ut från IVA/IMA skall en mycket noggrann slutstädning göras av all använd utrustning samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ndningsskydd skall användas vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>slutstäd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6F8EA2" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc222309486"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc223436620"/>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="26"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Källförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008B7358">
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w14:paraId="3C6D0B66" w14:textId="3F910706" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Folkhälsomyndigheten </w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NU-sjukvårdens övergripande rutiner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Regionala rutiner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vårdhandboken</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Rutntstabell5mrkdekorfrg6"/>
+        <w:tblW w:w="11624" w:type="dxa"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="3685"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="39A8B083" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495E1DCB" w14:textId="1DF728DE" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Smitta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA9D8ED" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen/stängd dörr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F3D052" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Att tänka på</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="448B938F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Städ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="375E20DD" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17886A15" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MRSA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675A6EF5" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stängd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135FAA36" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Informera vårdhygien vid inläggning av känd bärare.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5811A119" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daglig: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ytdesinfektion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 75 plus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Smittdstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="5449B8E7" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311F7D87" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clostridioides</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>difficile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="201F6336" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stängd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2DC6D0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Händer tvättas först med tvål och vatten och sedan handdesinfektion. Viktigt med mekanisk rengöring!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A30FC3E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daglig: Rengöringsmedel och vatten och därefter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Incidin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Virkon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Rengöringsmedel och vatten och därefter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Incidin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Virkon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="3CDE122E" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4762B7" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virusorsakad </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gastroenterit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calici</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Norovirus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Rotavirus, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sapovirus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och Adenovirus)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA2D66D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stängd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E090C88" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Händer tvättas först med tvål och vatten och sedan handdesinfektion. Viktigt med mekanisk rengöring!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C329DD6" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daglig: Rengöringsmedel och vatten och därefter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Incidin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Virkon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Rengöringsmedel och vatten och därefter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Incidin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Virkon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="0BC5B9BB" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6C36DE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0881B96B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stängd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B2FE62" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Viktigt med mekanisk rengöring!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D5DE81" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="023FF955" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B72FD9F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ESBL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45788990" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C423A1F" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Viktigt med mekanisk rengöring!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BC84D0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="7D1380A5" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4CD638" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESBL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>carba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC2FFDA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stängd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDE597D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Viktigt med mekanisk rengöring!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391BDDA9" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="4E27D125" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703B3B7D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Blodburen smitta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B662CDD" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HIV, Hepatit B+C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D3D6E8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE833BC" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1588A4" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="13EC3766" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688F62EA" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Influensa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD2891E" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE32322" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visir i kombination med munskydd IIR vid patientnära arbete (2m). Vid aerosolbildning: Andningsskydd FFP 2/3 i kombination med visir/skyddsglasögon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C7A405" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="34A79373" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="681606E3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RS-virus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30133391" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAE1A3D" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visir i kombination med munskydd IIR vid patientnära arbete (2m). Vid aerosolbildning: Andningsskydd FFP 2/3 i kombination med visir/skyddsglasögon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11318AD4" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="1C11F273" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD0719B" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Covid-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A2FE15" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FA3D00" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visir i kombination med munskydd IIR vid patientnära arbete (2m). Vid aerosolbildning: Andningsskydd FFP 2/3 i kombination med visir/skyddsglasögon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C030CE0" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="518967DF" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778EF007" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lungtuberkulos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419B3CF8" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Isoleringsrum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7EDCD1" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FFP3. Visir vid risk för stänk. Andningsskydd även vid </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEA3F40" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w14:paraId="5B56B199" w14:textId="77777777" w:rsidTr="00E115FD">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F62A5E3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="57"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bocavirus, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metapneumovirus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Parainfluensa, Rhinovirus, Enterovirus, övriga Coronavirus, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mykoplasma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pneumoniae</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chlamydophila</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pneumonie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/ TWAR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2682C112" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Öppen (enl. VeÖL IVA/IMA)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01358D95" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/heltäckande visir används vid nära kontakt. Vid aerosolbildning, andningsskydd FFP 2/3 i kombination med visir/skyddsglasögon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E854FE3" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="-57"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Daglig: Smittstäd på IVA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Slutstäd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED3EC5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Smittstäd på IVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="27E822CF" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Smittstäd på IVA:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rengöringsmedel och vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75 Plus är rengörande och innehåller tensid och är därför den som skall användas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8C2C14" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Läs rutinen ”Hygien- och städrutiner” för mer information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F83BCAE" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vårdgivaren ska organisera vården på ett sådant sätt så att den är säker för patienter, personal och besökare. Extern personal som till exempel konsulter, lokalvårdare och fysioterapeuter ska föra dialog med vårdenhetens personal innan de går in till patienter, för att få upplysning om det </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>utöver </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00ED3EC5">
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>basala hygienrutiner </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>finns särskilda rutiner för patienter med aktuella smittor eller infektionskänslighet (Vårdhandboken).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEA28A4" w14:textId="77777777" w:rsidR="00ED3EC5" w:rsidRPr="00ED3EC5" w:rsidRDefault="00ED3EC5" w:rsidP="00ED3EC5">
+      <w:pPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denna lathund är en sammanställning från </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>IVAs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED3EC5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> egen rutin men även rutiner från vårdhygien. Vissa avsteg är gjorda i samråd med VeÖL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6414594B" w14:textId="77777777" w:rsidR="00673099" w:rsidRPr="00587911" w:rsidRDefault="00673099" w:rsidP="00587911"/>
+    <w:sectPr w:rsidR="00673099" w:rsidRPr="00587911" w:rsidSect="00170C37">
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1851F64C" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A46E945" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
@@ -9556,50 +9386,163 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00B70A7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="808CDC18"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9668,51 +9611,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9781,51 +9724,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9894,51 +9837,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10007,51 +9950,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10121,51 +10064,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10234,51 +10177,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BA75187"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="422033B4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10347,51 +10290,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31251B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4850B834"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10460,51 +10403,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10600,51 +10543,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39CB5D1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A712F89C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10713,51 +10656,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B47408C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8206CA2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10826,51 +10769,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10940,51 +10883,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11053,51 +10996,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11194,51 +11137,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47584D48"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16A29BC0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE24168"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F36D106"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11307,51 +11363,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11420,51 +11476,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11534,51 +11590,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11647,51 +11703,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CEE42EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6D696BA"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -11760,51 +11929,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74C16076"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC5E0312"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11873,51 +12155,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11987,211 +12269,226 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="651179025">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="617836503">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1514567180">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="811023186">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="125589273">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1286933924">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="565267629">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1282303882">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1682850902">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2068452981">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1800030307">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1984777037">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1272476395">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="935749585">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2085683950">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="216745937">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1424956115">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1951812731">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1628077875">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2120685817">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1330064913">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="935749585">
+  <w:num w:numId="22" w16cid:durableId="141121324">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2085683950">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="23" w16cid:durableId="66461402">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="216745937">
+  <w:num w:numId="24" w16cid:durableId="1419986509">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1087728168">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1424956115">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="26" w16cid:durableId="144056381">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1951812731">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="27" w16cid:durableId="1994941142">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1628077875">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="28" w16cid:durableId="1544560508">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="18433" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004811"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="000057E9"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="000078A2"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="0003145E"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="0003605C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056D51"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000614D2"/>
+    <w:rsid w:val="00064D79"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000758CC"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A683E"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C76A4"/>
     <w:rsid w:val="000D1D30"/>
     <w:rsid w:val="000D7CC0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F1C4A"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00113599"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00114655"/>
     <w:rsid w:val="00117973"/>
     <w:rsid w:val="00122A15"/>
     <w:rsid w:val="00125A53"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00133EDF"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001414EB"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00154CA0"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="0016417B"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00165DB9"/>
     <w:rsid w:val="00165F16"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00170C37"/>
     <w:rsid w:val="00181FDC"/>
@@ -12205,50 +12502,51 @@
     <w:rsid w:val="001B5047"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C025A"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001C7264"/>
     <w:rsid w:val="00206FC1"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00224618"/>
     <w:rsid w:val="00226415"/>
     <w:rsid w:val="00231F81"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="0024585A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00287546"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A4B45"/>
     <w:rsid w:val="002A7517"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B12C4"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D3CBC"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E3601"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00313D80"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
@@ -12326,50 +12624,51 @@
     <w:rsid w:val="004E095F"/>
     <w:rsid w:val="004F280E"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="0050404F"/>
     <w:rsid w:val="005045FB"/>
     <w:rsid w:val="00504F00"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00515E3B"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00563AE6"/>
     <w:rsid w:val="00564A47"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00587911"/>
     <w:rsid w:val="0059201F"/>
     <w:rsid w:val="00593AC1"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E42B1"/>
     <w:rsid w:val="005F46DC"/>
     <w:rsid w:val="006024A7"/>
     <w:rsid w:val="00603C7E"/>
     <w:rsid w:val="00605085"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="0061687D"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
@@ -12407,54 +12706,56 @@
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E6EE7"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F15D6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="007264BA"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741649"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="007611DF"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A667A"/>
     <w:rsid w:val="007B6527"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D663D"/>
     <w:rsid w:val="007E5622"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F791A"/>
     <w:rsid w:val="008139D1"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00822EA4"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00833233"/>
     <w:rsid w:val="008332A5"/>
     <w:rsid w:val="0083331A"/>
     <w:rsid w:val="00835258"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00836161"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008527A8"/>
     <w:rsid w:val="0085530F"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00861BAC"/>
     <w:rsid w:val="0086357D"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
@@ -12629,50 +12930,51 @@
     <w:rsid w:val="00E017D5"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E24AA2"/>
     <w:rsid w:val="00E50695"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E7416A"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E82630"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA48FB"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED3EC5"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE383F"/>
     <w:rsid w:val="00EE7DC5"/>
     <w:rsid w:val="00F154B4"/>
     <w:rsid w:val="00F20AA7"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F46929"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC1466"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
@@ -12683,51 +12985,51 @@
     <w:rsid w:val="1BCC8B4E"/>
     <w:rsid w:val="305E5ADE"/>
     <w:rsid w:val="5AAE8852"/>
     <w:rsid w:val="5F8F168A"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="18433" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{CB194BFB-1C25-452A-9D0C-ECED26BD3E46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
@@ -15288,50 +15590,153 @@
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0083331A"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0083331A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg6">
+    <w:name w:val="Grid Table 5 Dark Accent 6"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00ED3EC5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2EFF4" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C6E0E9" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -15364,51 +15769,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-17/surrogate/MRSA.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-3/surrogate/ESBLcarba.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/loss/huvudloss/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-11/surrogate/ESBL%20-%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-8/surrogate/Vancomycinresistenta%20enterokocker%20(VRE)%20%e2%80%93%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/skabb/oversikt/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/tuberkulos/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-23/surrogate/Virusorsakad%20gastroenterit%20-%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-915/surrogate/V%c3%a5rdhygien%20-%20Covid-19.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/blodburen-smitta/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/infektioner-i-magtarmkanalen/clostridium-difficile/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-19/surrogate/RS-virus%20-%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15703,77 +16108,77 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>26504</Characters>
+  <Pages>13</Pages>
+  <Words>2518</Words>
+  <Characters>18972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>220</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30165</CharactersWithSpaces>
+  <CharactersWithSpaces>21448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="636" baseType="variant">
       <vt:variant>
         <vt:i4>7733287</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>633</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/26149?a=false&amp;guest=true</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376308</vt:i4>
       </vt:variant>
@@ -17651,36 +18056,36 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc213853034</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Hygien- och städrutiner vid MRSA, Clostridium, Calici, VRE, ESBL, Acinobakter, HIV och Hepatitsmitta</dc:title>
+  <dc:title>Hygien-och städrutiner (dagligt städ, slutstäd och städ vid smitta) på IVA och IMA </dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>57</revision>
+  <revision>63</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>