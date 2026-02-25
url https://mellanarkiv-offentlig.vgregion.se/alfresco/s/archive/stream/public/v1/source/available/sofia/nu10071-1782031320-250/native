--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -1,6872 +1,10280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4D5576B1" w14:textId="77777777" w:rsidR="00B239A7" w:rsidRDefault="00B239A7" w:rsidP="00F35B05">
-[...385 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabellrutnt"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblW w:w="9423" w:type="dxa"/>
+        <w:tblInd w:w="-214" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2410"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="2722"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F63FA" w14:paraId="4D45E296" w14:textId="77777777" w:rsidTr="00BC7C9B">
+      <w:tr w:rsidR="00BC1E87" w:rsidRPr="00046756" w14:paraId="36D77190" w14:textId="77777777" w:rsidTr="00645D67">
         <w:trPr>
-          <w:trHeight w:val="384"/>
+          <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B239A7">
+            <w:tcW w:w="3895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6499D931" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Rutin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D2E0E47" w14:textId="794EFAE7" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:t>Generella direktiv om läkemedelsbehandling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7258322E" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Gäller vid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE6C60E" w14:textId="0DE342E1" w:rsidR="00CF5F6A" w:rsidRPr="00CF5F6A" w:rsidRDefault="00CF5F6A" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="A6A6A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7ED0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Infektionskliniken, NU-sjukvården</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3249087D" w14:textId="7612B365" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC1E87" w:rsidRPr="00046756" w14:paraId="5AF77198" w14:textId="77777777" w:rsidTr="00645D67">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="022C661A" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Revideras årligen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C559D2D" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDE2D8C" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Innehållsansvarig (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>sign</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145189A8" w14:textId="77777777" w:rsidR="00983130" w:rsidRDefault="00983130" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="763D8786" w14:textId="77777777" w:rsidR="00983130" w:rsidRDefault="00983130" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57B83A5E" w14:textId="77777777" w:rsidR="00983130" w:rsidRDefault="00983130" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C96B0F4" w14:textId="77777777" w:rsidR="00983130" w:rsidRDefault="00983130" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B7BCE38" w14:textId="77777777" w:rsidR="00983130" w:rsidRPr="00BC1E87" w:rsidRDefault="00983130" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A32976" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Godkänd / Fastställd av (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>sign</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E320BF" w14:textId="77777777" w:rsidR="00A635AF" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...11 lines deleted...]
-              <w:ind w:left="0" w:hanging="32"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
               <w:rPr>
                 <w:b/>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gäller fr o m </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="297A7C18" w14:textId="4C786141" w:rsidR="0007678E" w:rsidRPr="0007678E" w:rsidRDefault="0007678E" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...12 lines deleted...]
-                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-02-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00510CC5">
+              <w:rPr>
                 <w:bCs/>
-              </w:rPr>
-[...29 lines deleted...]
-              <w:t>Anmärkning</w:t>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004852D7" w14:paraId="6B0D6AA3" w14:textId="77777777" w:rsidTr="00BC7C9B">
+      <w:tr w:rsidR="00BC1E87" w:rsidRPr="00046756" w14:paraId="2536B450" w14:textId="77777777" w:rsidTr="00645D67">
         <w:trPr>
-          <w:trHeight w:val="3052"/>
+          <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CDBBFE" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Arkiv: Bevaras</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB1EF11" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE1A38C" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Namnförtydligande och titel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520C6981" w14:textId="77777777" w:rsidR="00A635AF" w:rsidRDefault="004E5E80" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00672C77">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Anders Winstrand</w:t>
+            </w:r>
+            <w:r w:rsidR="006C7ED0" w:rsidRPr="00672C77">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, överläkare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E6E293" w14:textId="77777777" w:rsidR="00A81868" w:rsidRDefault="00A81868" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="412D3951" w14:textId="017732F0" w:rsidR="00983130" w:rsidRPr="00A635AF" w:rsidRDefault="00A81868" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...2292 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Emelie Bjurström, specialsjuksköterska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFC9F9B" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Namnförtydligande och titel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C83EC94" w14:textId="1BFE9355" w:rsidR="00BC1E87" w:rsidRPr="004E5E80" w:rsidRDefault="004E5E80" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B01B0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Erika Axelsso</w:t>
+            </w:r>
+            <w:r w:rsidR="006C7ED0" w:rsidRPr="006B01B0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>n, verksamhetschef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C17B991" w14:textId="079F833A" w:rsidR="00BC1E87" w:rsidRPr="00BC1E87" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sida </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0025679C">
-[...489 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00BC1E87">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD08AE">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="785C3CE0" w14:textId="77777777" w:rsidR="00B239A7" w:rsidRPr="00B239A7" w:rsidRDefault="00B239A7" w:rsidP="00222854">
+    <w:p w14:paraId="30E2E2B5" w14:textId="40513C28" w:rsidR="00743D39" w:rsidRDefault="00BC1E87" w:rsidP="0072077B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>Generella direktiv om läkemedelsbehandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2734D8FE" w14:textId="77777777" w:rsidR="00743D39" w:rsidRPr="00771324" w:rsidRDefault="00743D39" w:rsidP="00B23A83">
+      <w:pPr>
+        <w:ind w:right="-851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00771324">
+        <w:t>Endast läkare får ordinera läkemedel enligt generella direktiv (GO). Ordinationen omfattar läkemedel som får ges av sjuksköterska efter behovsbedömning utan kontakt med läkare. Sjuksköterskan ska kontrollera indikation och kontraindikationer, att överkänslighet inte föreligger samt att aktuellt läkemedel inte redan är ordinerat eller nyligen utsatt. Sjuksköterskan ska även dokumentera ordinationen inklusive behovsbedömningen i journalen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C11EB33" w14:textId="44BE856E" w:rsidR="00743D39" w:rsidRPr="00771324" w:rsidRDefault="00743D39" w:rsidP="00743D39">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="AEAAAA"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5809" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="1143"/>
+        <w:gridCol w:w="874"/>
+        <w:gridCol w:w="1021"/>
+        <w:gridCol w:w="1681"/>
+        <w:gridCol w:w="2471"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003812CD" w:rsidRPr="004F32A9" w14:paraId="522CDA5D" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A269306" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Läkemedel, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E30EE5" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>läkemedelsform,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35BF2622" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-212"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>styrka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0126B003" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1277"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-70"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dos:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="443B0568" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1277"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-70"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>enhet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>volym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="274B47F7" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>gånger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0E14A43A" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">per </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dygn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48ED0236" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Maxdos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477AB3D9" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="355"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">per </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49526AB1" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="355"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dygn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D3E07D" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="355"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="50581398" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-70"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adm. sätt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2085B273" w14:textId="77777777" w:rsidR="00645D67" w:rsidRPr="004F32A9" w:rsidRDefault="00645D67" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anvisning med indikation, kontraindikation, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>max antal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tillfällen </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441BAE3C" w14:textId="77777777" w:rsidR="00645D67" w:rsidRPr="004F32A9" w:rsidRDefault="00645D67" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>innan läkarordination samt anmärkning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF9E7F8" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60450064" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(för införande i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Melior</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max 240 tecken)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003812CD" w:rsidRPr="004F32A9" w14:paraId="42DBD213" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A29D83" w14:textId="7924F36F" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="-354"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alvedon tablett 500</w:t>
+            </w:r>
+            <w:r w:rsidR="00A92374" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A818DCC" w14:textId="674598EC" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00537A48" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E41B16" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17299178" w14:textId="1A76B074" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD0346" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BE7193" w14:textId="0411E757" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00207655" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00207655" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gram) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1517EB19" w14:textId="485D3DDA" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00537A48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A2D7A0" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indikation: smärta, feber </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F370225" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Kontraindikation: grav leversjukdom </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5A2A4C" w14:textId="4D9148F2" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Får ges vid </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD0346" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fyra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tillfällen innan läkare ska kontaktas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A156BF8" w14:textId="6AF607A4" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: kombinera ej med andra läkemedel innehållande </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>paracetamol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DA1678" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="5BC64DA2" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="501CCA57" w14:textId="454EF945" w:rsidR="00462BE6" w:rsidRPr="009C434F" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Combivent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lösning för </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nebulisator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg/2,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8B4D29" w14:textId="01BDAB4E" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1C0AC4" w14:textId="558033DF" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00E41B16" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–4</w:t>
+            </w:r>
+            <w:r w:rsidR="00462BE6" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D5D833" w14:textId="19BFD209" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD08AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>doser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D3CB94" w14:textId="4B33A5AC" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inhal</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD08AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3635EFAB" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Luftrörsvidgande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E38332F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hypertrof</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> obstruktiv </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kardiomyopati</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D107787" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 4 doser innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003812CD" w:rsidRPr="004F32A9" w14:paraId="6228498D" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2408C14D" w14:textId="0D79EE83" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00CD0346">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cocillana-Etyfin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral lösning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEC6828" w14:textId="64617DA4" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E64C7C8" w14:textId="0C99FA2C" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B512A3D" w14:textId="6EE970D1" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD08AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CE0CD3" w14:textId="7C7982EA" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1030F4" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Svår hosta som stör nattsömnen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52CECA00" w14:textId="630AEFA0" w:rsidR="00CD0346" w:rsidRPr="004F32A9" w:rsidRDefault="00CD0346" w:rsidP="00463490">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: </w:t>
+            </w:r>
+            <w:r w:rsidR="00034217" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallbesvär. </w:t>
+            </w:r>
+            <w:r w:rsidR="00014E1B" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Andningsdepression. </w:t>
+            </w:r>
+            <w:r w:rsidR="00034217" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Anmärkning: Sederande effekt. Max </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA1678" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00034217" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tillfälle innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="6C81C903" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20170444" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Desloratadin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tablett 5 mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B55B5" w14:textId="1CB47393" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E3D2A8" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="56151899" w14:textId="0C9A020E" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD08AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="025D8DD0" w14:textId="3BB0EBA3" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A160B13" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Allergi, klåda</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB3BFAF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: Nedsatt njurfunktion, krampanfall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCD56A4" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="037618EE" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F2CCD8" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Diazepam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rektallösning 5mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A945ED" w14:textId="644741CE" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EC4534" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7427A6E4" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1st</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="303A7237" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rektalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3C6559" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: kramp</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2108D81B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B57564D" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1096C7A7" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: ta omedelbart kontakt med läkare om kramp och rektallösning ges. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="0B3CED17" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E47FED" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="009C434F" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gaviscon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>suspention</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="760C6BA7" w14:textId="3CF6D49C" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="558AED96" w14:textId="764B2C7E" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00AB70C3" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC98083" w14:textId="5E089A01" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46540671" w14:textId="4D831BAD" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="208809A0" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: halsbränna och sura uppstötningar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE5FA2C" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: kraftigt nedsatt njurfunktion. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ABB228F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 2 doser innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182980BF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: Kan sväljas ned med en liten mängd vatten.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003812CD" w:rsidRPr="004F32A9" w14:paraId="60B96341" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01290E66" w14:textId="5F394BC0" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Glukos </w:t>
+            </w:r>
+            <w:r w:rsidR="00014E1B" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">injektionsvätska </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">300mg/ml </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1A10F6" w14:textId="77777777" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00207655" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46095FCC" w14:textId="7FDCC4AD" w:rsidR="00207655" w:rsidRPr="009C434F" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10-30ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70ACDD73" w14:textId="53721D01" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B8801C" w14:textId="294C6797" w:rsidR="00207655" w:rsidRPr="009C434F" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B178B69" w14:textId="0B3316A6" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>intravenöst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEBD86D" w14:textId="30DC6FFC" w:rsidR="00207655" w:rsidRPr="004F32A9" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: hypoglykemi med medvetandepåverkan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="014C21CD" w14:textId="1220B47A" w:rsidR="00034217" w:rsidRPr="004F32A9" w:rsidRDefault="00034217" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: hyperglykemi.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Anmärkning: Läkare skall kontaktas omedelbart vid hypoglykemi. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="53708E94" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1012366E" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="009C434F" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klyx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C434F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rektallösning 1mg/ml+250mg/ml</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BED0F6" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24632D48" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>120ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCCFAAD" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B97851" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5349A17A" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rektalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC4AE4B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: obstipation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="765F5F71" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: inflammatorisk tarmsjukdom, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">tarmblödning, stopp i tarmkanalen, buksmärta av okänt ursprung. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43DD56FB" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D5EA870" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: ges rektalt med patienten liggandes på vänster sida, uppmana till att hålla kvar lösningen i ca 5min innan toabesök. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="22A254F6" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="444C4FCC" w14:textId="18285319" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Laktulos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Levolac</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral lösning 670</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mg/ml </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9E271E" w14:textId="63F0638F" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="544F73DA" w14:textId="7B2D5199" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00AB70C3" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="071C56C1" w14:textId="14A047D5" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB70C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6538D472" w14:textId="0574D321" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="503B0B4E" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: obstipation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042D8CC7" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: Buksmärta utan känd orsak, akut inflammatorisk tarmsjukdom, tarmobstruktion, sprickor eller risk för sprickor i magtarmkanalen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="627E4ECF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 2 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="33E45C1E" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D336CF4" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Laxiriva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pulver till oral lösning </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E79E89" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1påse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B9DC10" w14:textId="7A15B47B" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00537A48" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3C3A0B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3doser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8B5E95" w14:textId="06ED673B" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB868E0" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indikation: obstipation, upplösning av </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fekalom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="509C1EAF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: tarmobstruktion, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ileus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, sår i tarmväggen, svår inflammatorisk tarmsjukdom.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1051FA17" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Max 3 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F40804" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: blandas ut i ½ glas vatten.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="06DA3AC6" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5976D7EB" w14:textId="7E6064CA" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Laxoberal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> orala droppar 7,5</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F462FCF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A4DF16" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10droppar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0EFC07" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE75263" w14:textId="26B62C13" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00537A48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>droppar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7450997C" w14:textId="32EFBD51" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="531D32F1" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Obstipation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22381BFF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: akuta kirurgiska </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bukfall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, svår </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dehydrering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D96D44F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 3 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E5BD042" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="235173F5" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D332A1" w:rsidRPr="004F32A9" w14:paraId="2BA7035A" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FC4DC7" w14:textId="2A8EA0D8" w:rsidR="00D332A1" w:rsidRPr="00EB0188" w:rsidRDefault="00D332A1" w:rsidP="00D332A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Metoclopramide</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tablett</w:t>
+            </w:r>
+            <w:r w:rsidR="00014E1B" w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00014E1B" w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7840A966" w14:textId="79115FA1" w:rsidR="00D332A1" w:rsidRPr="004F32A9" w:rsidRDefault="00D332A1" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AFB3A6" w14:textId="45F6908E" w:rsidR="00D332A1" w:rsidRPr="004F32A9" w:rsidRDefault="00EB0188" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="668BE269" w14:textId="0490165A" w:rsidR="00D332A1" w:rsidRPr="004F32A9" w:rsidRDefault="00014E1B" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00537A48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D332A1" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00537A48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>= 10</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F79C0B2" w14:textId="286C1127" w:rsidR="00D332A1" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA3174A" w14:textId="77777777" w:rsidR="00D332A1" w:rsidRPr="004F32A9" w:rsidRDefault="00014E1B" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Illamående</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="696DA3AD" w14:textId="77777777" w:rsidR="00014E1B" w:rsidRPr="004F32A9" w:rsidRDefault="00014E1B" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: Epilepsi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>parkinsons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sjukdom, behandling med </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>levodopa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, om blödning, hinder eller sår i mag-tarmkanalen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE22B62" w14:textId="7A9C12F0" w:rsidR="00014E1B" w:rsidRPr="004F32A9" w:rsidRDefault="00014E1B" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 1 dos innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="1242E32A" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7517FC" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="00EB0188" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Microlax rektallösning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4325FCBB" w14:textId="6F6AFD4C" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="235D7823" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D6A743" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDB994B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rektalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F94B7ED" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: obstipation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4760C54E" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: ingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667E22BE" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1007B1F6" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: Uppmana till att hålla kvar lösningen i 5min innan toabesök. Effekt inom 5-15min</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="187BBD2B" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AD6C7C" w14:textId="4604CA5F" w:rsidR="00462BE6" w:rsidRPr="00EB0188" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Natriumklorid lösning</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mg/ml </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="16277EE8" w14:textId="0CFC4C38" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="043C440E" w14:textId="6BE07055" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00EB0188" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="170B824A" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F920303" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>inhal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8A516D" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Slemhosta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48627313" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: Ingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E58DC0" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Max 10 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="02C48093" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="348EE44C" w14:textId="3CBD53F6" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Nezeril</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> näsdroppar 0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D8FA38" w14:textId="3771349D" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pipett</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704228A" w14:textId="37579EBB" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00EB0188" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ADED10" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C4BFD" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nasalt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38AC0632" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: nästäppa vid förkylning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A768B79" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: Kronisk inflammation i näsan med mycket torra näsgångar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D17C97" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 3 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA5B2AE" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: 1 pipett i vardera näsborre. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="3EEEC8E0" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D61B918" w14:textId="07D45628" w:rsidR="00462BE6" w:rsidRPr="00EB0188" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nicotinell</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> depotplåster </w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg/24</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">h </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2906B891" w14:textId="40D48A09" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E36D6B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE95414" w14:textId="5EB20B5E" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4B2B34" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utvärtes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C5539B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indikation: lindra symtom vid nikotinabstinens. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31253741" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: allvarlig hudsjukdom, akut </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>coronart</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> syndrom med symtom senaste dygnet. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC57933" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 2 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C78965" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: applicera på hel hud, bytes 1 gång per dygn och skall då sättas på ett nytt hudområde. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="7A21B28A" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B198B4" w14:textId="4D30EF1A" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Paracetamol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, infusionsvätska </w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg/ml</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583BE6E3" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1586D5" w14:textId="7F7C326C" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE2503B" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2C9969" w14:textId="5AA74940" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>400</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml = 4g</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="500630E7" w14:textId="777C1D25" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>intravenöst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="188EED01" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: feber, smärta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E270619" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: grav leversjukdom.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Anmärkning: kombinera ej med andra </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">läkemedel innehållande </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>paracetamol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Får ges fyra gånger innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="78E9625D" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18736FEA" w14:textId="3215A6D2" w:rsidR="00462BE6" w:rsidRPr="00430DCD" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Pevaryl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kräm 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9926B2" w14:textId="58748678" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="516E4777" w14:textId="33BD2800" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00430DCD" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB8810B" w14:textId="6B89D9D3" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>doser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="573B2A2F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utvärtes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CE26D7" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: svamp på huden</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B4D0CF" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: ingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BB72B6" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 6 doser innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2C7DF8" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: smörj det drabbade området morgon och kväll. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00967EB9" w:rsidRPr="004F32A9" w14:paraId="3D598E2A" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="409B0E83" w14:textId="7AB46881" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00D332A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pevisone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kräm 1mg/g + 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg/g</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="17888B83" w14:textId="095791AC" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B79F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5CE4D9" w14:textId="6294EA06" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00430DCD" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C444E1" w14:textId="05E2DECC" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00430DCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>doser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9342E0" w14:textId="49D7D553" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utvärtes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4FEF9A" w14:textId="7294D951" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indikation: Vid </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eksemliknande svampinfektioner med besvär i form av klåda och irritation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307FF70C" w14:textId="6661F78E" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rosacea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, virusinfektion i huden ex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vattkopper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>herpes simplex</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA879FB" w14:textId="47F47312" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max </w:t>
+            </w:r>
+            <w:r w:rsidR="006A07C4" w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0775B1A3" w14:textId="10C7E92D" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: smörj ett tunt lager på drabbat område morgon och kväll.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72799517" w14:textId="6813EDCB" w:rsidR="00967EB9" w:rsidRPr="004F32A9" w:rsidRDefault="00967EB9" w:rsidP="00645D67">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="729E40E8" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1A0479" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Postafen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tablett 25mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2A54AC" w14:textId="695191FC" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFF2599" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="465233A0" w14:textId="48AF635E" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97FC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A93612F" w14:textId="698DB9B6" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63041CAB" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Illamående</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCCA8BC" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: Gravid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5971FB41" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04C0C6FB" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Anmärkning: enbart vid lättare besvär. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="614934BC" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBF70BE" w14:textId="05FDD8F0" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ringer Acetat infusionsvätska 1000ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07552ACE" w14:textId="4AB6F96F" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+            <w:r w:rsidR="006C51C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6957C506" w14:textId="63FA3B69" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="672E6D1D" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1CEDFD" w14:textId="455A3B62" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>intravenöst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8EEDE2" w14:textId="23E44314" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: Hypotoni, lågt vätskeintag.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADC8954" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: Grav hjärtsvikt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FE2F7CD" w14:textId="2AA8AC3C" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00462BE6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 1 dos innan läkarkontakt.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Anmärkning: vid hypotoni kontakta läkare. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="578AB584" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBE23DD" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="006C51C8" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C51C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scheriproct</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C51C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rektalsalva 0,19%/0,5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7285D6" w14:textId="20B7EACA" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006C51C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6785578E" w14:textId="5D9E13AF" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="006C51C8" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1–2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="017CC353" w14:textId="0B83E378" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>doser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5DE760" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rektalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F820565" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: hemorrojder</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A15EFE2" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: ingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A0A0D1" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Max 4 doser innan läkarkontakt.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B466B76" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anmärkning: Smörj ett tunt lager vid analmynningen alternativt för in medföljande applikator och tryck ut lite salva i ändtarmen. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1795592C" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="4B6E06D5" w14:textId="77777777" w:rsidTr="00361262">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70AFB616" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD006F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Syrgas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE96EFE" w14:textId="3FBAAD03" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5953C9A2" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6B3100" w14:textId="4AC341A8" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7143D571" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reservoarmask</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="52604769" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indikation: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hypoxi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="52A06E9F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontraindikation: ingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC09DAE" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: kontakta läkare omedelbart, ges via reservoarmask.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="5BBE1AF0" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1000F4A9" w14:textId="6FA38307" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zolpidem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tablett 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD280F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB6A04F" w14:textId="778C23E7" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C30B0EB" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="23000662" w14:textId="5DBA2FA9" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53019D5D" w14:textId="77484084" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFEE8B9" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: sömnsvårigheter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71330FA5" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: svår leversvikt, andningsdepression, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">sömnapné, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>myastenia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gravis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EEC1252" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 2 doser innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5187A47C" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: till natten. I andra hand, OBS kan öka risken för fall hos äldre.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462BE6" w:rsidRPr="004F32A9" w14:paraId="648F9390" w14:textId="77777777" w:rsidTr="00462BE6">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1157" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4D8704" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Zopiklon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tablett 5mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="284169EA" w14:textId="564A50A0" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7088F818" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A29280" w14:textId="7C03DFC4" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72616">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="837" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64DB13FC" w14:textId="1204BF86" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00BD08AE" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>peroralt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="439AA26F" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Indikation: sömnsvårigheter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E5647C8" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kontraindikation: svår leversvikt, andningsdepression, sömnapné, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>myastenia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gravis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0C73C2" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max 2 doser innan läkarkontakt. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC1CAD8" w14:textId="77777777" w:rsidR="00462BE6" w:rsidRPr="004F32A9" w:rsidRDefault="00462BE6" w:rsidP="00361262">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F32A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anmärkning: till natten. OBS kan öka risken för fall hos äldre.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2505D6E6" w14:textId="77777777" w:rsidR="00743D39" w:rsidRDefault="00743D39" w:rsidP="00743D39"/>
+    <w:p w14:paraId="5F48E4DC" w14:textId="67F8CE6B" w:rsidR="00771324" w:rsidRDefault="00771324" w:rsidP="00743D39">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00771324">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ändring från föregående version: </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00B239A7">
-[...2 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+    <w:p w14:paraId="6C592DF0" w14:textId="746B677F" w:rsidR="00690682" w:rsidRPr="003D344A" w:rsidRDefault="00690682" w:rsidP="00743D39">
+      <w:r w:rsidRPr="003D344A">
+        <w:t>Ersätter</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82DA8">
+        <w:t xml:space="preserve"> tidigare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D344A">
+        <w:t xml:space="preserve"> rutin</w:t>
+      </w:r>
+      <w:r w:rsidR="003D344A" w:rsidRPr="003D344A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82DA8">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003D344A" w:rsidRPr="00E82DA8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Läkemedel som ges till vuxna utan särskild läkarordination på infektionskliniken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335C08D1" w14:textId="6B316218" w:rsidR="00771324" w:rsidRDefault="00771324" w:rsidP="00743D39">
+      <w:r w:rsidRPr="00C42313">
+        <w:t>……………………………………………………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:t>…………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016CA663" w14:textId="1CFA1E00" w:rsidR="00771324" w:rsidRPr="00771324" w:rsidRDefault="00771324" w:rsidP="00743D39">
+      <w:r w:rsidRPr="00C42313">
+        <w:t>……………………………………………………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:t>…………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243C23FA" w14:textId="77777777" w:rsidR="00663688" w:rsidRPr="00B37193" w:rsidRDefault="00663688" w:rsidP="00B37193"/>
+    <w:sectPr w:rsidR="00663688" w:rsidRPr="00B37193" w:rsidSect="006F7778">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1985" w:right="2268" w:bottom="1985" w:left="1701" w:header="652" w:footer="652" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:noEndnote/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="326"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23CAAD9A" w14:textId="77777777" w:rsidR="00F20918" w:rsidRDefault="00F20918">
+    <w:p w14:paraId="2893850C" w14:textId="77777777" w:rsidR="00404566" w:rsidRDefault="00404566" w:rsidP="00ED6C6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19F36DB2" w14:textId="77777777" w:rsidR="00F20918" w:rsidRDefault="00F20918">
+    <w:p w14:paraId="1B265BAD" w14:textId="77777777" w:rsidR="00404566" w:rsidRDefault="00404566" w:rsidP="00ED6C6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...2 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimHei">
+    <w:altName w:val="黑体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MinionPro-Regular">
-[...29 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="340667BA" w14:textId="7B8285E6" w:rsidR="00A43C1A" w:rsidRDefault="00A43C1A">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
-[...111 lines deleted...]
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34489468" wp14:editId="09762F5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4581525</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-217805</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1451610" cy="259080"/>
+          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Bildobjekt 3">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1" name="Bild 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="1" name="Bild 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1451610" cy="259080"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00DF3909">
+      <w:t>Original förvaras på enh</w:t>
+    </w:r>
+    <w:r w:rsidR="00BA754D">
+      <w:t>eten</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BC979EC" w14:textId="77777777" w:rsidR="00F20918" w:rsidRDefault="00F20918"/>
+    <w:p w14:paraId="269D1BA5" w14:textId="77777777" w:rsidR="00404566" w:rsidRDefault="00404566" w:rsidP="00ED6C6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="600733A7" w14:textId="77777777" w:rsidR="00F20918" w:rsidRDefault="00F20918">
+    <w:p w14:paraId="7B20D009" w14:textId="77777777" w:rsidR="00404566" w:rsidRDefault="00404566" w:rsidP="00ED6C6F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73A8ABCE" w14:textId="3266C942" w:rsidR="009E3DC3" w:rsidRPr="00F25BAC" w:rsidRDefault="00B026DF" w:rsidP="00F25BAC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
+      <w:t>Sidhuvud</w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="009E3DC3" w:rsidRPr="00F25BAC">
+      <w:t>Sida</w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...103 lines deleted...]
-      </mc:AlternateContent>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="009E3DC3">
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
+  <w:p w14:paraId="12706F9A" w14:textId="77777777" w:rsidR="00946D3C" w:rsidRDefault="00946D3C"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06DF252E" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
-[...2 lines deleted...]
-    <w:r>
+      <w:pStyle w:val="Rubrik1"/>
       <w:rPr>
-        <w:noProof/>
+        <w:b w:val="0"/>
+        <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...105 lines deleted...]
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1B216743" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
       <w:rPr>
-        <w:noProof/>
+        <w:b w:val="0"/>
+        <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...71 lines deleted...]
-      </w:drawing>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="25CC7D0B" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7B39D86B" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5D36F14A" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="13EC0172" w14:textId="77777777" w:rsidR="009C7105" w:rsidRDefault="009C7105" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="52987B22" w14:textId="1FD39AF2" w:rsidR="00C71FD8" w:rsidRPr="00C71FD8" w:rsidRDefault="00C71FD8" w:rsidP="00C71FD8">
+    <w:pPr>
+      <w:pStyle w:val="Rubrik1"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00C71FD8">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Mall 7</w:t>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidR="00A354CA">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C71FD8">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Generella direktiv om läkemedelsbehandling</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7EE66AB5" w14:textId="2283BD04" w:rsidR="00BC1E87" w:rsidRPr="00663688" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+    <w:pPr>
+      <w:pStyle w:val="Underrubrik"/>
+      <w:spacing w:before="0" w:after="120"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.</w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="00663688">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Skapat datum: </w:t>
     </w:r>
+    <w:r w:rsidR="0007678E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2026-02-1</w:t>
+    </w:r>
+    <w:r w:rsidR="00510CC5">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6898A002" w14:textId="77777777" w:rsidR="00BC1E87" w:rsidRPr="00C71FD8" w:rsidRDefault="00BC1E87" w:rsidP="00BC1E87">
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00C71FD8">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>Version:8.0</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="63DEC9FB" w14:textId="7F01E5E4" w:rsidR="005E779A" w:rsidRDefault="005E779A">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="FBCC56FC"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="EB743FF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="CBB46122"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="31A87E9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8212589E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="BF246F5C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...44 lines deleted...]
-    <w:lvl w:ilvl="5">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FC54BB44"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E556CF58"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D00613B8"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...14 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3C063CDC"/>
+    <w:tmpl w:val="9932A6B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="A0D81926">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0530227A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B456EC32"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista2"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista3"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista4"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:pStyle w:val="Punktlista5"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...59 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...116 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D000F">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05EE1867"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C2C14CC"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B7E0623"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2690BC3E"/>
+    <w:lvl w:ilvl="0" w:tplc="E0106760">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5486F408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5ABA2342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EC08A49C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="859072D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FA16B2C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FBB6299E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1B6C5A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="757CA732" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...111 lines deleted...]
-      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="F49A5562">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A6A1988"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CA221EBE"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C894358"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C2C14CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...799 lines deleted...]
-        <w:ind w:left="717" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73A67453"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="16D4075C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Numreradlista"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Numreradlista2"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Numreradlista3"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Numreradlista4"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Numreradlista5"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...59 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...454 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="312373148">
+  <w:num w:numId="1" w16cid:durableId="665863069">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="604390174">
+  <w:num w:numId="2" w16cid:durableId="1787892215">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="896547685">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1578057768">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1760520417">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1589462035">
+  <w:num w:numId="6" w16cid:durableId="1922981694">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="888221406">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="609505733">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2028628888">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="9" w16cid:durableId="345324549">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="287245035">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10" w16cid:durableId="878317036">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2107727776">
+  <w:num w:numId="11" w16cid:durableId="1655646443">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1430392934">
+  <w:num w:numId="12" w16cid:durableId="778379140">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1305429340">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="731463305">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="680936313">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2094425704">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1786805601">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="942883998">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="18" w16cid:durableId="1973632982">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2051999624">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="19" w16cid:durableId="332756038">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1989551118">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="20" w16cid:durableId="6489029">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="174006629">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="21" w16cid:durableId="976102582">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="786630438">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="22" w16cid:durableId="261376145">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1508135111">
+  <w:num w:numId="23" w16cid:durableId="338237999">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="405617605">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="792141459">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1138382439">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1971742603">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1465781123">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="28" w16cid:durableId="2061635304">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1489246213">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="29" w16cid:durableId="226116407">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="899636215">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="30" w16cid:durableId="1763452637">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1822891130">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="31" w16cid:durableId="606280447">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...7 lines deleted...]
-  <w:styleLockQFSet/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-[...3 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B75EDE"/>
-[...461 lines deleted...]
-    <w:rsid w:val="6B2CF8ED"/>
+    <w:rsidRoot w:val="00B026DF"/>
+    <w:rsid w:val="00014ABF"/>
+    <w:rsid w:val="00014E1B"/>
+    <w:rsid w:val="000164F3"/>
+    <w:rsid w:val="000210D9"/>
+    <w:rsid w:val="000213E0"/>
+    <w:rsid w:val="000226F4"/>
+    <w:rsid w:val="00023CF5"/>
+    <w:rsid w:val="000269BB"/>
+    <w:rsid w:val="000304A9"/>
+    <w:rsid w:val="000322B6"/>
+    <w:rsid w:val="00034217"/>
+    <w:rsid w:val="00035827"/>
+    <w:rsid w:val="000428AA"/>
+    <w:rsid w:val="0005589D"/>
+    <w:rsid w:val="00072EAF"/>
+    <w:rsid w:val="0007678E"/>
+    <w:rsid w:val="00081E07"/>
+    <w:rsid w:val="00083807"/>
+    <w:rsid w:val="000879D1"/>
+    <w:rsid w:val="00090F07"/>
+    <w:rsid w:val="000927CE"/>
+    <w:rsid w:val="00095753"/>
+    <w:rsid w:val="000A108E"/>
+    <w:rsid w:val="000A259F"/>
+    <w:rsid w:val="000A49A3"/>
+    <w:rsid w:val="000C60F9"/>
+    <w:rsid w:val="000D29F7"/>
+    <w:rsid w:val="000D36E2"/>
+    <w:rsid w:val="000D4286"/>
+    <w:rsid w:val="000D787A"/>
+    <w:rsid w:val="000E136F"/>
+    <w:rsid w:val="000E5783"/>
+    <w:rsid w:val="000F3B55"/>
+    <w:rsid w:val="0010206C"/>
+    <w:rsid w:val="00104807"/>
+    <w:rsid w:val="00106E6E"/>
+    <w:rsid w:val="001105A7"/>
+    <w:rsid w:val="0011207E"/>
+    <w:rsid w:val="00136C6B"/>
+    <w:rsid w:val="00142663"/>
+    <w:rsid w:val="001638DD"/>
+    <w:rsid w:val="00167F2D"/>
+    <w:rsid w:val="00182C4D"/>
+    <w:rsid w:val="0019680D"/>
+    <w:rsid w:val="001A7D3F"/>
+    <w:rsid w:val="001B2002"/>
+    <w:rsid w:val="001B4BB9"/>
+    <w:rsid w:val="001F5488"/>
+    <w:rsid w:val="00207655"/>
+    <w:rsid w:val="00220B93"/>
+    <w:rsid w:val="0022419C"/>
+    <w:rsid w:val="00227810"/>
+    <w:rsid w:val="0023309C"/>
+    <w:rsid w:val="002346A2"/>
+    <w:rsid w:val="00235637"/>
+    <w:rsid w:val="00237D8B"/>
+    <w:rsid w:val="002506A7"/>
+    <w:rsid w:val="00251B44"/>
+    <w:rsid w:val="0025480D"/>
+    <w:rsid w:val="00257988"/>
+    <w:rsid w:val="002611BD"/>
+    <w:rsid w:val="00267E76"/>
+    <w:rsid w:val="002A0EBB"/>
+    <w:rsid w:val="002A223C"/>
+    <w:rsid w:val="002C53CD"/>
+    <w:rsid w:val="002D6BE7"/>
+    <w:rsid w:val="002E6307"/>
+    <w:rsid w:val="002F7366"/>
+    <w:rsid w:val="00324BC6"/>
+    <w:rsid w:val="00334C58"/>
+    <w:rsid w:val="0035044E"/>
+    <w:rsid w:val="0036067A"/>
+    <w:rsid w:val="003812CD"/>
+    <w:rsid w:val="003822C1"/>
+    <w:rsid w:val="003848CD"/>
+    <w:rsid w:val="00384E26"/>
+    <w:rsid w:val="00397151"/>
+    <w:rsid w:val="003977E2"/>
+    <w:rsid w:val="003A0FEC"/>
+    <w:rsid w:val="003A4BEC"/>
+    <w:rsid w:val="003C45A3"/>
+    <w:rsid w:val="003C53CB"/>
+    <w:rsid w:val="003D0AE1"/>
+    <w:rsid w:val="003D1AD5"/>
+    <w:rsid w:val="003D344A"/>
+    <w:rsid w:val="003F0854"/>
+    <w:rsid w:val="003F0BD7"/>
+    <w:rsid w:val="00404566"/>
+    <w:rsid w:val="00411FB3"/>
+    <w:rsid w:val="00430DCD"/>
+    <w:rsid w:val="004333A3"/>
+    <w:rsid w:val="004457CA"/>
+    <w:rsid w:val="004477B4"/>
+    <w:rsid w:val="004539FA"/>
+    <w:rsid w:val="004579C9"/>
+    <w:rsid w:val="00462BE6"/>
+    <w:rsid w:val="00463490"/>
+    <w:rsid w:val="00463F60"/>
+    <w:rsid w:val="00466ABB"/>
+    <w:rsid w:val="00472433"/>
+    <w:rsid w:val="00472FE4"/>
+    <w:rsid w:val="00476DDD"/>
+    <w:rsid w:val="00481060"/>
+    <w:rsid w:val="00483F66"/>
+    <w:rsid w:val="004B1A1F"/>
+    <w:rsid w:val="004C2B36"/>
+    <w:rsid w:val="004D4AC1"/>
+    <w:rsid w:val="004E08FC"/>
+    <w:rsid w:val="004E0B05"/>
+    <w:rsid w:val="004E5E80"/>
+    <w:rsid w:val="004F2653"/>
+    <w:rsid w:val="004F32A9"/>
+    <w:rsid w:val="004F6E9F"/>
+    <w:rsid w:val="00502996"/>
+    <w:rsid w:val="00510CC5"/>
+    <w:rsid w:val="005241A4"/>
+    <w:rsid w:val="00524F27"/>
+    <w:rsid w:val="00531996"/>
+    <w:rsid w:val="0053274D"/>
+    <w:rsid w:val="005377E7"/>
+    <w:rsid w:val="00537A48"/>
+    <w:rsid w:val="00546C71"/>
+    <w:rsid w:val="005537A8"/>
+    <w:rsid w:val="00555C0F"/>
+    <w:rsid w:val="0056637A"/>
+    <w:rsid w:val="00575871"/>
+    <w:rsid w:val="005861D0"/>
+    <w:rsid w:val="00586919"/>
+    <w:rsid w:val="00594D98"/>
+    <w:rsid w:val="00595949"/>
+    <w:rsid w:val="005A403A"/>
+    <w:rsid w:val="005A623E"/>
+    <w:rsid w:val="005A6F62"/>
+    <w:rsid w:val="005B1F50"/>
+    <w:rsid w:val="005B2591"/>
+    <w:rsid w:val="005C4A0C"/>
+    <w:rsid w:val="005C6423"/>
+    <w:rsid w:val="005C738E"/>
+    <w:rsid w:val="005E0CDB"/>
+    <w:rsid w:val="005E31ED"/>
+    <w:rsid w:val="005E779A"/>
+    <w:rsid w:val="005F29FB"/>
+    <w:rsid w:val="00604B03"/>
+    <w:rsid w:val="00606B0F"/>
+    <w:rsid w:val="006137D6"/>
+    <w:rsid w:val="00622230"/>
+    <w:rsid w:val="00645D67"/>
+    <w:rsid w:val="00663688"/>
+    <w:rsid w:val="00672C77"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rsid w:val="00690682"/>
+    <w:rsid w:val="00693ED8"/>
+    <w:rsid w:val="00696DF2"/>
+    <w:rsid w:val="00697C2E"/>
+    <w:rsid w:val="006A07C4"/>
+    <w:rsid w:val="006A47C2"/>
+    <w:rsid w:val="006A60A8"/>
+    <w:rsid w:val="006A6286"/>
+    <w:rsid w:val="006B01B0"/>
+    <w:rsid w:val="006B3AC6"/>
+    <w:rsid w:val="006C0636"/>
+    <w:rsid w:val="006C20B8"/>
+    <w:rsid w:val="006C4DA1"/>
+    <w:rsid w:val="006C51C8"/>
+    <w:rsid w:val="006C7ED0"/>
+    <w:rsid w:val="006E43A5"/>
+    <w:rsid w:val="006E6496"/>
+    <w:rsid w:val="006F7778"/>
+    <w:rsid w:val="00706214"/>
+    <w:rsid w:val="0072077B"/>
+    <w:rsid w:val="00737193"/>
+    <w:rsid w:val="00742CAC"/>
+    <w:rsid w:val="00743D39"/>
+    <w:rsid w:val="007547F2"/>
+    <w:rsid w:val="00766BEC"/>
+    <w:rsid w:val="00771324"/>
+    <w:rsid w:val="00772B6E"/>
+    <w:rsid w:val="007829D2"/>
+    <w:rsid w:val="00783074"/>
+    <w:rsid w:val="00783946"/>
+    <w:rsid w:val="0078522D"/>
+    <w:rsid w:val="007A0B53"/>
+    <w:rsid w:val="007A6415"/>
+    <w:rsid w:val="007B634A"/>
+    <w:rsid w:val="007C1E39"/>
+    <w:rsid w:val="007C5139"/>
+    <w:rsid w:val="007E16FA"/>
+    <w:rsid w:val="007E2A84"/>
+    <w:rsid w:val="007F6E5A"/>
+    <w:rsid w:val="00801BBF"/>
+    <w:rsid w:val="008065F9"/>
+    <w:rsid w:val="00810019"/>
+    <w:rsid w:val="00812DE2"/>
+    <w:rsid w:val="00816FA9"/>
+    <w:rsid w:val="008215CB"/>
+    <w:rsid w:val="00822A22"/>
+    <w:rsid w:val="00826C8A"/>
+    <w:rsid w:val="00834506"/>
+    <w:rsid w:val="00834E7E"/>
+    <w:rsid w:val="00853F45"/>
+    <w:rsid w:val="00854FCB"/>
+    <w:rsid w:val="008574B7"/>
+    <w:rsid w:val="00870403"/>
+    <w:rsid w:val="00875CBE"/>
+    <w:rsid w:val="008A525C"/>
+    <w:rsid w:val="008B79F1"/>
+    <w:rsid w:val="008C16B8"/>
+    <w:rsid w:val="008C4656"/>
+    <w:rsid w:val="008C5285"/>
+    <w:rsid w:val="008D4F31"/>
+    <w:rsid w:val="008F437E"/>
+    <w:rsid w:val="008F46D6"/>
+    <w:rsid w:val="00910C25"/>
+    <w:rsid w:val="00911DF5"/>
+    <w:rsid w:val="0091229C"/>
+    <w:rsid w:val="009255D9"/>
+    <w:rsid w:val="00926D2F"/>
+    <w:rsid w:val="009333E9"/>
+    <w:rsid w:val="00934D21"/>
+    <w:rsid w:val="0093726D"/>
+    <w:rsid w:val="00946D3C"/>
+    <w:rsid w:val="0094797E"/>
+    <w:rsid w:val="00947BCD"/>
+    <w:rsid w:val="009609C9"/>
+    <w:rsid w:val="00967EB9"/>
+    <w:rsid w:val="00972D16"/>
+    <w:rsid w:val="00973775"/>
+    <w:rsid w:val="00976057"/>
+    <w:rsid w:val="00983130"/>
+    <w:rsid w:val="0099293C"/>
+    <w:rsid w:val="009A25E1"/>
+    <w:rsid w:val="009B2791"/>
+    <w:rsid w:val="009B61C9"/>
+    <w:rsid w:val="009C12D4"/>
+    <w:rsid w:val="009C434F"/>
+    <w:rsid w:val="009C7105"/>
+    <w:rsid w:val="009D509B"/>
+    <w:rsid w:val="009E3DC3"/>
+    <w:rsid w:val="009E437C"/>
+    <w:rsid w:val="009E5423"/>
+    <w:rsid w:val="009E6EF9"/>
+    <w:rsid w:val="009E7B9D"/>
+    <w:rsid w:val="009E7F82"/>
+    <w:rsid w:val="00A076D6"/>
+    <w:rsid w:val="00A16575"/>
+    <w:rsid w:val="00A17AEC"/>
+    <w:rsid w:val="00A17B37"/>
+    <w:rsid w:val="00A2125B"/>
+    <w:rsid w:val="00A23320"/>
+    <w:rsid w:val="00A273A8"/>
+    <w:rsid w:val="00A354CA"/>
+    <w:rsid w:val="00A43C1A"/>
+    <w:rsid w:val="00A51CEF"/>
+    <w:rsid w:val="00A635AF"/>
+    <w:rsid w:val="00A6449E"/>
+    <w:rsid w:val="00A711E8"/>
+    <w:rsid w:val="00A80C68"/>
+    <w:rsid w:val="00A81868"/>
+    <w:rsid w:val="00A87B49"/>
+    <w:rsid w:val="00A92374"/>
+    <w:rsid w:val="00A96DA2"/>
+    <w:rsid w:val="00AA2ABA"/>
+    <w:rsid w:val="00AA3A34"/>
+    <w:rsid w:val="00AA5C9A"/>
+    <w:rsid w:val="00AB167A"/>
+    <w:rsid w:val="00AB24CA"/>
+    <w:rsid w:val="00AB57E2"/>
+    <w:rsid w:val="00AB70C3"/>
+    <w:rsid w:val="00AD1784"/>
+    <w:rsid w:val="00AD354E"/>
+    <w:rsid w:val="00AD5832"/>
+    <w:rsid w:val="00AE2A7C"/>
+    <w:rsid w:val="00AF5B57"/>
+    <w:rsid w:val="00B026DF"/>
+    <w:rsid w:val="00B1580D"/>
+    <w:rsid w:val="00B23A83"/>
+    <w:rsid w:val="00B30455"/>
+    <w:rsid w:val="00B32309"/>
+    <w:rsid w:val="00B37193"/>
+    <w:rsid w:val="00B40283"/>
+    <w:rsid w:val="00B4285A"/>
+    <w:rsid w:val="00B462CC"/>
+    <w:rsid w:val="00B6416A"/>
+    <w:rsid w:val="00B71B19"/>
+    <w:rsid w:val="00B8359E"/>
+    <w:rsid w:val="00B9215F"/>
+    <w:rsid w:val="00BA754D"/>
+    <w:rsid w:val="00BB48AC"/>
+    <w:rsid w:val="00BB7B8B"/>
+    <w:rsid w:val="00BC1E87"/>
+    <w:rsid w:val="00BC4E87"/>
+    <w:rsid w:val="00BD006F"/>
+    <w:rsid w:val="00BD08AE"/>
+    <w:rsid w:val="00BD6268"/>
+    <w:rsid w:val="00BE0327"/>
+    <w:rsid w:val="00BE3F3D"/>
+    <w:rsid w:val="00BE75E3"/>
+    <w:rsid w:val="00BF2DAB"/>
+    <w:rsid w:val="00BF46DE"/>
+    <w:rsid w:val="00C02681"/>
+    <w:rsid w:val="00C079B5"/>
+    <w:rsid w:val="00C12ADF"/>
+    <w:rsid w:val="00C13434"/>
+    <w:rsid w:val="00C24D67"/>
+    <w:rsid w:val="00C27044"/>
+    <w:rsid w:val="00C312B6"/>
+    <w:rsid w:val="00C4216C"/>
+    <w:rsid w:val="00C459F7"/>
+    <w:rsid w:val="00C63DA4"/>
+    <w:rsid w:val="00C71FD8"/>
+    <w:rsid w:val="00C76DDB"/>
+    <w:rsid w:val="00C8232C"/>
+    <w:rsid w:val="00CC149C"/>
+    <w:rsid w:val="00CC3124"/>
+    <w:rsid w:val="00CC3657"/>
+    <w:rsid w:val="00CD0346"/>
+    <w:rsid w:val="00CE048D"/>
+    <w:rsid w:val="00CE4E3C"/>
+    <w:rsid w:val="00CF5F6A"/>
+    <w:rsid w:val="00D02A34"/>
+    <w:rsid w:val="00D070FF"/>
+    <w:rsid w:val="00D2298A"/>
+    <w:rsid w:val="00D24DBA"/>
+    <w:rsid w:val="00D313D3"/>
+    <w:rsid w:val="00D332A1"/>
+    <w:rsid w:val="00D4779E"/>
+    <w:rsid w:val="00D5538E"/>
+    <w:rsid w:val="00D8434B"/>
+    <w:rsid w:val="00D97FC1"/>
+    <w:rsid w:val="00DA1678"/>
+    <w:rsid w:val="00DC69AB"/>
+    <w:rsid w:val="00DD280F"/>
+    <w:rsid w:val="00DF0444"/>
+    <w:rsid w:val="00DF19B1"/>
+    <w:rsid w:val="00DF28E1"/>
+    <w:rsid w:val="00DF3909"/>
+    <w:rsid w:val="00DF42CC"/>
+    <w:rsid w:val="00E0329D"/>
+    <w:rsid w:val="00E05BFC"/>
+    <w:rsid w:val="00E15D2C"/>
+    <w:rsid w:val="00E33025"/>
+    <w:rsid w:val="00E339A3"/>
+    <w:rsid w:val="00E41B16"/>
+    <w:rsid w:val="00E47380"/>
+    <w:rsid w:val="00E4765A"/>
+    <w:rsid w:val="00E50040"/>
+    <w:rsid w:val="00E63ED2"/>
+    <w:rsid w:val="00E66CA0"/>
+    <w:rsid w:val="00E82DA8"/>
+    <w:rsid w:val="00EA3DBA"/>
+    <w:rsid w:val="00EB0188"/>
+    <w:rsid w:val="00EB1E30"/>
+    <w:rsid w:val="00EB60E6"/>
+    <w:rsid w:val="00EC5EB1"/>
+    <w:rsid w:val="00ED6C6F"/>
+    <w:rsid w:val="00EF58B6"/>
+    <w:rsid w:val="00F20B41"/>
+    <w:rsid w:val="00F25BAC"/>
+    <w:rsid w:val="00F4778E"/>
+    <w:rsid w:val="00F5205D"/>
+    <w:rsid w:val="00F54922"/>
+    <w:rsid w:val="00F61558"/>
+    <w:rsid w:val="00F61F0E"/>
+    <w:rsid w:val="00F6408C"/>
+    <w:rsid w:val="00F72616"/>
+    <w:rsid w:val="00FC6F9F"/>
+    <w:rsid w:val="00FC79A2"/>
+    <w:rsid w:val="00FE531E"/>
+    <w:rsid w:val="00FF334A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-[...3 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1FE2B7EB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w14:docId w14:val="4F86A92E"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="sv-SE" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...57 lines deleted...]
-    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:qFormat="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...15 lines deleted...]
-    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:uiPriority="36"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="98"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6901,57 +10309,66 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7012,2550 +10429,1676 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="008C4656"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
-    <w:aliases w:val="Rubrik VGR"/>
+    <w:basedOn w:val="Rubrik"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="180"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
-    <w:aliases w:val="Rubrik 2 VGR"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
-    <w:uiPriority w:val="3"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="400"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
-    <w:aliases w:val="Rubrik 3 VGR"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
-    <w:uiPriority w:val="3"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:sz w:val="36"/>
+      <w:b w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
-    <w:aliases w:val="mellanrubrik"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Rubrik3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
-    <w:uiPriority w:val="3"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="180" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
       <w:iCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="26"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Rubrik4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:sz w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Rubrik5"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B239A7"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:bCs/>
+      <w:iCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Rubrik6"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Rubrik7"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Rubrik8"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
-[...185 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
-    <w:aliases w:val="Rubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
-[...51 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-[...95 lines deleted...]
-      <w:bCs w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
-    <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
-    <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:bCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
-    <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
-    <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
-    <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
-    <w:uiPriority w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A272CA"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
-      <w:sz w:val="24"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik8Char">
+    <w:name w:val="Rubrik 8 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:bCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="004C2B36"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="004C2B36"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="60"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:aliases w:val="Enhet/nämnd"/>
+    <w:basedOn w:val="Rubrik"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00622230"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
-      <w:contextualSpacing/>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
-    <w:name w:val="Normal efter lista"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:aliases w:val="Enhet/nämnd Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00622230"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Stark">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="22"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Betoning">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="20"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ingetavstnd">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="IngetavstndChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C76DDB"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0062184C"/>
+    <w:link w:val="CitatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="180"/>
+      <w:ind w:left="567" w:right="567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Starktcitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="StarktcitatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
+      <w:ind w:left="936" w:right="936"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StarktcitatChar">
+    <w:name w:val="Starkt citat Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Starktcitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretbetoning">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="19"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkbetoning">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Diskretreferens">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="31"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Starkreferens">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Bokenstitel">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="33"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-      <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="425" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-[...40 lines deleted...]
-      <w:szCs w:val="44"/>
+      <w:noProof/>
+      <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="850" w:hanging="425"/>
     </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="480"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276" w:hanging="425"/>
     </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="1276"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="960"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1701"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="1200"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2126"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="1440"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2552"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="1680"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="2977"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:ind w:left="1920"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="3402"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
-    <w:name w:val="Mellanrubrik VGR"/>
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FB5086"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
-      <w:keepNext/>
-[...6 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9356"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-851" w:right="-851"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidfot">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidfotChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="24"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F5488"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="31"/>
+      </w:numPr>
+      <w:spacing w:after="140"/>
+      <w:ind w:left="357" w:hanging="357"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="25"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F5488"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="22"/>
+      </w:numPr>
+      <w:spacing w:after="140"/>
+      <w:ind w:left="357" w:hanging="357"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FotnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="142" w:hanging="142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FotnotstextChar">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="006769DD"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-    </w:rPr>
-[...127 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F413D9"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
-[...1 lines deleted...]
-    <w:aliases w:val="VGR tabell blue"/>
+  <w:style w:type="character" w:styleId="Hyperlnk">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:color w:val="1A9FB3" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liststycke">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Numreradlista"/>
+    <w:uiPriority w:val="25"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Numreradlista2"/>
+    <w:uiPriority w:val="25"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Numreradlista3"/>
+    <w:uiPriority w:val="25"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Numreradlista5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Numreradlista4"/>
+    <w:uiPriority w:val="25"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Punktlista"/>
+    <w:uiPriority w:val="24"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Punktlista2"/>
+    <w:uiPriority w:val="24"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Punktlista3"/>
+    <w:uiPriority w:val="24"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Punktlista5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Punktlista4"/>
+    <w:uiPriority w:val="24"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Slutnotstext">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SlutnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="142" w:hanging="142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
+    <w:name w:val="Slutnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Slutnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Slutnotsreferens">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Platshllartext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="F0F0F0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Adress-brev">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="720" w:line="264" w:lineRule="auto"/>
+      <w:ind w:left="4253"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Avslutandetext">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AvslutandetextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="800" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AvslutandetextChar">
+    <w:name w:val="Avslutande text Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Avslutandetext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006769DD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Inledning">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="InledningChar"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:after="400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InledningChar">
+    <w:name w:val="Inledning Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Inledning"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Klla">
+    <w:name w:val="Källa"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="26"/>
+    <w:rsid w:val="006769DD"/>
+    <w:pPr>
+      <w:spacing w:before="80" w:after="320" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IngetavstndChar">
+    <w:name w:val="Inget avstånd Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ingetavstnd"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C76DDB"/>
+    <w:rPr>
+      <w:sz w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGR">
+    <w:name w:val="VGR"/>
     <w:basedOn w:val="Normaltabell"/>
-    <w:uiPriority w:val="61"/>
-    <w:rsid w:val="00827E69"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00397151"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
-      <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="85" w:type="dxa"/>
+        <w:left w:w="85" w:type="dxa"/>
+        <w:bottom w:w="85" w:type="dxa"/>
+        <w:right w:w="85" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
-        <w:bCs/>
-[...13 lines deleted...]
-        <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
       </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
-        <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...134 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:tl2br w:val="nil"/>
+          <w:tr2bl w:val="nil"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F9FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
-[...117 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaText">
+    <w:name w:val="Faktaruta Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00BE75E3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
+        <w:left w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
+        <w:bottom w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
+        <w:right w:val="single" w:sz="4" w:space="15" w:color="C9E0F9"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C9E0F9"/>
+      <w:spacing w:after="320"/>
+      <w:ind w:left="301" w:right="301"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
-[...93 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006769DD"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
-[...274 lines deleted...]
-    <w:rsid w:val="00016CF0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagstext">
+    <w:name w:val="Omslagstext"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="36"/>
+    <w:qFormat/>
+    <w:rsid w:val="006769DD"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-      <w:sz w:val="24"/>
+      <w:szCs w:val="19"/>
     </w:rPr>
-    <w:tblPr>
-[...73 lines deleted...]
-    </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normaltabell"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Inbjudan">
+    <w:name w:val="Inbjudan"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008E682C"/>
-[...118 lines deleted...]
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00BC4E87"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="960" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-      <w:bCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
-    <w:name w:val="List Bullet"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalifigur">
+    <w:name w:val="Normal i figur"/>
     <w:basedOn w:val="Normal"/>
-    <w:unhideWhenUsed/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1ED7"/>
+    <w:uiPriority w:val="12"/>
+    <w:rsid w:val="00BC4E87"/>
     <w:pPr>
-      <w:numPr>
-[...151 lines deleted...]
-      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...3 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="00743D39"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-    <w:name w:val="Rubrik 6 Char"/>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:rsid w:val="00743D39"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="sv-SE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B239A7"/>
+    <w:link w:val="Kommentarer"/>
+    <w:rsid w:val="00743D39"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="143855029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="218060363">
+    <w:div w:id="852376865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="380325300">
-[...25 lines deleted...]
-    <w:div w:id="1304851724">
+    <w:div w:id="2022387602">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...8 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="VGR_Sjukvården">
   <a:themeElements>
-    <a:clrScheme name="VG">
+    <a:clrScheme name="VGR | Sjukvård | Färger">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="808080"/>
+        <a:srgbClr val="E7E1DF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="006298"/>
+        <a:srgbClr val="005B89"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="367B1E"/>
+        <a:srgbClr val="1A9FB3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="F2A900"/>
+        <a:srgbClr val="ED5F8C"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="9EA2A2"/>
+        <a:srgbClr val="A1887F"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="9D2235"/>
+        <a:srgbClr val="43A447"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="71B2C9"/>
+        <a:srgbClr val="9575CD"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="006298"/>
+        <a:srgbClr val="1A9FB3"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="9EA2A2"/>
+        <a:srgbClr val="919191"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="VGR Typsnitt">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Verdana"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Verdana"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
-      <a:spPr/>
-[...1 lines deleted...]
-      <a:lstStyle/>
+      <a:spPr>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr rtlCol="0" anchor="ctr"/>
+      <a:lstStyle>
+        <a:defPPr algn="ctr">
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
       <a:style>
-        <a:lnRef idx="1">
-          <a:schemeClr val="accent1"/>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
         </a:lnRef>
-        <a:fillRef idx="3">
+        <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
-        <a:effectRef idx="2">
+        <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
-    <a:lnDef>
-[...17 lines deleted...]
-    </a:lnDef>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+      </a:spPr>
+      <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr algn="l">
+          <a:defRPr dirty="0"/>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:custClrLst>
+    <a:custClr>
+      <a:srgbClr val="FFC107"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="CCDB49"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FD5930"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FFECB3"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="F7BBD0"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="D1C4E9"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="EFF4C6"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="C0EEC2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="FECCBF"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="B3EBF2"/>
+    </a:custClr>
+    <a:custClr>
+      <a:srgbClr val="E7E1DF"/>
+    </a:custClr>
+  </a:custClrLst>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="VGR_Sjukvården" id="{B24F6CA7-2423-4FB2-9094-FE53A7DE6252}" vid="{B1C5D169-6E56-4B35-A41D-6A65C9B3563D}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1868</Characters>
+  <Pages>9</Pages>
+  <Words>947</Words>
+  <Characters>6131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>482</Lines>
+  <Paragraphs>245</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Läkemedel som ges till vuxna utan särskild läkarordination</vt:lpstr>
+      <vt:lpstr>Mall 7 Generella direktiv om läkemedelsbehandling</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2216</CharactersWithSpaces>
+  <CharactersWithSpaces>6874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Läkemedel som ges till vuxna utan särskild läkarordination på infektionskliniken</dc:title>
+  <dc:title>Generella direktiv om läkemedelsbehandling på infektionskliniken</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Jonatan Robertsson</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <dc:description/>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>