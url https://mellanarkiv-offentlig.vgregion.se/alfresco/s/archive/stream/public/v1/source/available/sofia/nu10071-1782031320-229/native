--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -34,98 +34,113 @@
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="007A52CF" w:rsidRPr="00B5682E" w:rsidSect="007A52CF">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="4227565C" w14:textId="02A22151" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="00466367" w:rsidP="00D37CC5">
+    <w:p w14:paraId="4F3BFE22" w14:textId="262C812E" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="00466367" w:rsidP="4E31CBFF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:b/>
-          <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="12"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00477753">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Hepatit C</w:t>
       </w:r>
-      <w:r w:rsidR="00D07B75" w:rsidRPr="00477753">
+      <w:r w:rsidR="00D07B75" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00477753">
+      <w:r w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00477753">
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”Kom ihåg”-information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4227565C" w14:textId="02A22151" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="00466367" w:rsidP="4E31CBFF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:before="240" w:after="0"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>till patienten inför hepatit C-behandling (DAA-behandling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007A52CF" w:rsidRPr="00F5753D">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05BE0C8F" wp14:editId="2DF5A7EE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -196,61 +211,59 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>26785</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -288,1208 +301,1101 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>26785</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
+    <w:p w14:paraId="57E60525" w14:textId="2201144B" w:rsidR="4E31CBFF" w:rsidRDefault="4E31CBFF" w:rsidP="4E31CBFF"/>
     <w:p w14:paraId="3D18E498" w14:textId="77777777" w:rsidR="00430FE6" w:rsidRPr="005D12A6" w:rsidRDefault="007A52CF" w:rsidP="00D37CC5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkStart w:id="3" w:name="_Toc501440349"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="005D12A6">
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revidering i denna versio</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00D07B75" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0427F755" w14:textId="604E4048" w:rsidR="298A4B88" w:rsidRDefault="298A4B88" w:rsidP="4E31CBFF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ingen ändring</w:t>
+      </w:r>
+      <w:r w:rsidR="00D007EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEC4F29" w14:textId="77777777" w:rsidR="00F26C2C" w:rsidRPr="005D12A6" w:rsidRDefault="007A52CF" w:rsidP="00072636">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="1161"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Revidering i denna versio</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D07B75" w:rsidRPr="005D12A6">
+      </w:pPr>
+      <w:r w:rsidRPr="005D12A6">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>n</w:t>
+        <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5495DAE9" w14:textId="539F5FEB" w:rsidR="00F948EF" w:rsidRPr="00F5753D" w:rsidRDefault="2A2E87A3" w:rsidP="00F948EF">
+    <w:p w14:paraId="3E38A9EF" w14:textId="6857A3D9" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="557A6881" w:rsidP="00072636">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...54 lines deleted...]
-      <w:r w:rsidR="00D37CC5" w:rsidRPr="00F5753D">
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="1161"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="007A52CF" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformation </w:t>
+      </w:r>
+      <w:r w:rsidR="42CAD777" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">till patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="342C823A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inför</w:t>
+      </w:r>
+      <w:r w:rsidR="42CAD777" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A52CF" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DAA-behandling</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B76" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="059FCFB0" w:rsidRPr="00F5753D">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0CEC4F29" w14:textId="77777777" w:rsidR="00F26C2C" w:rsidRPr="005D12A6" w:rsidRDefault="007A52CF" w:rsidP="00072636">
+    <w:p w14:paraId="2F4C503B" w14:textId="77777777" w:rsidR="00C03B60" w:rsidRPr="005D12A6" w:rsidRDefault="00715050" w:rsidP="00072636">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D12A6">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Bakgrund</w:t>
+        <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E38A9EF" w14:textId="0872D39A" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="557A6881" w:rsidP="00072636">
+    <w:p w14:paraId="353835CC" w14:textId="5012741E" w:rsidR="007A52CF" w:rsidRDefault="007A52CF" w:rsidP="00072636">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F5753D">
-[...31 lines deleted...]
-      <w:r w:rsidR="00B75B76" w:rsidRPr="00F5753D">
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Underlag för information till patiente</w:t>
+      </w:r>
+      <w:r w:rsidR="10D74E5F" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inför DAA-behandling</w:t>
+      </w:r>
+      <w:r w:rsidR="20613F9D" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4C503B" w14:textId="77777777" w:rsidR="00C03B60" w:rsidRPr="005D12A6" w:rsidRDefault="00715050" w:rsidP="00072636">
+    <w:p w14:paraId="329DE51B" w14:textId="5B8F6AE4" w:rsidR="4E31CBFF" w:rsidRDefault="4E31CBFF" w:rsidP="4E31CBFF">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD049F7" w14:textId="20D5A3C3" w:rsidR="00365049" w:rsidRPr="005D12A6" w:rsidRDefault="007A52CF" w:rsidP="4E31CBFF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="1161"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Biverkningar</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Huvudvärk, trötthet,</w:t>
+      </w:r>
+      <w:r w:rsidR="1A7EDB5B" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nedsatt aptit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD236B" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A6C" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Utslag (Epclusa</w:t>
+      </w:r>
+      <w:r w:rsidR="11FA9D4F" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Harvoni)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670B21A8" w14:textId="7295089E" w:rsidR="00365049" w:rsidRPr="005D12A6" w:rsidRDefault="007A52CF" w:rsidP="4E31CBFF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="1161"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Behandlingstid</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545B6BCB" w14:textId="368228FE" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="20684859" w:rsidP="002E633B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 veckor eller </w:t>
+      </w:r>
+      <w:r w:rsidR="11704874" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8 veckor (</w:t>
+      </w:r>
+      <w:r w:rsidR="051ED8AE" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8 v</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3FF1" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eckor</w:t>
+      </w:r>
+      <w:r w:rsidR="051ED8AE" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid </w:t>
+      </w:r>
+      <w:r w:rsidR="11704874" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">genotyp 1 utan cirros, Harvoni)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2D8A8D" w14:textId="4DE5EF59" w:rsidR="00E675FF" w:rsidRPr="00AB3FF1" w:rsidRDefault="007A52CF" w:rsidP="4E31CBFF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recept</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="29D73D0D" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Recept s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>krivs som e-recept, markeras med ”Fritt enl</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4D92" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>igt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> smittskyddslagen”.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072636" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Expeditionsintervall tre veckor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072636" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uthämtas på NÄL-apoteket första gången.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD236B" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppmana patienten att meddela närmaste eget apotek, </w:t>
+      </w:r>
+      <w:r w:rsidR="3C67ADF4" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r hem</w:t>
+      </w:r>
+      <w:r w:rsidR="3C67ADF4" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>beställning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inför kommande uttag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4145E968" w14:textId="3A7364E5" w:rsidR="00264E5A" w:rsidRPr="005D12A6" w:rsidRDefault="005C6B0F" w:rsidP="00950128">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Noggrannhe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD236B" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007A52CF" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Noggrannhet med läkemedelsintag, samma tidpunkt dagligen.</w:t>
+      </w:r>
+      <w:r w:rsidR="6E3FD80E" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A52CF" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uppmärksamma om intag ska ske med föda</w:t>
+      </w:r>
+      <w:r w:rsidR="72CCE912" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD236B" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="72CCE912" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vosevi intas med föda.</w:t>
+      </w:r>
+      <w:r w:rsidR="4ED35899" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="72CCE912" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Epclusa och</w:t>
+      </w:r>
+      <w:r w:rsidR="42AB9DCA" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Harvoni </w:t>
+      </w:r>
+      <w:r w:rsidR="72CCE912" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>med eller utan föda.</w:t>
+      </w:r>
+      <w:r w:rsidR="7BD3FCA9" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Graviditet</w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007A52CF" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graviditet undviks under behandlingstiden.</w:t>
+      </w:r>
+      <w:r w:rsidR="67A98277" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="67A98277" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nteraktioner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C8E27E" w14:textId="1F24CDA2" w:rsidR="007A52CF" w:rsidRPr="00F5753D" w:rsidRDefault="007A52CF" w:rsidP="00950128">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Interaktioner kontrolleras med andra läkemedel.</w:t>
+      </w:r>
+      <w:r w:rsidR="29696BAA" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Andra</w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>läkemedel</w:t>
+      </w:r>
+      <w:r w:rsidR="1C5F2C6E" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="58972C97" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nya</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> läkemedel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>som förskrivs av annan läkare, kontakt</w:t>
+      </w:r>
+      <w:r w:rsidR="00966F33" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>med infektionskliniken för kontroll av ev</w:t>
+      </w:r>
+      <w:r w:rsidR="00702E10" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>entuell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interaktion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E76CC1" w14:textId="02582119" w:rsidR="00264E5A" w:rsidRPr="005D12A6" w:rsidRDefault="00264E5A" w:rsidP="00950128">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D12A6">
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t>Syfte</w:t>
+        <w:t>Naturläkemedel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353835CC" w14:textId="7B560D62" w:rsidR="007A52CF" w:rsidRDefault="007A52CF" w:rsidP="00072636">
-[...165 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    <w:p w14:paraId="76B9F95B" w14:textId="782AF346" w:rsidR="00536A5A" w:rsidRPr="00F5753D" w:rsidRDefault="007A52CF" w:rsidP="00021A6C">
+      <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...424 lines deleted...]
-        <w:ind w:left="284" w:right="0"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Naturläkemedel</w:t>
+      </w:r>
+      <w:r w:rsidR="26C803F7" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hälsokostpreparat, kosttillskott undviks under behandlingstiden.</w:t>
+      </w:r>
+      <w:r w:rsidR="5A77E3D8" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00264E5A" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="14"/>
-[...66 lines deleted...]
-          <w:rStyle w:val="Rubrik2Char"/>
+        </w:rPr>
+        <w:t>Provtagning</w:t>
+      </w:r>
+      <w:r w:rsidR="1C92871F" w:rsidRPr="4E31CBFF">
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provtagning enligt behandlingsschema. Kontroll av HCV RNA</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1389" w:rsidRPr="4E31CBFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5753D">
-[...130 lines deleted...]
-      <w:r w:rsidRPr="00F5753D">
+      <w:r w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4 mån</w:t>
       </w:r>
-      <w:r w:rsidR="003D4165" w:rsidRPr="00F5753D">
+      <w:r w:rsidR="003D4165" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ader</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5753D">
+      <w:r w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter beh</w:t>
       </w:r>
-      <w:r w:rsidR="4FCC4D93" w:rsidRPr="00F5753D">
+      <w:r w:rsidR="4FCC4D93" w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>andlings</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5753D">
+      <w:r w:rsidRPr="4E31CBFF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>avslut.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00F5753D" w:rsidSect="007A52CF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A374126" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452">
+    <w:p w14:paraId="5F3422D9" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F566577" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452">
+    <w:p w14:paraId="55F11E5D" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2AC1B2D8" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452">
+    <w:p w14:paraId="50CFB4E5" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1759,61 +1665,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EABC8A8" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452"/>
+    <w:p w14:paraId="5448E69C" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="591798F6" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452">
+    <w:p w14:paraId="706061BA" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="289021F0" w14:textId="77777777" w:rsidR="00524452" w:rsidRDefault="00524452">
+    <w:p w14:paraId="48B7D418" w14:textId="77777777" w:rsidR="00A4504D" w:rsidRDefault="00A4504D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -4130,53 +4036,52 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="924269678">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="497117427">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1690834222">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1895892119">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="979770870">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="688411055">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -4353,50 +4258,51 @@
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A0FE3"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C6B0F"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D12A6"/>
+    <w:rsid w:val="005D36F2"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F7CD6"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
@@ -4406,50 +4312,51 @@
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00702E10"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00715050"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A52CF"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B4EF0"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871673"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00881D31"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
@@ -4478,50 +4385,51 @@
     <w:rsid w:val="00966F33"/>
     <w:rsid w:val="00970DC2"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1FC0"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A4504D"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB3FF1"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
@@ -4553,50 +4461,51 @@
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA3A5E"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB6487"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D007EC"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D07B75"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37CC5"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D40FEA"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD236B"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
@@ -4625,156 +4534,182 @@
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5753D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F948EF"/>
     <w:rsid w:val="00FA4D92"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="01DE2EE0"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="031DADC3"/>
     <w:rsid w:val="04723BB5"/>
     <w:rsid w:val="047F975A"/>
     <w:rsid w:val="051ED8AE"/>
     <w:rsid w:val="059FCFB0"/>
     <w:rsid w:val="05DB012F"/>
+    <w:rsid w:val="07CD2A5D"/>
     <w:rsid w:val="092FFEEB"/>
     <w:rsid w:val="0AE561C1"/>
     <w:rsid w:val="0BB6E2ED"/>
     <w:rsid w:val="0CC49009"/>
+    <w:rsid w:val="0D46C9B5"/>
     <w:rsid w:val="0D6543D5"/>
     <w:rsid w:val="0E62CDF5"/>
     <w:rsid w:val="0F670271"/>
     <w:rsid w:val="107B0DEB"/>
+    <w:rsid w:val="10D74E5F"/>
     <w:rsid w:val="11620F5A"/>
     <w:rsid w:val="11691816"/>
     <w:rsid w:val="11704874"/>
     <w:rsid w:val="11FA9D4F"/>
     <w:rsid w:val="130C8EE7"/>
     <w:rsid w:val="14DE8F8B"/>
     <w:rsid w:val="15502A7A"/>
     <w:rsid w:val="155AC214"/>
     <w:rsid w:val="155BD8D3"/>
     <w:rsid w:val="170C261B"/>
     <w:rsid w:val="17A85A16"/>
     <w:rsid w:val="180742B0"/>
     <w:rsid w:val="18C04C5E"/>
     <w:rsid w:val="1A43C6DD"/>
     <w:rsid w:val="1A7DADA7"/>
     <w:rsid w:val="1A7EDB5B"/>
     <w:rsid w:val="1BABCC12"/>
     <w:rsid w:val="1C0055AB"/>
     <w:rsid w:val="1C235F3D"/>
+    <w:rsid w:val="1C5F2C6E"/>
+    <w:rsid w:val="1C92871F"/>
     <w:rsid w:val="1E1672B8"/>
     <w:rsid w:val="1EEAFA7A"/>
     <w:rsid w:val="20613F9D"/>
     <w:rsid w:val="20684859"/>
     <w:rsid w:val="213121E7"/>
     <w:rsid w:val="21C789C1"/>
     <w:rsid w:val="24357F1C"/>
     <w:rsid w:val="243672E2"/>
     <w:rsid w:val="25C2CDD9"/>
     <w:rsid w:val="25F8D29C"/>
     <w:rsid w:val="26BE86D3"/>
+    <w:rsid w:val="26C803F7"/>
     <w:rsid w:val="27FCE47B"/>
     <w:rsid w:val="2828B232"/>
+    <w:rsid w:val="2927DB0C"/>
+    <w:rsid w:val="29696BAA"/>
+    <w:rsid w:val="298A4B88"/>
+    <w:rsid w:val="29D73D0D"/>
     <w:rsid w:val="2A2E87A3"/>
     <w:rsid w:val="2A93D171"/>
     <w:rsid w:val="2C1E66FB"/>
     <w:rsid w:val="2D1B773F"/>
+    <w:rsid w:val="2DE4DB40"/>
     <w:rsid w:val="2EA60CC9"/>
+    <w:rsid w:val="2F2250E5"/>
     <w:rsid w:val="3041DD2A"/>
     <w:rsid w:val="3285BAF9"/>
+    <w:rsid w:val="342C823A"/>
+    <w:rsid w:val="3477A642"/>
     <w:rsid w:val="34CCDB1A"/>
     <w:rsid w:val="384CEF0F"/>
     <w:rsid w:val="391F7ECC"/>
     <w:rsid w:val="39464B88"/>
     <w:rsid w:val="39E8BF70"/>
     <w:rsid w:val="3B848FD1"/>
     <w:rsid w:val="3B8C7D57"/>
     <w:rsid w:val="3C2FB56D"/>
+    <w:rsid w:val="3C67ADF4"/>
     <w:rsid w:val="410A6973"/>
     <w:rsid w:val="41FBBEDB"/>
     <w:rsid w:val="42A639D4"/>
     <w:rsid w:val="42AB9DCA"/>
     <w:rsid w:val="42CAD777"/>
+    <w:rsid w:val="46EC547B"/>
     <w:rsid w:val="48DEACF1"/>
     <w:rsid w:val="49EB5091"/>
     <w:rsid w:val="4AD97DD0"/>
     <w:rsid w:val="4C599C2C"/>
     <w:rsid w:val="4CDAC5E6"/>
+    <w:rsid w:val="4E31CBFF"/>
     <w:rsid w:val="4ED35899"/>
     <w:rsid w:val="4F824F51"/>
     <w:rsid w:val="4FCC4D93"/>
+    <w:rsid w:val="50A156DE"/>
     <w:rsid w:val="5211E2A5"/>
     <w:rsid w:val="542472E2"/>
     <w:rsid w:val="543C9817"/>
     <w:rsid w:val="54F67440"/>
     <w:rsid w:val="556F84EE"/>
     <w:rsid w:val="557A6881"/>
     <w:rsid w:val="55E958CD"/>
+    <w:rsid w:val="58972C97"/>
     <w:rsid w:val="59D1D2E9"/>
     <w:rsid w:val="59D4BDCC"/>
     <w:rsid w:val="59DB454D"/>
+    <w:rsid w:val="59DE7351"/>
     <w:rsid w:val="5A16BB58"/>
+    <w:rsid w:val="5A77E3D8"/>
     <w:rsid w:val="5EC60279"/>
     <w:rsid w:val="5F40A7CB"/>
     <w:rsid w:val="608C360E"/>
+    <w:rsid w:val="60FDEDDA"/>
     <w:rsid w:val="6232537D"/>
     <w:rsid w:val="62AF91DE"/>
     <w:rsid w:val="62F10892"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64BFF442"/>
     <w:rsid w:val="65467ED4"/>
+    <w:rsid w:val="66B42767"/>
+    <w:rsid w:val="67A98277"/>
+    <w:rsid w:val="6B099628"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6D5BEBCA"/>
     <w:rsid w:val="6D635F74"/>
     <w:rsid w:val="6E3FD80E"/>
     <w:rsid w:val="6E4472A1"/>
     <w:rsid w:val="70BB8AAE"/>
     <w:rsid w:val="716BB997"/>
     <w:rsid w:val="722F5CED"/>
     <w:rsid w:val="72CCE912"/>
     <w:rsid w:val="744AFEF0"/>
     <w:rsid w:val="763F2ABA"/>
     <w:rsid w:val="765B7029"/>
     <w:rsid w:val="78F61FCE"/>
     <w:rsid w:val="793CE4B2"/>
     <w:rsid w:val="7969F66E"/>
     <w:rsid w:val="7976CB7C"/>
     <w:rsid w:val="7AD8B513"/>
     <w:rsid w:val="7B699B64"/>
+    <w:rsid w:val="7BD3FCA9"/>
     <w:rsid w:val="7D4E10BD"/>
     <w:rsid w:val="7F4AAA91"/>
     <w:rsid w:val="7FDE1F7A"/>
     <w:rsid w:val="7FEE3532"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
@@ -7595,56 +7530,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>157</Words>
-  <Characters>1157</Characters>
+  <Words>205</Words>
+  <Characters>1505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1312</CharactersWithSpaces>
+  <CharactersWithSpaces>1687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hepatit C,  Kom ihåg-information till patienten inför hepatit C-behandling (DAA-behandling)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Jonatan Robertsson</lastModifiedBy>
-  <revision>47</revision>
+  <revision>50</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>