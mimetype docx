--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -121,291 +121,286 @@
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="31DB2354" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="005C1DD1" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
       <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
       <w:r w:rsidRPr="005C1DD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Reviderat: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE70D34" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="3EE70D34" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00425E14">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Huvudrubik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C3DA9F" w14:textId="77777777" w:rsidR="00C42EBE" w:rsidRDefault="00D36BE0" w:rsidP="00C42EBE">
+    <w:p w14:paraId="370A8C4D" w14:textId="5162DD0E" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00425E14">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Provtagning vecka 8 vid </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Provtagning vecka 8 vid Harvonibehandling (8 veckors behandlingstid</w:t>
+      </w:r>
+      <w:r w:rsidR="2B0DC4DD">
+        <w:t xml:space="preserve"> vid</w:t>
+      </w:r>
       <w:r>
-        <w:t>Harvonibehandling</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> genotyp 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="346961BD">
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidR="5698CC28">
+        <w:t xml:space="preserve">genotyp </w:t>
+      </w:r>
+      <w:r w:rsidR="346961BD">
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (8 veckors behandlingstid, genotyp 1 utan cirros).</w:t>
+        <w:t>utan cirros)</w:t>
+      </w:r>
+      <w:r w:rsidR="00425E14">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AEDE58" w14:textId="77777777" w:rsidR="00A1462A" w:rsidRDefault="00D36BE0" w:rsidP="00A1462A">
+    <w:p w14:paraId="68E8B2A7" w14:textId="58C75360" w:rsidR="35190E72" w:rsidRDefault="35190E72" w:rsidP="00425E14">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
-        <w:t>Kontroll av HBV DNA vid samtidig hepatit B.</w:t>
+        <w:t>Kontroll av urinsticka borttagen</w:t>
+      </w:r>
+      <w:r w:rsidR="00425E14">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2699FCD9" w14:textId="77777777" w:rsidR="00A1462A" w:rsidRDefault="7175B998" w:rsidP="00A1462A">
+    <w:p w14:paraId="4705BB60" w14:textId="2FB57A6A" w:rsidR="0404A518" w:rsidRPr="00425E14" w:rsidRDefault="796616CA" w:rsidP="00425E14">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Övertag </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">till </w:t>
+        <w:t>Både HCV RNA och ALAT kontrolleras 4 mån</w:t>
+      </w:r>
+      <w:r w:rsidR="00425E14">
+        <w:t>ader</w:t>
       </w:r>
       <w:r>
-        <w:t>annan klinik</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidR="00A1462A">
+        <w:t xml:space="preserve"> efter behandlingsavslut</w:t>
+      </w:r>
+      <w:r w:rsidR="00425E14">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-        <w:t>Resistensbestämning vid provtagning inför DAA-behandling.</w:t>
+      <w:r w:rsidR="00971FAC">
+        <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5738F32D" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431B41">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED5F00C" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="2772D873" w14:textId="423F6E33" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:t>Provtagning inför, under och efter avslutad hepatit C-behandling.</w:t>
       </w:r>
+      <w:r w:rsidR="77FFF658">
+        <w:t xml:space="preserve">                                Övertag från/till annan klinik-meddela Smittskyddet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF3E0F3" w14:textId="3BDE01CD" w:rsidR="0404A518" w:rsidRDefault="0404A518" w:rsidP="0404A518">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3066C903" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:t>Sammanfattning/syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723A4AF5" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="723A4AF5" w14:textId="2B5AB4BF" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Underlag för adekvat provtagning</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="56026DCA">
+        <w:t xml:space="preserve"> vid hepatit C behandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777CD2B7" w14:textId="77777777" w:rsidR="00E70083" w:rsidRDefault="00D36BE0" w:rsidP="00E70083">
+    <w:p w14:paraId="05D8D3BA" w14:textId="4CF8CC89" w:rsidR="002848A5" w:rsidRPr="002848A5" w:rsidRDefault="00D36BE0" w:rsidP="002848A5">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid nyupptäckt hepatit C kallas patienten till sjuksköterskebesök för provtagning enligt nedan, alternativt skickas remiss (enligt nedan) till patienten för provtagning på vårdcentral. </w:t>
+      </w:r>
+      <w:r w:rsidR="2C9901A1">
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Läkarbesök bokas för behandlingsstart.</w:t>
+      </w:r>
+      <w:r w:rsidR="0D361CD8" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA45B16" w14:textId="77777777" w:rsidR="002848A5" w:rsidRDefault="002848A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Vid nyupptäckt hepatit C kallas patienten till sjuksköterskebesök för provtagning enligt nedan, alternativt skickas remiss (enligt nedan) till patienten för provtagning på vårdcentral. Läkarbesök bokas för behandlingsstart.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456E983F" w14:textId="0AACADFF" w:rsidR="00D36BE0" w:rsidRPr="007F3F00" w:rsidRDefault="00D36BE0" w:rsidP="004E4C93">
+    <w:p w14:paraId="456E983F" w14:textId="7FCB7DC1" w:rsidR="00D36BE0" w:rsidRPr="007F3F00" w:rsidRDefault="00D36BE0" w:rsidP="004E4C93">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="74A8BB0B">
+      <w:r w:rsidRPr="0404A518">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Provtagning inför planerad behandling</w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="00E31644">
         <w:t>Virologen (inom 6 månader)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED3717E" w14:textId="0A764BB0" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="004E4C93">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>HIVag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -478,51 +473,50 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Genotyp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2E0A99" w14:textId="314E6230" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kem </w:t>
       </w:r>
       <w:r w:rsidR="00F76738">
         <w:t>labb</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (inom 6 månader)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34595FAE" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00D57D9B" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57D9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
@@ -540,99 +534,79 @@
         </w:rPr>
         <w:t>0 – F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D57D9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B876B7" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="63B876B7" w14:textId="5BF9B1A2" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002645C8">
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hb</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="361EE362" w:rsidRPr="0404A518">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t xml:space="preserve">, LPK, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>och</w:t>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>TPK.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AF48E3" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ALAT, ASAT, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -846,356 +820,268 @@
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Na</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>trium,</w:t>
       </w:r>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">kalium </w:t>
+        <w:t xml:space="preserve">kalium och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>och</w:t>
+        <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182B39BA" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002676C3" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="182B39BA" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="009871F1" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009871F1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SR och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>och</w:t>
+      <w:r w:rsidRPr="009871F1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ferritin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002645C8">
-[...27 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009871F1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vid nybesök).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D52402E" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00C1078C">
         <w:t>Infektionsmottagningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6774F39C" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Läkarbesök</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB28BC8" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="38A91E8B" w14:textId="3B2CEE30" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vikt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B059EC0" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Vikt</w:t>
+        <w:t>Graviditetstest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A91E8B" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="31A806F0" w14:textId="0BA6E1D7" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Urinsticka</w:t>
+        <w:t>Inf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1078C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C1078C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C1078C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hepatit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B059EC0" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="161F0134" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00C1078C" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...90 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fibroscan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (inom 12 månader. Om &gt;7,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1078C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C1078C">
@@ -1338,93 +1224,75 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002676C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CFB98C" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="72CFB98C" w14:textId="03C14DCD" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ALAT, </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>ALAT,</w:t>
+      </w:r>
+      <w:r w:rsidR="03949F98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002848A5">
+        <w:t xml:space="preserve">ASAT, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002645C8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002848A5">
         <w:t>bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> och albumin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260E1923" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hb, TPK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och</w:t>
@@ -1441,100 +1309,111 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E70F23" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Telefonkontakt med sjuksköterska.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3C66C4" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="746EFE8C">
         <w:t>Behandlingsvecka 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043F37C3" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="043F37C3" w14:textId="04F68CCB" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="002848A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="567"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> genotyp 1, ej cirros (endast 8 veckors behandlingstid.)</w:t>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Harvonibehandling genotyp 1</w:t>
+      </w:r>
+      <w:r w:rsidR="2D41319D">
+        <w:t xml:space="preserve"> och genotyp 4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, ej cirros (endast 8 veckors</w:t>
+      </w:r>
+      <w:r w:rsidR="002848A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="06A24949">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ehandlingstid.)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="084ADD0E" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="746EFE8C">
         <w:t>ALAT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="746EFE8C">
         <w:t>bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3B0F11D1" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="746EFE8C">
+        <w:lastRenderedPageBreak/>
         <w:t>HCV RNA (fryses på virologen)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2B4D73" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="746EFE8C">
         <w:t>Infcare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="746EFE8C">
         <w:t xml:space="preserve"> hepatit</w:t>
       </w:r>
       <w:r>
@@ -1670,51 +1549,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>HCV RNA (fryses på virologen)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C49C11" w14:textId="4E67D9AA" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Infcare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> hepatit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A3F218" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>HBV DNA om samtidig hepatit B.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218B6C38" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1560"/>
         </w:tabs>
@@ -1883,61 +1761,70 @@
         <w:t>HBV DNA vid obehandlad hepatit B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28BE2CCA" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="007C04A7" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:t>Provtagning efter avslutad behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C91215" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:t>Virologen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C77B29" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="16C77B29" w14:textId="7EF526B0" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>HCV RNA  4 månader efter avslutad behandling.</w:t>
+        <w:t xml:space="preserve">HCV </w:t>
+      </w:r>
+      <w:r w:rsidR="009C10B3">
+        <w:t>RNA och</w:t>
+      </w:r>
+      <w:r w:rsidR="5EBA897A">
+        <w:t xml:space="preserve"> ALAT </w:t>
+      </w:r>
+      <w:r>
+        <w:t>4 månader efter avslutad behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCC8AF7" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Telefontid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> till</w:t>
@@ -2072,317 +1959,288 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E47071">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> före behandling)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47071">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDB41C0" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00E47071" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+    <w:p w14:paraId="3CDB41C0" w14:textId="5DA3B797" w:rsidR="00D36BE0" w:rsidRPr="00E47071" w:rsidRDefault="00D36BE0" w:rsidP="002912F2">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0049214B">
+        <w:t xml:space="preserve">Vaccination hepatit A och </w:t>
+      </w:r>
+      <w:r w:rsidR="7BF2159A" w:rsidRPr="0049214B">
+        <w:t>hepatit B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049214B">
+        <w:t xml:space="preserve"> vid F 2 – F 4, om anti-HAV </w:t>
+      </w:r>
+      <w:r w:rsidR="07B7B458" w:rsidRPr="0049214B">
+        <w:t>neg</w:t>
+      </w:r>
+      <w:r w:rsidR="0049214B" w:rsidRPr="0049214B">
+        <w:t>ativ</w:t>
+      </w:r>
+      <w:r w:rsidR="07B7B458" w:rsidRPr="0049214B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002912F2" w:rsidRPr="0049214B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049214B">
+        <w:t>anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0049214B">
+        <w:t>HBc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0049214B">
+        <w:t xml:space="preserve"> neg</w:t>
+      </w:r>
+      <w:r w:rsidR="0049214B" w:rsidRPr="0049214B">
+        <w:t>ativ</w:t>
+      </w:r>
+      <w:r w:rsidR="3E0F7547" w:rsidRPr="0049214B">
+        <w:t>, anti-HBs neg</w:t>
+      </w:r>
+      <w:r w:rsidR="0049214B" w:rsidRPr="0049214B">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="0049214B">
+        <w:t>iv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049214B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427637DE" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
-        <w:rPr>
-[...62 lines deleted...]
-        <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Vaccination hepatit A och hepatit B om injicerande missbruk de två senaste åren, om anti-HAV och anti-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>HBc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> negativ. (Smittskyddskostnad)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4A26AD" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53BA8B52" w14:textId="4BB00600" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+    <w:p w14:paraId="5EC66AEC" w14:textId="0A620DC4" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      <w:r w:rsidR="00C40E3F">
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Om HCV RNA är negativ vid 4 månaderskontroll efter avslutad behandling görs avanmälan till smittskyddet Sminet - välj Hepatit C – kompletterand</w:t>
+      </w:r>
+      <w:r w:rsidR="498F4139" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uppgift -</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40E3F" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">övrig info: skriv in botad hepatit C.   </w:t>
       </w:r>
+      <w:r w:rsidR="4F7BD76D" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="4F7BD76D">
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="367FA5C7" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+    <w:p w14:paraId="5A0786BA" w14:textId="4F518AA4" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Intyg skickas till patienten att patienten är virusfri och anses botad. (Se brevmall ”Intyg efter Hepatit C” under Korr/intyg).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC879B0" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Journalmärkning ”varning för blodsmitta” tas bort i </w:t>
+        <w:t xml:space="preserve">Intyget innehåller information om kvarstående antikroppar mot HCV, risk finns för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Melior</w:t>
+        <w:t>nysmitta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>, ingen möjlighet att bli blodgivare/organdonator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0786BA" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+    <w:p w14:paraId="3EF15943" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002645C8">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6DC879B0" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+    <w:p w14:paraId="4BFA30C9" w14:textId="774251D9" w:rsidR="00D36BE0" w:rsidRPr="00220A09" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om patienten är virusfri 4 månader efter behandlingsslut avslutas kontakten med infektionskliniken. Om patienten har kompenserad levercirros, remitteras patienten till vårdcentral </w:t>
+      </w:r>
+      <w:r w:rsidR="42809EE3">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="076A58B6">
+        <w:t>eller gastromottagn</w:t>
+      </w:r>
+      <w:r w:rsidR="6CE15D30">
+        <w:t>ing)</w:t>
+      </w:r>
+      <w:r w:rsidR="076A58B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">för fortsatt uppföljning med uppmaning om kontroll av ultraljud lever två gånger/år med tumörfrågeställning. Årlig kontroll av ALAT, ASAT, albumin, TPK och PK. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Vid dekompenserad levercirros har patienten troligen redan kontakt med gastromottagningen, annars skickas remiss dit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E79DE" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>, ingen möjlighet att bli blodgivare/organdonator.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vårdcentral och tandläkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF15943" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00C40E3F">
+    <w:p w14:paraId="0A06143E" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...47 lines deleted...]
-        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Journalanteckning skickas till vårdcentral och eventuellt annan sjukvårdsinstans för kännedom om utläkt hepatit C. Brev skickas till patientens tandläkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264332CA" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="005831EF">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Relaps</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0045EC" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:t>Resistensbestämning och genotyp beställs på virologen från senaste HCV RNA prov (kontrollprovet).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54876711" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:numPr>
@@ -2463,133 +2321,131 @@
       <w:r w:rsidR="7E5C206C" w:rsidRPr="76BECCCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">till </w:t>
       </w:r>
       <w:r w:rsidR="3DC8BC67" w:rsidRPr="76BECCCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>annan klinik</w:t>
       </w:r>
       <w:r w:rsidR="25EDC1F9" w:rsidRPr="76BECCCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>/egen klinik</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D42E724" w14:textId="28282499" w:rsidR="60FF4040" w:rsidRDefault="72A2981A" w:rsidP="008E682D">
+    <w:p w14:paraId="1D42E724" w14:textId="2494D53B" w:rsidR="60FF4040" w:rsidRDefault="72A2981A" w:rsidP="008E682D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="60FF4040">
+      <w:r w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>Blankett</w:t>
       </w:r>
-      <w:r w:rsidR="4AA7E33E" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="4AA7E33E" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>en för övertag av behandlingsansvar är</w:t>
       </w:r>
-      <w:r w:rsidR="4394C795" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="4394C795" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> borttagen. </w:t>
       </w:r>
-      <w:r w:rsidR="108AD3FB" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="108AD3FB" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="000674CD" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="000674CD" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="108AD3FB" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="108AD3FB" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>stället meddelas smittskyddet via</w:t>
       </w:r>
-      <w:r w:rsidR="0E73A221" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="0E73A221" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Sminet “kompletterande </w:t>
+      </w:r>
+      <w:r w:rsidR="5D700C25" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>uppgift</w:t>
+      </w:r>
+      <w:r w:rsidR="0E73A221" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="3573EFEA" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>var patienten flyttat alternativt</w:t>
+      </w:r>
+      <w:r w:rsidR="61682CF7" w:rsidRPr="0404A518">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0E73A221" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="538DC059" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
-        <w:t>Sminet</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">nyinflyttad till NU-sjukvårdens </w:t>
       </w:r>
-      <w:r w:rsidR="743F49A5" w:rsidRPr="60FF4040">
+      <w:r w:rsidR="743F49A5" w:rsidRPr="0404A518">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>upptagningsområde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A873E0C" w14:textId="473A586A" w:rsidR="42003A02" w:rsidRDefault="42003A02" w:rsidP="008E682D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="60FF4040">
         <w:t>Varningsmärkning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791F45F5" w14:textId="708D6489" w:rsidR="60FF4040" w:rsidRDefault="42003A02" w:rsidP="008E682D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="60FF4040">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
@@ -2601,144 +2457,122 @@
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="60FF4040">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktuellt</w:t>
       </w:r>
       <w:r w:rsidR="00A1462A">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4528BB5F" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="002645C8" w:rsidRDefault="00D36BE0" w:rsidP="00D36BE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="002645C8">
         <w:t>Källor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A906B3" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRPr="00B21103" w:rsidRDefault="00D36BE0" w:rsidP="00911ACD">
+    <w:p w14:paraId="5D72DD0A" w14:textId="3A51C73C" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B21103">
-        <w:t xml:space="preserve">Behandlingsrekommendation (RAV, Referensgrupp för Antiviral terapi). </w:t>
+      <w:r>
+        <w:t>Behandlingsrekommendation (RAV, Referensgrupp för Antiviral terapi)</w:t>
+      </w:r>
+      <w:r w:rsidR="16D80B5D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>“Läkemedelsbehandling av hepatit C - virusinfektion hos vuxna och barn 2017, uppdaterad senast 2023.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D72DD0A" w14:textId="77777777" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="00911ACD">
+    <w:p w14:paraId="686C99F6" w14:textId="47B79086" w:rsidR="00D36BE0" w:rsidRDefault="00D36BE0" w:rsidP="0404A518">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B21103">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00FC0381">
+      <w:r>
         <w:t>Provtagningsanvisningar Hepatitprovtagning</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>I</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2021</w:t>
+        <w:t>Infektionskliniken SU/Östra 202</w:t>
+      </w:r>
+      <w:r w:rsidR="6F0382EB">
+        <w:t>5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sectPr w:rsidR="00D36BE0" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34F46AE1" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C">
+    <w:p w14:paraId="339DFEF5" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00DF64E4" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C">
+    <w:p w14:paraId="0537ED1C" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2691FFED" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C">
+    <w:p w14:paraId="28E6AF71" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3072,61 +2906,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15E4A335" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C"/>
+    <w:p w14:paraId="0C9DAA3B" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CFDB98C" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C">
+    <w:p w14:paraId="48865B6C" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="12C4229B" w14:textId="77777777" w:rsidR="0045537C" w:rsidRDefault="0045537C">
+    <w:p w14:paraId="49203F49" w14:textId="77777777" w:rsidR="00A47D41" w:rsidRDefault="00A47D41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="184F85D4" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31BB274B" wp14:editId="73DF3DE3">
               <wp:simplePos x="0" y="0"/>
@@ -6161,65 +5995,65 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B6660C0"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="AB0690C4"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liststycke"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
@@ -6838,50 +6672,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A9C05C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47FABB94"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6950,51 +6897,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7064,51 +7011,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
@@ -7118,107 +7065,110 @@
   <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="830874331">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="57095060">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1420836046">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1197036491">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2055809662">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="611549018">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="188683465">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1993606094">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1244149737">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="999624215">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1187675974">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1974556298">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1691642673">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="255678333">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="353267967">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1793858508">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1059472846">
     <w:abstractNumId w:val="23"/>
   </w:num>
+  <w:num w:numId="35" w16cid:durableId="2020354947">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -7264,76 +7214,79 @@
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="0011721C"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="0018221D"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="002848A5"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="002912F2"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F3226"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
@@ -7344,63 +7297,65 @@
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="003666BF"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00377992"/>
     <w:rsid w:val="00377B12"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00425E14"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="0045537C"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="0049214B"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4C93"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="0052227B"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005552EB"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
@@ -7512,77 +7467,81 @@
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E682D"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F43CA"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="00911ACD"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00915FBA"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00971FAC"/>
+    <w:rsid w:val="009871F1"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A61D4"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
+    <w:rsid w:val="009C10B3"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A1462A"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A47D41"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
@@ -7629,50 +7588,51 @@
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C57724"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C77E48"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D3020C"/>
     <w:rsid w:val="00D36928"/>
     <w:rsid w:val="00D36BE0"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA546C"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E31644"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
@@ -7698,108 +7658,150 @@
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F4168D"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F70496"/>
     <w:rsid w:val="00F7294C"/>
     <w:rsid w:val="00F76738"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="03949F98"/>
+    <w:rsid w:val="0404A518"/>
+    <w:rsid w:val="06A24949"/>
+    <w:rsid w:val="076A58B6"/>
     <w:rsid w:val="07A00910"/>
+    <w:rsid w:val="07B7B458"/>
     <w:rsid w:val="083E0227"/>
     <w:rsid w:val="09CFFC18"/>
+    <w:rsid w:val="0D361CD8"/>
     <w:rsid w:val="0E73A221"/>
     <w:rsid w:val="0E7E84B3"/>
     <w:rsid w:val="1042D273"/>
     <w:rsid w:val="108AD3FB"/>
     <w:rsid w:val="124B65D9"/>
+    <w:rsid w:val="1661738A"/>
+    <w:rsid w:val="16CBF803"/>
+    <w:rsid w:val="16D80B5D"/>
     <w:rsid w:val="1740F2B1"/>
     <w:rsid w:val="1E284339"/>
     <w:rsid w:val="20D4747B"/>
     <w:rsid w:val="213E0932"/>
+    <w:rsid w:val="24972371"/>
     <w:rsid w:val="25EDC1F9"/>
+    <w:rsid w:val="2B0DC4DD"/>
     <w:rsid w:val="2B1298C1"/>
     <w:rsid w:val="2B1A2452"/>
+    <w:rsid w:val="2C9901A1"/>
     <w:rsid w:val="2CBFBA5D"/>
+    <w:rsid w:val="2D41319D"/>
     <w:rsid w:val="31020DDB"/>
     <w:rsid w:val="31556EA4"/>
+    <w:rsid w:val="316BDB52"/>
+    <w:rsid w:val="328B4E0F"/>
+    <w:rsid w:val="346961BD"/>
+    <w:rsid w:val="35190E72"/>
     <w:rsid w:val="3573EFEA"/>
+    <w:rsid w:val="35D21163"/>
+    <w:rsid w:val="361EE362"/>
+    <w:rsid w:val="3A360C84"/>
     <w:rsid w:val="3AE6D089"/>
     <w:rsid w:val="3B6C3A8A"/>
+    <w:rsid w:val="3C6A6029"/>
     <w:rsid w:val="3DC8BC67"/>
+    <w:rsid w:val="3E0F7547"/>
     <w:rsid w:val="3F16D446"/>
     <w:rsid w:val="3F8568C8"/>
     <w:rsid w:val="42003A02"/>
+    <w:rsid w:val="42809EE3"/>
     <w:rsid w:val="42F3B924"/>
     <w:rsid w:val="4394C795"/>
     <w:rsid w:val="47D1CAE4"/>
     <w:rsid w:val="482DF16D"/>
+    <w:rsid w:val="486045C4"/>
+    <w:rsid w:val="49295735"/>
     <w:rsid w:val="498236D9"/>
+    <w:rsid w:val="498F4139"/>
     <w:rsid w:val="4AA7E33E"/>
+    <w:rsid w:val="4E87CB8B"/>
+    <w:rsid w:val="4ED3204E"/>
+    <w:rsid w:val="4F7BD76D"/>
     <w:rsid w:val="50FB4F6C"/>
     <w:rsid w:val="51503A1E"/>
     <w:rsid w:val="51ED45EB"/>
     <w:rsid w:val="5312B9DF"/>
     <w:rsid w:val="538DC059"/>
+    <w:rsid w:val="56026DCA"/>
+    <w:rsid w:val="5698CC28"/>
+    <w:rsid w:val="5A710E51"/>
     <w:rsid w:val="5D5C238A"/>
+    <w:rsid w:val="5D700C25"/>
+    <w:rsid w:val="5D7A8E66"/>
     <w:rsid w:val="5D93607B"/>
     <w:rsid w:val="5E25EA77"/>
     <w:rsid w:val="5E92D36A"/>
+    <w:rsid w:val="5EBA897A"/>
     <w:rsid w:val="60FF4040"/>
     <w:rsid w:val="61682CF7"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64B8F0DD"/>
+    <w:rsid w:val="688C2F83"/>
     <w:rsid w:val="6A5D0BC4"/>
     <w:rsid w:val="6A773FB6"/>
+    <w:rsid w:val="6ACCD1F3"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6CE15D30"/>
+    <w:rsid w:val="6F0382EB"/>
     <w:rsid w:val="7165BB2C"/>
     <w:rsid w:val="7175B998"/>
     <w:rsid w:val="7226B3DB"/>
     <w:rsid w:val="72A2981A"/>
     <w:rsid w:val="743F49A5"/>
     <w:rsid w:val="74A8BB0B"/>
     <w:rsid w:val="74B4A524"/>
     <w:rsid w:val="76BECCCE"/>
     <w:rsid w:val="77189141"/>
+    <w:rsid w:val="77FFF658"/>
     <w:rsid w:val="7862F37F"/>
+    <w:rsid w:val="796616CA"/>
     <w:rsid w:val="7BE5C472"/>
+    <w:rsid w:val="7BF2159A"/>
     <w:rsid w:val="7DF70DCE"/>
     <w:rsid w:val="7E5C206C"/>
     <w:rsid w:val="7F388F03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
@@ -8777,51 +8779,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
@@ -10711,55 +10712,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>736</Words>
-  <Characters>3903</Characters>
+  <Words>655</Words>
+  <Characters>4262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>102</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4630</CharactersWithSpaces>
+  <CharactersWithSpaces>4815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Hepatit C, provtagningsrutiner vid DAA-behandling - Övertag annan klinik-egen klinik</dc:title>
+  <dc:title>Hepatit C, Provtagningsrutiner vid DAA-behandling</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>4</revision>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>