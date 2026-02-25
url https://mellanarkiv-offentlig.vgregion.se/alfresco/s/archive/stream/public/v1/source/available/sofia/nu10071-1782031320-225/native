--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -8,56 +8,56 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C50720A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00564071" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="2C50720A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00564071" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00564071">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60178E79" wp14:editId="02C1A7AE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="1778000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textruta 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -252,293 +252,284 @@
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_1314629194"/>
       <w:bookmarkStart w:id="1" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="5D831982">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hepatit B</w:t>
       </w:r>
       <w:r w:rsidRPr="00564071">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="37369A5D">
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>provtagningsrutiner vid nyupptäckt och kronisk infektion (olika immunologiska faser)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2533C113" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="2533C113" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
-          <w:sz w:val="40"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Smittspårning</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB0FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684FE5BE" w14:textId="1DDC8BF8" w:rsidR="00184167" w:rsidRPr="001D0D3E" w:rsidRDefault="00AB0FA6" w:rsidP="001D0D3E">
+    <w:p w14:paraId="684FE5BE" w14:textId="1DDC8BF8" w:rsidR="00184167" w:rsidRPr="001D0D3E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5E5F1EB0">
-[...2 lines deleted...]
-          <w:szCs w:val="40"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">HCC surveillance </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A264BE">
+        <w:t xml:space="preserve">HCC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>surveillance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="44"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="5C2DA102" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="70D2AF6D" w14:textId="77777777" w:rsidR="00A84850" w:rsidRDefault="00AB0FA6" w:rsidP="00A84850">
+    <w:p w14:paraId="62A950A3" w14:textId="6289065F" w:rsidR="3FD9180F" w:rsidRDefault="2D9EF80B" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AB0FA6">
-[...3 lines deleted...]
-    <w:p w14:paraId="13B3F089" w14:textId="77777777" w:rsidR="00A84850" w:rsidRDefault="00AB0FA6" w:rsidP="00A84850">
+      <w:r>
+        <w:t xml:space="preserve">HCC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>surveillance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kvarstår oförändrat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA0B79C" w14:textId="38B35243" w:rsidR="2D9EF80B" w:rsidRDefault="2D9EF80B" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...5 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Provtagning nyupptäckt: Anti-HBc IgM borttagen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B93BA39" w14:textId="77777777" w:rsidR="00A84850" w:rsidRDefault="00AB0FA6" w:rsidP="00A84850">
+        <w:t>Kontroll av genotyp vid nyupptäckt hepatit B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13568C9D" w14:textId="4451DBED" w:rsidR="010A53AD" w:rsidRDefault="010A53AD" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...5 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ändrade rutiner under rubriken “Övervakningsfas”, </w:t>
-[...48 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Ytterligare </w:t>
+      </w:r>
+      <w:r w:rsidR="5F842571">
+        <w:t>referenser/källor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403255CB" w14:textId="3C86932E" w:rsidR="009A32ED" w:rsidRDefault="00AB0FA6" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="6" w:name="_Toc181866757"/>
       <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="699EC754" w14:textId="5BFA47CB" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="009A70A4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Provtagning för att upptäcka tecken till försämring av leverns funktion. Se även PM ”Hepatit B och hepatit C – levercirros/levertumör”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E566963" w14:textId="2159BC57" w:rsidR="009A32ED" w:rsidRDefault="00AB0FA6" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="9" w:name="_Toc181866759"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>Sammanfattning/</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t>syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="78ACBCD1" w14:textId="73BBC231" w:rsidR="00AB0FA6" w:rsidRPr="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="1A478BFE" w14:textId="04C38ED1" w:rsidR="009A32ED" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:r>
         <w:t xml:space="preserve">Underlag för adekvat provtagning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACFECAD" w14:textId="65D465D4" w:rsidR="009A32ED" w:rsidRDefault="00AB0FA6" w:rsidP="009A32ED">
-[...2 lines deleted...]
-        <w:ind w:right="-143"/>
+    <w:p w14:paraId="367EFE19" w14:textId="77777777" w:rsidR="00386A38" w:rsidRDefault="00386A38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACFECAD" w14:textId="3D0651DA" w:rsidR="009A32ED" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hepatit B nyupptäckt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFE68C5" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="3CFE68C5" w14:textId="11CAFA80" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A70A4">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Kem labb</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Kem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="07061700" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hb, LPK </w:t>
       </w:r>
       <w:r w:rsidRPr="009A70A4">
         <w:t>och</w:t>
       </w:r>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -553,1866 +544,2649 @@
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S-ASAT, S-ALAT, S-Bilirubin, S-ALP, S-albumin och S-PK.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1CAF79" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>S-IgG.</w:t>
+        <w:t>S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>IgG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5084A43A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>Kreatinin.</w:t>
+        <w:t>Kreatinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9D14DF" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:t>AFP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243673A6" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>SR (samtidig autoimmune hepatit?).</w:t>
+        <w:t xml:space="preserve">SR (samtidig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>autoimmune</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t xml:space="preserve"> hepatit?).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FF6977" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>Ferritin (samtidig hemokromatos?).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C7DE2FA" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+        <w:t>Ferritin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t xml:space="preserve"> (samtidig hemokromatos?).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7DE2FA" w14:textId="0E4FF8C2" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:spacing w:before="120" w:after="0"/>
+        <w:t>Peth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000655B3">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04798E7B" w14:textId="73BABA46" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="000655B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="633"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Virologen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465BA953" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="465BA953" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...38 lines deleted...]
-    <w:p w14:paraId="457BA82C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> kvantitativt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>antiHBe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>antiHBc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>IgM</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>IgG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>) och genotyp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457BA82C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="33EF83B7" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+      </w:pPr>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBV DNA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EF83B7" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>AntiHAV</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>IgG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069CD442" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="069CD442" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
         <w:t>AntiHCV</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4987941C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="4987941C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HIVag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>antiHIV</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7149CF7C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="7149CF7C" w14:textId="6C606AFF" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006076E1">
         <w:t>Anti HDV (delta)</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>.</w:t>
+    </w:p>
+    <w:p w14:paraId="563D5E79" w14:textId="590274E6" w:rsidR="39EF1D2D" w:rsidRPr="006076E1" w:rsidRDefault="39EF1D2D" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>Genotyp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A9B5AB" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004D660C" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="-1277"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04AB3113" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Infektionsmottagningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3686521C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>Fibroscan.</w:t>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A08DC74" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:t>Kroppslängd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20FE37A4" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:t>Kroppsvikt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A95ED3" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Hepatit A-vaccination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A7B319" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="23A7B319" w14:textId="08C0968C" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
-      <w:r w:rsidRPr="009A70A4">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="009A70A4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>InfCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1712DF3F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A90CC8" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="436F4C2C" w14:textId="21DDE0F1" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="595AA792" w14:textId="77777777" w:rsidR="00A041A0" w:rsidRDefault="00A041A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335205BD" w14:textId="472E6161" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Hepatit B kronisk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66596689" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Toleransfas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-positiv kronisk HBV-infektion)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46078216" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="005C402F" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provtagning 1 – 2 gånger/år, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 gång/år på hepatitmottagning (sjuksköterska).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E1498B" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="419876EE" w14:textId="252239E4" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="37A3BD7C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S-ALAT, ALP, PK och TPK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C746164" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E749F7" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Virologen 1 gång/år</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163A2770" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>antiHBe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1133D6EC" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r>
+        <w:t>HBV DNA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471A41B2" w14:textId="5CBC62FF" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345C2B15" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Infektionsmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495E2730" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="36115973" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Telefontid/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>brevtid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> läkare PAL efter provtagning, då ställningstagande till nästa läkarbesök.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B3A8E1" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>InfCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hepatit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0FA6">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDA6C5F" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004912E1" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Immunaktiveringsfas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-positiv kronisk HBV-infektion)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB406C8" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provtagning 2 gånger/år</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688661A4" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2E0015" w14:textId="22AB6F87" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B6EC48A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="004912E1" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004912E1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S-ALAT, AFP, PK, ALP och TPK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FE0055" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Virologen 1 gång/år</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3739DD7B" w14:textId="6B8390B7" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>antiHBe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654D6AE5" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBV DNA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E37858" w14:textId="6C3D9B7F" w:rsidR="00AB0FA6" w:rsidRPr="006076E1" w:rsidRDefault="16DAB8E8" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006076E1">
+        <w:t xml:space="preserve"> kvant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7862589B" w14:textId="3F7B8624" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E913D37" w14:textId="47EB5D2D" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Infektionsmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C42D12" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="001243E3" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t xml:space="preserve"> vid återbesök.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BBA4EB" w14:textId="5FEEBA35" w:rsidR="00AB0FA6" w:rsidRPr="001243E3" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001243E3">
+        <w:t>Läkarbesök en gång/år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7014904F" w14:textId="12BAF45E" w:rsidR="00AB0FA6" w:rsidRPr="001243E3" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t>InfCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t xml:space="preserve"> hepatit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0FA6" w:rsidRPr="001243E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001243E3">
+        <w:t xml:space="preserve">(Ultraljud lever om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t>fibroscanvärden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001243E3">
+        <w:t xml:space="preserve"> är svårbedömda</w:t>
+      </w:r>
+      <w:r w:rsidR="6396CA54" w:rsidRPr="001243E3">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AD4054" w14:textId="5CFD6658" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20ED1120" w14:textId="77777777" w:rsidR="008847AB" w:rsidRDefault="008847AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0599EB07" w14:textId="29B1B157" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Övervakningsfas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
+        <w:t>-negativ kronisk HBV-infektion)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2601D840" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och provtagning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>vartannat år</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på hepatitmottagning (sjuksköterska)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD2FE99" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2AB26A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kem labb</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F6C1A0" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ALAT, PK, ALP och TPK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFDEA4A" w14:textId="0F5BE557" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Virologen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFBB54B" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">HBV DNA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F2D5EB" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kvantitativt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD3DD71" w14:textId="1164CEE5" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="0C134FFF" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>antiHBs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CCB47B" w14:textId="513F6DC1" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D5C42F" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Infektionsmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACCFE00" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3CD3515F" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Brevtid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> till läkare PAL, då ställningstagande till nästa läkarbesök.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0EAEC9" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="-1277"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>InfCare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hepatit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06918B2A" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DA9FB2E" w14:textId="0FF84A6F" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid flerårigt normalt ALAT, HBV-DNA &lt;3,3 log, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-kvantifiering &lt;1000, kan provtagning och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fibroscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> glesas ut till vart tredje år. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685A79C9" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2C089A" w14:textId="178030CF" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+        </w:rPr>
+        <w:t>Resolutionsfas, ”utläkt” hepatit B</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0FA6">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Kronisk hepatit B läker vid enstaka tillfällen ut spontant. När </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> är negativt kontrolleras anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>HBs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och HBV-DNA. Efter 6 månader kontrolleras återigen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>HBs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och HBV-DNA. Om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> är fortsatt negativ avslutas vidare kontroller på infektionsmottagningen. Anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>HBs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> blir inte alltid positivt. Trots att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> är negativ, kan HBV-DNA växla mellan mycket låga nivåer</w:t>
+      </w:r>
+      <w:r w:rsidR="4B22B601">
+        <w:t xml:space="preserve"> (svagt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4B22B601">
+        <w:t>pos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4B22B601">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="11C65FF9">
+        <w:t>alt</w:t>
+      </w:r>
+      <w:r w:rsidR="4B22B601">
+        <w:t xml:space="preserve"> +1,0 log)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> eller negativt på grund av att det troligen finns låga virusnivåer kvar i levern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569FD408" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid utläkt hepatit B meddelas Smittskyddet via smittskyddsanmälan (kryssa i “Kompletterande uppgifter”, personnummer, info under “Övrig information”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579AF7C2" w14:textId="44D5C25A" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="1712DF3F" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienten ska upplysas om riskerna för reaktivering vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>immunsupprimerande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> behandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD1BC23" w14:textId="5744006C" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B7F1158" w14:textId="7C1988B5" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702D3380" w14:textId="3D8C01E3" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE8DA16" w14:textId="77777777" w:rsidR="008847AB" w:rsidRDefault="008847AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A90CC8" w14:textId="41B6CD25" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1277"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Smittspårning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005C402F" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-567"/>
+      </w:pPr>
       <w:r w:rsidRPr="009A70A4">
-        <w:t>Make/maka (annan sexualpartner) samt barn ska smittspåras, om det inte är gjort tidigare. Remiss skickas i första hand till vårdcentral för provtagning och eventuell vaccination hos anhörig. Ange önskade prover och nedan förklaring på remissen, samt önskemål om vaccination.</w:t>
+        <w:t xml:space="preserve">Make/maka (annan sexualpartner) samt barn ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>smittspåras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>, om det inte är gjort tidigare. Remiss skickas i första hand till vårdcentral för provtagning och eventuell vaccination hos anhörig. Ange önskade prover och nedan förklaring på remissen, samt önskemål om vaccination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E16F149" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01336FCA" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:t xml:space="preserve">Prover som ska kontrolleras är </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D545A65" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00383BDA">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>HBsAg</w:t>
       </w:r>
       <w:r w:rsidRPr="009A70A4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>(positiv = aktiv infektion)</w:t>
+        <w:t xml:space="preserve">(positiv = aktiv </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>infektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181CAF82" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00383BDA">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="-567"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>anti HBc</w:t>
-      </w:r>
+        <w:t>anti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>HBc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A70A4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">(positiv = utläkt infektion om HBsAg negativ </w:t>
-      </w:r>
+        <w:t xml:space="preserve">(positiv = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>utläkt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>infektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>om</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HBsAg negativ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>eller</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pågående infektion om HBsAg är positiv)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>pågående</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>infektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>om</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HBsAg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>är</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> positiv)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F85D2E7" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00383BDA">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="-567"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>anti-HBs</w:t>
-      </w:r>
+        <w:t>anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>HBs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A70A4">
         <w:tab/>
         <w:t>(positiv = vaccinerad eller utläkt infektion)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF89A61" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-567"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B47751C" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="009A70A4" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="009A70A4">
-        <w:t xml:space="preserve">Om ovan prover är negativa snabbvaccineras partnern (0-2-6 veckor) samt efter 12 månader. Anti-HBs kontrolleras 14 månader efter vaccinationsstart. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67290227" w14:textId="44395205" w:rsidR="00AB0FA6" w:rsidRPr="001D0D3E" w:rsidRDefault="00AB0FA6" w:rsidP="001D0D3E">
+        <w:t>Om ovan prover är negativa snabbvaccineras partnern (0-2-6 veckor) samt efter 12 månader. Anti-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t>HBs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A70A4">
+        <w:t xml:space="preserve"> kontrolleras 14 månader efter vaccinationsstart. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1A0639" w14:textId="5F9747A3" w:rsidR="00E7132A" w:rsidRDefault="00AB0FA6" w:rsidP="008847AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
-      <w:r w:rsidRPr="009A70A4">
+      <w:r>
         <w:t>Barn vaccineras enligt ordinarie vaccinationsschema.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009A70A4">
+      <w:r>
         <w:br/>
         <w:t>Provtagning och eventuell vaccination kan även göras på infektionsmottagningen (vuxna) och på barnmottagningen (barn).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2A0B60" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+    <w:p w14:paraId="486DEF51" w14:textId="77777777" w:rsidR="001243E3" w:rsidRDefault="001243E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2A0B60" w14:textId="20611BA3" w:rsidR="00AB0FA6" w:rsidRPr="0078759E" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078759E">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">HCC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>surveillence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="64031D11" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
       </w:pPr>
-      <w:r w:rsidRPr="007B03C7">
-[...1 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">OBS! Riskgrupper för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hepatocellulär</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> cancer (HCC) vid Hepatit B oavsett immunologisk fas kontrolleras med ultraljud lever två gånger/år:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CE7EB0" w14:textId="7FFBB296" w:rsidR="00E7132A" w:rsidRDefault="00E7132A" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-709"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="667F020B" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-709"/>
       </w:pPr>
       <w:r w:rsidRPr="007B03C7">
         <w:t>Levercirros (se rubrik levercirros).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317E5D47" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+    <w:p w14:paraId="317E5D47" w14:textId="0298B089" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00A05FAE">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="993"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nära släkting med HCC</w:t>
+      </w:r>
+      <w:r w:rsidR="66A71B71">
+        <w:t xml:space="preserve"> (föräldrar, syskon)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CD3B3E" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-709"/>
       </w:pPr>
       <w:r w:rsidRPr="007B03C7">
-        <w:t>Nära släkting med HCC.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57CD3B3E" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+        <w:t>Asiatiska män (östra och sydöstra Asien) och afrikanska män (söder om Sahara) &gt;40 års ålder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77669A2E" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-709"/>
       </w:pPr>
       <w:r w:rsidRPr="007B03C7">
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="77669A2E" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00762AF4">
+        <w:t>Asiatiska kvinnor (östra och sydöstra Asien) och afrikanska kvinnor (söder om Sahara) &gt;50 års ålder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3635BCB0" w14:textId="0460CEFA" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-709"/>
       </w:pPr>
-      <w:r w:rsidRPr="007B03C7">
-[...9 lines deleted...]
-        </w:numPr>
+      <w:r>
+        <w:t>Samtidig infektion med hepatit C</w:t>
+      </w:r>
+      <w:r w:rsidR="27106E38">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r>
+        <w:t>hepatit D eller HIV.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAE66E0" w14:textId="60077DAD" w:rsidR="00A77D4E" w:rsidRPr="00444F43" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="-709"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="4166C6CB" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00C21372" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+        <w:ind w:right="-709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="464C706E" w14:textId="7E85F3DC" w:rsidR="00A77D4E" w:rsidRPr="00444F43" w:rsidRDefault="38CA4296" w:rsidP="00E7132A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-1277"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1EE521E8" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+        <w:ind w:right="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ett </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>scoringsystem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kan </w:t>
+      </w:r>
+      <w:r w:rsidR="37FAA473">
+        <w:t>vara till hjälp</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> för att bedöma risk </w:t>
+      </w:r>
+      <w:r w:rsidR="239D60BB">
+        <w:t>för HCC</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05FAE">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="239D60BB">
+        <w:t>utveckling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF923DD" w14:textId="3B2DFD33" w:rsidR="00A77D4E" w:rsidRPr="004912E1" w:rsidRDefault="239D60BB" w:rsidP="00E7132A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-1277"/>
-[...18 lines deleted...]
-        </w:numPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004912E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Reach-B score for hepatocellular </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004912E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>carcinom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004912E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HCC)”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F19F550" w14:textId="4DF7156E" w:rsidR="00A77D4E" w:rsidRPr="004912E1" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="-1277"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="10E02D74" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00D93456" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="447EEBFF" w14:textId="2D59E870" w:rsidR="00A77D4E" w:rsidRPr="004912E1" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-1277"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="033C7DAE" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="007B03C7" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794C5CAD" w14:textId="3F924FF6" w:rsidR="00A77D4E" w:rsidRPr="004912E1" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-1277"/>
-[...18 lines deleted...]
-        </w:numPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B4A3109" w14:textId="28B79644" w:rsidR="00A77D4E" w:rsidRPr="004912E1" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="-1277"/>
-[...752 lines deleted...]
-        <w:ind w:right="0"/>
+        <w:ind w:right="-709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Georgia" w:hAnsi="Verdana" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00444F43">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36ABB0E1" w14:textId="77777777" w:rsidR="008847AB" w:rsidRDefault="008847AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Georgia" w:hAnsi="Verdana" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Georgia" w:hAnsi="Verdana" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E3EE4F" w14:textId="49A4144D" w:rsidR="00A77D4E" w:rsidRPr="00444F43" w:rsidRDefault="00A77D4E" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Georgia" w:hAnsi="Verdana" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Georgia" w:hAnsi="Verdana" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Varningsmärkning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D50314" w14:textId="6ED81BDC" w:rsidR="00A77D4E" w:rsidRDefault="00A77D4E" w:rsidP="00A77D4E">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-567"/>
       </w:pPr>
       <w:r w:rsidRPr="6D02A939">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Varningsmärkning för blodsmitta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="6D02A939">
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktuellt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E25BEC1" w14:textId="62D54F58" w:rsidR="5E5F1EB0" w:rsidRDefault="5E5F1EB0" w:rsidP="5E5F1EB0">
+    <w:p w14:paraId="6E25BEC1" w14:textId="62D54F58" w:rsidR="5E5F1EB0" w:rsidRDefault="5E5F1EB0" w:rsidP="00724E52">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-567"/>
+        <w:ind w:left="0" w:right="-567"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10B71C0B" w14:textId="44F63A78" w:rsidR="00AB0FA6" w:rsidRPr="004D0CD8" w:rsidRDefault="00AB0FA6" w:rsidP="004D0CD8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004D0CD8">
         <w:t>Övertag till annan klinik/till egen klinik</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CB844F" w14:textId="578DCFEF" w:rsidR="00AB0FA6" w:rsidRPr="00762AF4" w:rsidRDefault="00AB0FA6" w:rsidP="004D0CD8">
+    <w:p w14:paraId="06CF8A13" w14:textId="72BC2D35" w:rsidR="00E7132A" w:rsidRDefault="00AB0FA6" w:rsidP="00724E52">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="5FDEB7B3">
-        <w:t>Blanketten för övertag av behandlingsansvar är borttagen. I stället meddelas smittskyddet via Sminet “kompletterande anmälan” var</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Blanketten för övertag av behandlingsansvar är borttagen. I stället meddelas smittskyddet via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sminet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> “kompletterande anmälan” var</w:t>
       </w:r>
       <w:r w:rsidR="00762AF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="5FDEB7B3">
-[...14 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="159FADAF" w14:textId="5F10BA47" w:rsidR="00AB0FA6" w:rsidRPr="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00AB0FA6">
+        <w:t>patienten flyttat alternativt nyinflyttad till NU-sjukvårdens upptagni</w:t>
+      </w:r>
+      <w:r w:rsidR="00724E52">
+        <w:t>ngsområde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159FADAF" w14:textId="230870F5" w:rsidR="00AB0FA6" w:rsidRPr="00AB0FA6" w:rsidRDefault="00AB0FA6" w:rsidP="00A05FAE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="633"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Källor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D6C407" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00BD47A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD47A5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>RAV. Behandling av hepatit B virusinfektioner hos vuxna och barn, 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2B15E3" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00BD47A5">
+    <w:p w14:paraId="2F2B15E3" w14:textId="090931E8" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD47A5">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">RUTIN ”Hepatit B – handläggning av patienter på infektion”, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD47A5">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00BD47A5">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">infektionskliniken, SU/Östra sjukhuset. 2023   </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22F37B09" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00BD47A5">
+        <w:t>infektionskliniken, SU/Östra sjukhuset. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="147AE759" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F37B09" w14:textId="5A987410" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD47A5">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>RUTIN ”Hepatitprovtagning” infektionsklinken, SU/Östra sjukhuset, 2021.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71C3CC60" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00BD47A5">
+        <w:t xml:space="preserve">RUTIN ”Hepatitprovtagning” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>infektionsklinken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, SU/Östra sjukhuset, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="60169C6A" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AD6549" w14:textId="50DA130D" w:rsidR="27C378CC" w:rsidRDefault="27C378CC" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EASL Clinical Practice Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="73AF9B0F" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="4A35F9CC" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n the</w:t>
+      </w:r>
+      <w:r w:rsidR="73AF9B0F" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anagement of</w:t>
+      </w:r>
+      <w:r w:rsidR="30EA1382" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hepatis B virus infection. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>hepatology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E94A726" w14:textId="6CBA93DC" w:rsidR="7ACA4C38" w:rsidRDefault="7ACA4C38" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Regionala cancercentrum</w:t>
+      </w:r>
+      <w:r w:rsidR="2926FC08" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, Vårdprogram levercancer</w:t>
+      </w:r>
+      <w:r w:rsidR="6BF49CE6" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>, 2024.</w:t>
+      </w:r>
+      <w:r w:rsidR="2926FC08" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Screening för HCC - övervakning (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2926FC08" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>surveil</w:t>
+      </w:r>
+      <w:r w:rsidR="20A15969" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>lance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="20A15969" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>) av riskgrupper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D949379" w14:textId="42BC313E" w:rsidR="20A15969" w:rsidRDefault="20A15969" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>NHS (National health service)</w:t>
+      </w:r>
+      <w:r w:rsidR="70A7ABFE" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> England 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="1C054E72" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="70A7ABFE" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hepatocellular carcinoma surveillance</w:t>
+      </w:r>
+      <w:r w:rsidR="2BFF029C" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; minimum standard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085AA1C2" w14:textId="7E229B19" w:rsidR="700FEEA3" w:rsidRDefault="700FEEA3" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>UpToDate</w:t>
+      </w:r>
+      <w:r w:rsidR="56863D80" w:rsidRPr="00E7132A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Surveillance for hepatocellular carcinoma in adults, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C3CC60" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD47A5">
+      <w:r w:rsidRPr="00E7132A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Internetmedicin; Hepatit B – kronisk, utredning 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F848358" w14:textId="77777777" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00BD47A5">
+    <w:p w14:paraId="7D184190" w14:textId="76745463" w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidRDefault="00AB0FA6" w:rsidP="00E7132A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...32 lines deleted...]
-        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="-1277"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BD47A5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Telefonkontakt dr Johan Westin och dr Magnus Lind virologen, infektionskliniken, SU/Östra sjukhuset, angående uppföljning under och efter behandling. </w:t>
+      <w:r>
+        <w:t>Telefonkontakt</w:t>
+      </w:r>
+      <w:r w:rsidR="0364A43C">
+        <w:t>/mail</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dr Johan Westin och dr Magnus Lind virologen, infektionskliniken, SU/Östra sjukhuset, angående uppföljning under och efter behandling. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AB0FA6" w:rsidRPr="00BD47A5" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0400A932" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F">
+    <w:p w14:paraId="14008488" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="264D82CF" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F">
+    <w:p w14:paraId="6F8C6ACA" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4252DB54" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F">
+    <w:p w14:paraId="3AEE1F00" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2526,73 +3300,72 @@
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="341DCEEE" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="40F5843F" w14:textId="77777777" w:rsidR="00BC3AEA" w:rsidRDefault="00BC3AEA"/>
   <w:p w14:paraId="1A524EAF" w14:textId="77777777" w:rsidR="00BC3AEA" w:rsidRDefault="00BC3AEA"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4DA7AF53" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00A77D4E" w:rsidP="00EC0A68">
+  <w:p w14:paraId="4DA7AF53" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -2750,61 +3523,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20DFA567" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F"/>
+    <w:p w14:paraId="550140F2" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="287B4E43" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F">
+    <w:p w14:paraId="3447BBB8" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5991E02D" w14:textId="77777777" w:rsidR="00831F6F" w:rsidRDefault="00831F6F">
+    <w:p w14:paraId="007E2BE5" w14:textId="77777777" w:rsidR="00900A0D" w:rsidRDefault="00900A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67C7AA1B" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62BB6F6A" wp14:editId="4BAE0F6C">
               <wp:simplePos x="0" y="0"/>
@@ -5615,65 +6388,65 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B6660C0"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="83FCF442"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liststycke"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
@@ -7082,123 +7855,127 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="607005292">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="573055874">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="718633767">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="733166354">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="711000605">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1202522956">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="000600A8"/>
     <w:rsid w:val="00061969"/>
+    <w:rsid w:val="000655B3"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001243E3"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00163E6D"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
@@ -7234,245 +8011,255 @@
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00377992"/>
     <w:rsid w:val="00383BDA"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
+    <w:rsid w:val="00386A38"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="004912E1"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D0CD8"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A52C6"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B3253"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="006076E1"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00693882"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="0070434E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00724E52"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762AF4"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00797E48"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B03C7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00831F6F"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00851E9C"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008847AB"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7C82"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00900A0D"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="009659A7"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009749AF"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A70A4"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C5520"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A041A0"/>
     <w:rsid w:val="00A05942"/>
+    <w:rsid w:val="00A05FAE"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A77D4E"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A84850"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB0FA6"/>
     <w:rsid w:val="00AC3FF6"/>
@@ -7548,100 +8335,201 @@
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E7132A"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="010A53AD"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="03141409"/>
+    <w:rsid w:val="03246D5F"/>
+    <w:rsid w:val="0364A43C"/>
+    <w:rsid w:val="0394A0B5"/>
+    <w:rsid w:val="04AA8731"/>
+    <w:rsid w:val="04C18FAB"/>
+    <w:rsid w:val="0586EB80"/>
+    <w:rsid w:val="06D4DCFF"/>
     <w:rsid w:val="0794BCBE"/>
+    <w:rsid w:val="080EDFFE"/>
     <w:rsid w:val="08C657BD"/>
+    <w:rsid w:val="0965C650"/>
+    <w:rsid w:val="09C2B6C7"/>
+    <w:rsid w:val="0BD63034"/>
+    <w:rsid w:val="0C134FFF"/>
+    <w:rsid w:val="0CAF1B3E"/>
+    <w:rsid w:val="11C65FF9"/>
+    <w:rsid w:val="1234B931"/>
+    <w:rsid w:val="128151CE"/>
+    <w:rsid w:val="12C1F266"/>
+    <w:rsid w:val="147AE759"/>
+    <w:rsid w:val="16DAB8E8"/>
+    <w:rsid w:val="1712DF3F"/>
+    <w:rsid w:val="17E3EFD4"/>
+    <w:rsid w:val="1C054E72"/>
+    <w:rsid w:val="1D42833B"/>
     <w:rsid w:val="1EEC0B6B"/>
+    <w:rsid w:val="20A15969"/>
+    <w:rsid w:val="20B557C7"/>
+    <w:rsid w:val="21E8E655"/>
+    <w:rsid w:val="22FADE3D"/>
+    <w:rsid w:val="239D60BB"/>
     <w:rsid w:val="25C5157D"/>
+    <w:rsid w:val="27106E38"/>
+    <w:rsid w:val="27C378CC"/>
+    <w:rsid w:val="28D162A9"/>
     <w:rsid w:val="2905E494"/>
+    <w:rsid w:val="2926FC08"/>
+    <w:rsid w:val="29573668"/>
+    <w:rsid w:val="2987EB25"/>
+    <w:rsid w:val="2B832B4C"/>
+    <w:rsid w:val="2BFF029C"/>
+    <w:rsid w:val="2C74F957"/>
+    <w:rsid w:val="2D9EF80B"/>
+    <w:rsid w:val="307EEE92"/>
+    <w:rsid w:val="30E02467"/>
+    <w:rsid w:val="30EA1382"/>
+    <w:rsid w:val="32226336"/>
+    <w:rsid w:val="34B9DABE"/>
+    <w:rsid w:val="35E444DD"/>
+    <w:rsid w:val="35E9B802"/>
+    <w:rsid w:val="36291D36"/>
+    <w:rsid w:val="36BAA05B"/>
+    <w:rsid w:val="37D9D957"/>
+    <w:rsid w:val="37FAA473"/>
     <w:rsid w:val="383DD24F"/>
+    <w:rsid w:val="38CA4296"/>
+    <w:rsid w:val="39EF1D2D"/>
+    <w:rsid w:val="39F27F84"/>
+    <w:rsid w:val="3B273B07"/>
+    <w:rsid w:val="3C025469"/>
     <w:rsid w:val="3DE86524"/>
+    <w:rsid w:val="3F0C5A27"/>
     <w:rsid w:val="3F0EB97E"/>
     <w:rsid w:val="3FD9180F"/>
+    <w:rsid w:val="42C8746A"/>
+    <w:rsid w:val="4384E08D"/>
+    <w:rsid w:val="4595F128"/>
+    <w:rsid w:val="475D0933"/>
+    <w:rsid w:val="4763068E"/>
+    <w:rsid w:val="49BD06B2"/>
+    <w:rsid w:val="4A35F9CC"/>
+    <w:rsid w:val="4B22B601"/>
+    <w:rsid w:val="4BC4C48F"/>
+    <w:rsid w:val="4D990D66"/>
+    <w:rsid w:val="4DF2EE65"/>
+    <w:rsid w:val="4FBCE3AD"/>
+    <w:rsid w:val="4FF523A3"/>
+    <w:rsid w:val="516460AE"/>
     <w:rsid w:val="536E8F10"/>
+    <w:rsid w:val="53E734C0"/>
+    <w:rsid w:val="5449B3A8"/>
+    <w:rsid w:val="5644C2FC"/>
+    <w:rsid w:val="56492695"/>
+    <w:rsid w:val="56863D80"/>
+    <w:rsid w:val="5A7F2224"/>
+    <w:rsid w:val="5A9E4853"/>
     <w:rsid w:val="5E5F1EB0"/>
+    <w:rsid w:val="5F7F9AE4"/>
+    <w:rsid w:val="5F842571"/>
+    <w:rsid w:val="5FBE9D26"/>
+    <w:rsid w:val="60169C6A"/>
+    <w:rsid w:val="617F9BAB"/>
+    <w:rsid w:val="6396CA54"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6619DD9C"/>
+    <w:rsid w:val="665FC7AF"/>
+    <w:rsid w:val="66A71B71"/>
+    <w:rsid w:val="68259601"/>
     <w:rsid w:val="690C8C5D"/>
+    <w:rsid w:val="69AD4FB9"/>
+    <w:rsid w:val="6A9F6A44"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BF49CE6"/>
+    <w:rsid w:val="700FEEA3"/>
+    <w:rsid w:val="70758483"/>
+    <w:rsid w:val="70A7ABFE"/>
+    <w:rsid w:val="712BCADF"/>
+    <w:rsid w:val="729C5847"/>
+    <w:rsid w:val="73AF9B0F"/>
+    <w:rsid w:val="73BDA0C4"/>
+    <w:rsid w:val="78E235A8"/>
+    <w:rsid w:val="7ACA4C38"/>
+    <w:rsid w:val="7ACC5C74"/>
     <w:rsid w:val="7C477A64"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
@@ -8617,51 +9505,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
@@ -10550,56 +11437,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4634</Characters>
+  <Pages>7</Pages>
+  <Words>705</Words>
+  <Characters>4809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>178</Lines>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5287</CharactersWithSpaces>
+  <CharactersWithSpaces>5395</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hepatit B - Provtagningsrutiner vid nyupptäckt och kronisk infektion (olika immunologiska faser) - Smittspårning, HCC surveillance, Övertag till annan klinik-egen klinik</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>5</revision>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>