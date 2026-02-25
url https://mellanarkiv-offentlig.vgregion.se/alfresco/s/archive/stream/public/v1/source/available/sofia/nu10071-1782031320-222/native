--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,4864 +1,5151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006A0B8A" w:rsidP="079AEFD5" w:rsidRDefault="006A0B8A" w14:paraId="331666E6" w14:textId="77777777">
+    <w:p w14:paraId="331666E6" w14:textId="77777777" w:rsidR="006A0B8A" w:rsidRDefault="006A0B8A" w:rsidP="079AEFD5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:bidi/>
-        <w:sectPr w:rsidR="006A0B8A" w:rsidSect="006A0B8A">
+        <w:sectPr w:rsidR="006A0B8A" w:rsidSect="009E7662">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
-          <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
+          <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
+          <w:pgMar w:top="992" w:right="3402" w:bottom="1979" w:left="1276" w:header="227" w:footer="227" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="41AE3E48" w14:textId="7BDB81F9" w:rsidR="006A0B8A" w:rsidRPr="006A0B8A" w:rsidRDefault="0040454E" w:rsidP="006A44C7">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:left="3828"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_1314629194"/>
+      <w:bookmarkStart w:id="2" w:name="Rubrik"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t xml:space="preserve">Hepatit B </w:t>
+      </w:r>
+      <w:r w:rsidR="000267CF">
+        <w:t>– Immunologiska faser</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14954" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="15168" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="70"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3236"/>
+        <w:gridCol w:w="2616"/>
+        <w:gridCol w:w="1918"/>
+        <w:gridCol w:w="2884"/>
+        <w:gridCol w:w="3073"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="06F3732F" w14:textId="77777777">
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="40449B69" w14:textId="77777777" w:rsidTr="00B15535">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...4 lines deleted...]
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="1429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="0E11E8E7" w:rsidRDefault="006A0B8A" w14:textId="41DAA11F" w14:paraId="129C0834">
+          <w:p w14:paraId="0253EE33" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
-              <w:pStyle w:val="Rubrik2"/>
-[...10 lines deleted...]
-                <w:szCs w:val="32"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...236 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...18 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="44967FB5" w14:textId="77777777">
+          <w:p w14:paraId="4C728010" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fas 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5CAE0DFB" w14:textId="77777777">
+          <w:p w14:paraId="5FA7D0A9" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Toleransfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="1C5B3E1D" w14:textId="77777777">
+          <w:p w14:paraId="43FCBDFC" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="736A8F89" w14:textId="77777777">
+          <w:p w14:paraId="68E5DEA3" w14:textId="5211372D" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>(HBeAg pos kronisk HBV-infektion)</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kronisk HBV-infektion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5A117307" w14:textId="77777777">
+          <w:p w14:paraId="05716E22" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fas 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="6A76C1E9" w14:textId="77777777">
+          <w:p w14:paraId="6B9ABE61" w14:textId="15293122" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:bCs/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Immunaktiveringsfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="68F9F6D6" w14:textId="77777777">
+          <w:p w14:paraId="4872F37E" w14:textId="11F34102" w:rsidR="005E6208" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:bCs/>
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00907D15" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="29670613" w14:textId="37447CCA">
+          <w:p w14:paraId="559AF153" w14:textId="0619E8C8" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>HBV-infektion</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kronisk HBV-hepatit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="7060CCCF" w14:textId="77777777">
+          <w:p w14:paraId="71A63B69" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fas 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="4C9E0D18" w14:textId="77777777">
+          <w:p w14:paraId="114225CE" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Övervakningsfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="66694123" w14:textId="77777777">
+          <w:p w14:paraId="31B110A6" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:bCs/>
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00907D15" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="3D7873AA" w14:textId="3ED3836E">
+          <w:p w14:paraId="3428F364" w14:textId="70D88EB6" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>(HBeAg neg kronisk HBV-infektion)</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neg kronisk HBV-infektion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="50FA07DD" w14:textId="77777777">
+          <w:p w14:paraId="3EE7D73A" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fas 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="230C9196" w14:textId="77777777">
+          <w:p w14:paraId="5F389054" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:bCs/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Reaktiveringsfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="3439FB57" w14:textId="77777777">
+          <w:p w14:paraId="1712AEA8" w14:textId="3512D842" w:rsidR="005E6208" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:bCs/>
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00907D15" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5BC5425C" w14:textId="74A6E6D7">
+          <w:p w14:paraId="326BB54E" w14:textId="5BBBB0CF" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="7D1AC903">
-              <w:t>HBe neg kronisk HBV infektion)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neg kronisk HBV hepatit)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="398F9A0A" w14:textId="77777777">
+          <w:p w14:paraId="220E0EEF" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="55154A92" w14:textId="77777777">
+          <w:p w14:paraId="691746C1" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fas 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="2CDAB42F" w14:textId="77777777">
+          <w:p w14:paraId="3D0236A6" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Resolutionsfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5D3F2D30" w14:textId="77777777">
+          <w:p w14:paraId="18F764A9" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5C2A830E" w14:textId="4BBA0DA3">
+          <w:p w14:paraId="105FA4DE" w14:textId="65DD5F84" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="00BA62FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>(HBsAg neg fas)</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBsAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neg fas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="19D9BC90" w14:textId="77777777">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="474B5858" w14:textId="77777777" w:rsidTr="00B15535">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="251DB536" w14:textId="77777777">
+          <w:p w14:paraId="230ADEEB" w14:textId="1C37E65F" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>HBsAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="7FBD9A40" w14:textId="77777777">
+          <w:p w14:paraId="731693B1" w14:textId="6337D231" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
-              <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="3"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>HBsAg pos</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>högt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="27D38DF3" w14:textId="77777777">
+          <w:p w14:paraId="442CE197" w14:textId="5CDB3B25" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>HBsAg pos</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> högt-mellan nivå</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="79F97120" w14:textId="77777777">
+          <w:p w14:paraId="19262E30" w14:textId="48F19BEE" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lågt </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D7341A" w14:textId="68C6A69A" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(ofta &lt;1000 IU/ml)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F24082" w14:textId="1D8584A6" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>mellannivå</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F67F8B" w14:textId="13A1778C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:b/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>HBsAg pos</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ofta &gt;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1000 IU/ml)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="7175CE42" w14:textId="77777777">
+          <w:p w14:paraId="3473F1CE" w14:textId="6CF78D91" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>HBsAg neg</w:t>
+              <w:t>neg</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="4F76C112" w14:textId="77777777">
+          <w:p w14:paraId="0587D6E2" w14:textId="5F102B4C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
-              <w:keepNext/>
-[...2 lines deleted...]
-              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="4"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:b/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(+/- anti HBs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="6BD88A42" w14:textId="77777777">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="3CD668B3" w14:textId="77777777" w:rsidTr="00B15535">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="51239ECD" w14:textId="77777777">
+          <w:p w14:paraId="3089034F" w14:textId="278D8662" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>antiHBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5E900B0B" w14:textId="77777777">
+          <w:p w14:paraId="1350B14A" w14:textId="0762EFCE" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
-              <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="3"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="57048667" w14:textId="77777777">
+          <w:p w14:paraId="19AE1138" w14:textId="0A59FD0C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>HBeAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>antiHBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="63A4FC5A" w14:textId="77777777">
+          <w:p w14:paraId="45D740B3" w14:textId="394D6131" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>anti-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>HBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="4B71E7DB" w14:textId="77777777">
+          <w:p w14:paraId="6DD9E512" w14:textId="6896789A" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...47 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>antiHBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5576EEAC" w14:textId="77777777">
+          <w:p w14:paraId="5B35DFC5" w14:textId="6F9DAA0C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anti </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="4EAF1AD2" w14:textId="77777777">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="7D0ED537" w14:textId="77777777" w:rsidTr="00B15535">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="087B7698" w14:textId="7B691618" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">HBV DNA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(IU/ml)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79965A85" w14:textId="74C67990" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">högt </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0381575A" w14:textId="181B925C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>(&gt;7 log)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E91831A" w14:textId="3A4870CA" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>sjunkande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1400B8AB" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="2EA4B811" w14:textId="68BE03A3">
+          <w:p w14:paraId="7AB92899" w14:textId="7042E187" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>HBV DNA lågt (&lt;4,3log)</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>lågt (&lt;4,3log)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="5048EB53">
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Om HBV DNA &lt;3,3 log </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>och</w:t>
             </w:r>
-            <w:r w:rsidRPr="5048EB53">
-[...21 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5048EB53">
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HBsAg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kvant &lt;1000 vid flera tillfällen under </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
-            <w:r w:rsidRPr="5048EB53">
-[...4 lines deleted...]
-              <w:t>3 år har mycket låg risk för reaktivering</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 år</w:t>
+            </w:r>
+            <w:r w:rsidR="5E685821" w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mycket låg risk för reaktivering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="00362C7C" w14:textId="77777777">
+          <w:p w14:paraId="2C57636E" w14:textId="0524BB63" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>HBV DNA stigande</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>stigande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="68385DAE" w:rsidRDefault="006A0B8A" w14:paraId="39554F63" w14:textId="306100FD">
+          <w:p w14:paraId="7B066951" w14:textId="1C0598CF" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">neg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40034AF4" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">växlande mellan </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="595F4D3A" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="008D20E3" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D20E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">neg–svagt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D20E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D20E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38229B10" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(+/- 1,0 log)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22A38B5B" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F8E3187" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="06DFC481" w14:textId="77777777">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="0030F7BE" w14:textId="77777777" w:rsidTr="00B15535">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="013A509F" w14:textId="77777777">
+          <w:p w14:paraId="3D16A2A1" w14:textId="09819547" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>ALAT normalt</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>S-ALAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="353396CA" w14:textId="77777777">
+          <w:p w14:paraId="2869D9E0" w14:textId="51AE371C" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>ALAT förhöjt</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>normalt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="172C919D" w14:textId="77777777">
+          <w:p w14:paraId="7FD8229D" w14:textId="705336C9" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>ALAT normalt</w:t>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> förhöjt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="29039A09" w:rsidRDefault="44DC7A36" w14:paraId="23DAE4EE" w14:textId="15D6090F">
+          <w:p w14:paraId="21B4E2BD" w14:textId="17C202FA" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>ALAT förhöjt</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> normalt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="1F8D32BA" w14:textId="77777777">
+          <w:p w14:paraId="336B3052" w14:textId="245381AB" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...42 lines deleted...]
-              <w:t>Leverbipsi u a</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> förhöjt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="0E63FF6C" w14:textId="77777777">
+          <w:p w14:paraId="32299474" w14:textId="0FDEB101" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>Leverbiopsi inflammation. Vid utdragen inflammation risk för cirros och HCC</w:t>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>normalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="48868674" w14:textId="77777777" w:rsidTr="00B15535">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719CE014" w14:textId="04AC8286" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Leverinflammation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="2D4A790C" w14:textId="77777777">
+          <w:p w14:paraId="2A4D57FA" w14:textId="1B4C58B5" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Leverbiopsi u a</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Ingen/minimal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="1D129EA6" w14:textId="77777777">
+          <w:p w14:paraId="64BE939E" w14:textId="2E3B1C62" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Leverbiopsi, inflammation ev fibros</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Mild</w:t>
+            </w:r>
+            <w:r w:rsidR="6F6CB139" w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>svår</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7434EBA8" w14:textId="7E31EFF5" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vid utdragen inflammation risk för cirros och HCC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="6E5CFF3F" w14:textId="77777777">
+          <w:p w14:paraId="2D418411" w14:textId="5CCF88DB" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Ingen/minimal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="457459B7" w14:textId="0E63050D" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Mild</w:t>
+            </w:r>
+            <w:r w:rsidR="3BD1A502" w:rsidRPr="555FD0C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>svår</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA29DA5" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="3B7F9A0F" w14:textId="77777777">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B15535" w:rsidRPr="00603FEE" w14:paraId="73E5EA32" w14:textId="77777777" w:rsidTr="00B15535">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="578984FF" w14:textId="77777777">
+          <w:p w14:paraId="6D48261B" w14:textId="56566637" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Fibroscan, fibrosstadium 0-1</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="51C01B2E" w14:textId="77777777">
+          <w:p w14:paraId="03EAC975" w14:textId="5AF3E3CE" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...3 lines deleted...]
-              <w:t>Fibroscan, fibrosstadie 0-1, ev förhöjt</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>15-30</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="51DF9245" w14:textId="77777777">
+          <w:p w14:paraId="613F337E" w14:textId="536B9F53" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Fibroscan, fibrosstadie 0-1</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mån-år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="08FB43C0" w14:textId="77777777">
+          <w:p w14:paraId="50A74622" w14:textId="62CC1CE0" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-[...9 lines deleted...]
-              <w:t>ev förhöjt</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Troligen livslångt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="2D1FE421" w14:textId="77777777">
+          <w:p w14:paraId="3C3A6CA1" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...106 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="5B3B5C58" w14:textId="77777777">
+          <w:p w14:paraId="4B7CA287" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>”Utläkt”</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="0F5281F3" w14:textId="77777777">
+          <w:p w14:paraId="0773F721" w14:textId="77777777" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:i/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vid </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>immunsuppression</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="6B5002EB" w14:textId="77777777">
+          <w:p w14:paraId="28663402" w14:textId="06DC578D" w:rsidR="005E6208" w:rsidRPr="00603FEE" w:rsidRDefault="005E6208" w:rsidP="005E6208">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kan reaktivering ske</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:rPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidTr="0E11E8E7" w14:paraId="67671913" w14:textId="77777777">
-[...14 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w14:paraId="7123F37E" w14:textId="77777777" w:rsidTr="00B15535">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2320" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="72BB0190" w14:textId="77777777">
+          <w:p w14:paraId="00122180" w14:textId="47335168" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Mycket smittsam</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Smittorisk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3092" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="0B37EF6C" w14:textId="77777777">
+          <w:p w14:paraId="529BE545" w14:textId="16C6D7D4" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Smittsamhet sjunkande</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Hög</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="7BE8AA51" w14:textId="77777777">
+          <w:p w14:paraId="41B763A1" w14:textId="655299B5" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Låg smittsamhet</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Sjunkande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3074" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="3073" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="27DAEC73" w14:textId="77777777">
+          <w:p w14:paraId="3375FD9E" w14:textId="2CDFAFB6" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
-              <w:t>Smittsamhet stigande</w:t>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Låg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:tcMar/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="14ADB78B" w14:textId="77777777">
+          <w:p w14:paraId="508F5FFA" w14:textId="1C64B5BB" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0B8A">
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Måttlig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2761E1E6" w14:textId="5E9C8DE4" w:rsidR="00BB4A18" w:rsidRPr="00603FEE" w:rsidRDefault="00BB4A18" w:rsidP="00BB4A18">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00603FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>Ingen smittsamhet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="41AE3E48" w14:textId="77777777">
+    <w:p w14:paraId="71AB649A" w14:textId="77777777" w:rsidR="001C6B13" w:rsidRPr="006A44C7" w:rsidRDefault="001C6B13" w:rsidP="079AEFD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A0B8A" w:rsidP="079AEFD5" w:rsidRDefault="006A0B8A" w14:paraId="1E82CF03" w14:textId="045116E6">
+    <w:p w14:paraId="1E82CF03" w14:textId="5F19890B" w:rsidR="006A0B8A" w:rsidRPr="006A44C7" w:rsidRDefault="5B7E33CB" w:rsidP="006A44C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:ind w:left="-426" w:right="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0E11E8E7" w:rsidR="006A0B8A">
+      <w:r w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:b w:val="1"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Källor: </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0E11E8E7" w:rsidR="006A0B8A">
+    </w:p>
+    <w:p w14:paraId="69FDAAEC" w14:textId="6E289356" w:rsidR="006A0B8A" w:rsidRPr="006A44C7" w:rsidRDefault="5B7E33CB" w:rsidP="006A44C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Dr Ola Weiland 20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0E11E8E7" w:rsidR="4B3706C2">
+      </w:pPr>
+      <w:r w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">EASL. Clinical </w:t>
       </w:r>
-      <w:r w:rsidRPr="0E11E8E7" w:rsidR="006A0B8A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Practise</w:t>
       </w:r>
-      <w:r w:rsidRPr="0E11E8E7" w:rsidR="006A0B8A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> guidelines on the management of hepatitis B virus infection, 2017,</w:t>
+        <w:t xml:space="preserve"> guidelines on the management of hepatitis B virus infection, 2</w:t>
+      </w:r>
+      <w:r w:rsidR="1CAE1C10" w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006A0B8A" w:rsidR="006A0B8A" w:rsidP="006A0B8A" w:rsidRDefault="006A0B8A" w14:paraId="43931020" w14:textId="77777777">
+    <w:p w14:paraId="43931020" w14:textId="77777777" w:rsidR="006A0B8A" w:rsidRPr="006A44C7" w:rsidRDefault="006A0B8A" w:rsidP="006A44C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:ind w:left="-426" w:right="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A0B8A">
+      <w:r w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RAV. Behandling av hepatit B-virusinfektion hos vuxna och barn - 2019 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="006A0B8A" w14:paraId="76B9F95B" w14:textId="0A18C85F">
+    <w:p w14:paraId="582DEAE4" w14:textId="08860D63" w:rsidR="00536A5A" w:rsidRPr="006A44C7" w:rsidRDefault="5B7E33CB" w:rsidP="006A44C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="079AEFD5">
+        <w:ind w:left="-426" w:right="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PM Infektion SU: Hepatit B – handläggning av patienter på infektion</w:t>
       </w:r>
-      <w:r w:rsidRPr="079AEFD5" w:rsidR="51A95999">
+      <w:r w:rsidR="79303AAB" w:rsidRPr="555FD0C5">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 2022.</w:t>
+        <w:t xml:space="preserve"> – 202</w:t>
+      </w:r>
+      <w:r w:rsidR="5DAAB6BC" w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="79CFCF93" w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="006A0B8A">
+    <w:p w14:paraId="76B9F95B" w14:textId="63170FDA" w:rsidR="00536A5A" w:rsidRPr="006A44C7" w:rsidRDefault="79CFCF93" w:rsidP="006A44C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internetmedicin. Kronisk hepatit B-utredning. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="555FD0C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dr Ola Weiland 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="006A44C7" w:rsidSect="00421F56">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
-      <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="283" w:footer="1391" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="496D9698" w14:textId="77777777">
+    <w:p w14:paraId="67086F0F" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="38030764" w14:textId="77777777">
+    <w:p w14:paraId="1FB0AF7A" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="0576E0AF" w14:textId="77777777">
+    <w:p w14:paraId="755B3A18" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman Fet">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55B537C5" w14:textId="7428DDF2" w:rsidR="00F610E4" w:rsidRDefault="00277B5E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:ind w:left="6237" w:hanging="141"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="053FF8A8" wp14:editId="0318C227">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>7486650</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-257175</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="1035560099" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="4" name="Bildobjekt 4">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6E5526E6" w14:textId="77777777"/>
+    <w:p w14:paraId="6E202B5E" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="5C57738A" w14:textId="77777777">
+    <w:p w14:paraId="427B8ECB" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="4F5088BD" w14:textId="77777777">
+    <w:p w14:paraId="4378F516" w14:textId="77777777" w:rsidR="005D0773" w:rsidRDefault="005D0773">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS/tf0KwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGc883njezGR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMJNqljcn4znuTJomTO1UL1yOjNIIF2Vp4XO02ya1o&#10;wF5XybDfnyQN2dxYkso5eB+7IJ9F/qJQ0j8XhVOeVRnH23w8bTw34UxmU5FurTC7Up6eIf7hFbUo&#10;NZJeqB6FF2xvyz+o6lJaclT4nqQ6oaIopYo1oJpB/101q50wKtYCcZy5yOT+H618OrxYVuboHeTR&#10;okaP1qr1do8C4II+jXEpYCsDoG+/UAvs2e/gDGW3ha3DLwpiiIPqeFEXbEzCOZ5Mboc3CEnERsPR&#10;HWzQJ2//Ntb5r4pqFoyMW3QviioOS+c76BkSkmlalFUVO1hp1mR8MgLlbxGQVxo5Qg3dW4Pl2017&#10;KmxD+RF1Weomwxm5KJF8KZx/ERajgPdivP0zjqIiJKGTxdmO7M+/+QMeHUKUswajlXH3Yy+s4qz6&#10;ptG7z4PxGLQ+XsY3t0Nc7HVkcx3R+/qBML0DLJKR0Qx4X53NwlL9ii2Yh6wICS2RO+P+bD74buCx&#10;RVLN5xGE6TPCL/XKyEAdRAvSrttXYc1Jf4/OPdF5CEX6rg0dtpN7vvdUlLFHQeBO1ZPumNzY5dOW&#10;hdW4vkfU27dg9gsAAP//AwBQSwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAUhO8m/ofNM/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9&#10;OivOZgidJ4TZNAFhqPa6owbh8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QM&#10;dWucClPfG2Lv6AenIsuhkXpQFy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86&#10;fKSI93fjZgUimjFew/CHz+hQMFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFL+1/QrAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="165CD862" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00872837">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4703"/>
+        <w:tab w:val="clear" w:pos="9406"/>
+        <w:tab w:val="left" w:pos="7305"/>
+      </w:tabs>
       <w:ind w:left="0" w:right="567"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="30E89C39">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-172720</wp:posOffset>
+                <wp:posOffset>-172085</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-65405</wp:posOffset>
+                <wp:posOffset>-65406</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4667250" cy="581025"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4667250" cy="581025"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="008D20E3" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r w:rsidRPr="008D20E3">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r w:rsidR="00367D19" w:rsidRPr="008D20E3">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
+                        </w:p>
+                        <w:p w14:paraId="3453E24F" w14:textId="77777777" w:rsidR="00872837" w:rsidRDefault="00872837">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w14:paraId="400F54DF" w14:textId="77777777" w:rsidR="00872837" w:rsidRDefault="00872837">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPYP79LgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGXuGNzPvzWR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMINqljcn4znuTJomTO1UL1yOjNJwF2Vp4XO02ya1o&#10;gF5XybDfnyQN2dxYkso5vD52Tj6L+EWhpH8uCqc8qzKO2nw8bTw34UxmU5FurTC7Up7KEP9QRS1K&#10;jaQXqEfhBdvb8g+oupSWHBW+J6lOqChKqWIP6GbQf9fNaieMir2AHGcuNLn/ByufDi+WlXnGJ5xp&#10;UUOitWq93aP+SWCnMS5F0MogzLdfqIXK53eHx9B0W9g6/KIdBj94Pl64BRiTeBxPJrfDG7gkfKPh&#10;6A424JO3fxvr/FdFNQtGxi20i5SKw9L5LvQcEpJpWpRVFfWrNGvQwAiQv3kAXmnkCD10tQbLt5s2&#10;dnzpY0P5Ee1Z6sbDGbkoUcNSOP8iLOYBZWPG/TOOoiLkopPF2Y7sz7+9h3jIBC9nDeYr4+7HXljF&#10;WfVNQ8DPg/E4DGS8jG9uh7jYa8/m2qP39QNhhAfYJiOjGeJ9dTYLS/UrVmEessIltETujPuz+eC7&#10;qccqSTWfxyCMoBF+qVdGBujAXWB43b4Ka04yeAj4ROdJFOk7NbrYjvX53lNRRqkCzx2rJ/oxvlHs&#10;06qF/bi+x6i3D8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01PwzAMhu9I/IfISNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5Uev&#10;nzdfTa4XJzuGzpOGxVyBsFR701GjYf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDG&#10;OGRShrq1DsPcD5b4dvCjw8jr2Egz4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e&#10;1sPX/uNB69ubaf0EItopXmD402d1KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz2D+/S4CAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.55pt;margin-top:-5.15pt;width:367.5pt;height:45.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxNi9xGAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkSdoacYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0OMgpEYZD1ZhtSb+/Lj/d&#10;UuIDMxVTYERJD8LT+/nHD7PWFmIENahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcpGeT7NWnCVdcCF93j72AfpPOFLKXh4ltKLQFRJsbeQTpfOTTyz+YwVW8ds3fBjG+wfutCsMVj0&#10;DPXIAiM71/wBpRvuwIMMAw46AykbLtIMOM0wfzfNumZWpFmQHG/PNPn/B8uf9mv74kjovkCHAkZC&#10;WusLj5dxnk46Hb/YKcE4Ung40ya6QDhejqfTm9EEQxxjk9thPppEmOzyt3U+fBWgSTRK6lCWxBbb&#10;r3zoU08psZiBZaNUkkYZ0pZ0+hnhf4sguDJY49JrtEK36UhTXc2xgeqA4znolfeWLxvsYcV8eGEO&#10;pca2cX3DMx5SAdaCo0VJDe7n3+5jPiqAUUpaXJ2S+h875gQl6ptBbe6G43HcteSMJzcjdNx1ZHMd&#10;MTv9ALidQ3wolicz5gd1MqUD/YZbvohVMcQMx9olDSfzIfQLja+Ei8UiJeF2WRZWZm15hI7cRYZf&#10;uzfm7FGGgAI+wWnJWPFOjT63Z32xCyCbJFXkuWf1SD9uZhL7+Iri6l/7Kevy1ue/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAF3auXuIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnB&#10;W7ubiCbGbEoJFEH00NqLt0l2mgT3I2a3bfTXu57qbYZ5eOd5y9VsNDvR5AdnJSRLAYxs69RgOwn7&#10;980iB+YDWoXaWZLwTR5W1fVViYVyZ7ul0y50LIZYX6CEPoSx4Ny3PRn0SzeSjbeDmwyGuE4dVxOe&#10;Y7jRPBXigRscbPzQ40h1T+3n7mgkvNSbN9w2qcl/dP38eliPX/uPeylvb+b1E7BAc7jA8Kcf1aGK&#10;To07WuWZlrBIsySicUjEHbBIZCJ7BNZIyJMUeFXy/xWqXwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCxNi9xGAIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAXdq5e4gAAAAoBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="008D20E3" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r w:rsidRPr="008D20E3">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r w:rsidR="00367D19" w:rsidRPr="008D20E3">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
+                  </w:p>
+                  <w:p w14:paraId="3453E24F" w14:textId="77777777" w:rsidR="00872837" w:rsidRDefault="00872837">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w14:paraId="400F54DF" w14:textId="77777777" w:rsidR="00872837" w:rsidRDefault="00872837">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
-[...1 lines deleted...]
-        <w:noProof/>
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+      <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...71 lines deleted...]
-      </w:drawing>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00872837">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:tab/>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="7882C96B" w14:textId="77777777" w:rsidR="00872837" w:rsidRDefault="00872837" w:rsidP="00872837">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4703"/>
+        <w:tab w:val="clear" w:pos="9406"/>
+        <w:tab w:val="left" w:pos="7305"/>
+      </w:tabs>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="251596059">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="813792560">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2028554143">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="125004399">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1794444185">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="602031319">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="229079620">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="949119016">
@@ -4879,664 +5166,863 @@
   <w:num w:numId="13" w16cid:durableId="1621719147">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="221868913">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="464853118">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1893734762">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="764375207">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2017221435">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="64110859">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-[...1 lines deleted...]
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="0000027F"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="000267CF"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00063FE6"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00090D52"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C6B13"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00277B5E"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B7053"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="0040454E"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="00421F56"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00433C2A"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="005927FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005D0773"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E6208"/>
+    <w:rsid w:val="005F28A3"/>
+    <w:rsid w:val="005F4F41"/>
+    <w:rsid w:val="00603FEE"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00694CA0"/>
     <w:rsid w:val="006A0B8A"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A44C7"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F4932"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="0071155B"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A6ACA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="008073CC"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00827C7D"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00872837"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D20E3"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907D15"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
+    <w:rsid w:val="009E7662"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F41DD"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B15535"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B434EE"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA62FD"/>
+    <w:rsid w:val="00BB4A18"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D300FF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D60A1D"/>
+    <w:rsid w:val="00D814FE"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D97347"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E034DB"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E214A1"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E57849"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA322D"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB0BFD"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED2435"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F610E4"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="0229216F"/>
+    <w:rsid w:val="022BFFAB"/>
+    <w:rsid w:val="02403358"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="04F125AB"/>
     <w:rsid w:val="05C30F03"/>
+    <w:rsid w:val="0681984C"/>
+    <w:rsid w:val="06CE59DB"/>
     <w:rsid w:val="079AEFD5"/>
+    <w:rsid w:val="07D5A19C"/>
+    <w:rsid w:val="0807FA49"/>
+    <w:rsid w:val="08B87662"/>
+    <w:rsid w:val="0928E78E"/>
+    <w:rsid w:val="0A43EA74"/>
+    <w:rsid w:val="0B0380B4"/>
     <w:rsid w:val="0E11E8E7"/>
+    <w:rsid w:val="0EA5470C"/>
+    <w:rsid w:val="0EEDA416"/>
+    <w:rsid w:val="103A63D1"/>
+    <w:rsid w:val="104917F8"/>
     <w:rsid w:val="106CA089"/>
+    <w:rsid w:val="12C4B515"/>
+    <w:rsid w:val="12EFF6F9"/>
     <w:rsid w:val="13320ED5"/>
+    <w:rsid w:val="13874A5D"/>
+    <w:rsid w:val="14048051"/>
+    <w:rsid w:val="153004EC"/>
+    <w:rsid w:val="15356EE1"/>
+    <w:rsid w:val="15F24C3B"/>
+    <w:rsid w:val="17E28D1F"/>
+    <w:rsid w:val="17EA7F6F"/>
+    <w:rsid w:val="181ED8AB"/>
+    <w:rsid w:val="184392B4"/>
+    <w:rsid w:val="18EE13A8"/>
+    <w:rsid w:val="19C92B3E"/>
+    <w:rsid w:val="1AAAD3DD"/>
+    <w:rsid w:val="1B2EE156"/>
+    <w:rsid w:val="1BA81A4A"/>
+    <w:rsid w:val="1C27ED18"/>
+    <w:rsid w:val="1C68FACA"/>
+    <w:rsid w:val="1CAE1C10"/>
+    <w:rsid w:val="1CB6DE86"/>
     <w:rsid w:val="1D65BD6E"/>
+    <w:rsid w:val="1D66D68A"/>
+    <w:rsid w:val="1D72EDD2"/>
+    <w:rsid w:val="1D899909"/>
+    <w:rsid w:val="1E24C99B"/>
+    <w:rsid w:val="1E68B262"/>
+    <w:rsid w:val="1E798D47"/>
+    <w:rsid w:val="1E9A8F82"/>
+    <w:rsid w:val="1EA4C4A9"/>
+    <w:rsid w:val="1FE9AD55"/>
+    <w:rsid w:val="2187D5E3"/>
     <w:rsid w:val="221C7EFA"/>
+    <w:rsid w:val="22727219"/>
+    <w:rsid w:val="23E03BED"/>
+    <w:rsid w:val="247E98DA"/>
+    <w:rsid w:val="24994437"/>
+    <w:rsid w:val="25EAF066"/>
+    <w:rsid w:val="2768C0A7"/>
+    <w:rsid w:val="281B62BC"/>
+    <w:rsid w:val="28ECFF9F"/>
     <w:rsid w:val="29039A09"/>
+    <w:rsid w:val="294C7B51"/>
+    <w:rsid w:val="2B23776B"/>
+    <w:rsid w:val="2D0B4E15"/>
+    <w:rsid w:val="2DA5C1BB"/>
+    <w:rsid w:val="2E19D3CC"/>
+    <w:rsid w:val="2E6EC0E9"/>
     <w:rsid w:val="2E870620"/>
+    <w:rsid w:val="30AAC4AF"/>
+    <w:rsid w:val="3271F36F"/>
+    <w:rsid w:val="32DB2528"/>
+    <w:rsid w:val="335DE496"/>
+    <w:rsid w:val="33E4D6A1"/>
+    <w:rsid w:val="355D0CAA"/>
+    <w:rsid w:val="3715B74D"/>
     <w:rsid w:val="3758814C"/>
+    <w:rsid w:val="37895F4F"/>
+    <w:rsid w:val="3840FDFA"/>
+    <w:rsid w:val="390DF621"/>
+    <w:rsid w:val="39E63B6F"/>
+    <w:rsid w:val="3B3F9418"/>
+    <w:rsid w:val="3BD1A502"/>
+    <w:rsid w:val="3C50B516"/>
+    <w:rsid w:val="3CB2E7F6"/>
+    <w:rsid w:val="3CDBD4D8"/>
     <w:rsid w:val="3D6C4B3D"/>
+    <w:rsid w:val="3FA154A5"/>
+    <w:rsid w:val="3FA35275"/>
+    <w:rsid w:val="3FCDBD55"/>
+    <w:rsid w:val="40DC8994"/>
     <w:rsid w:val="41AE469E"/>
+    <w:rsid w:val="41CB43F1"/>
+    <w:rsid w:val="42430E4F"/>
+    <w:rsid w:val="430B400A"/>
+    <w:rsid w:val="447DD2AD"/>
     <w:rsid w:val="44DC7A36"/>
+    <w:rsid w:val="45D69355"/>
     <w:rsid w:val="47DF1898"/>
+    <w:rsid w:val="4A932489"/>
+    <w:rsid w:val="4A982854"/>
     <w:rsid w:val="4B3706C2"/>
+    <w:rsid w:val="4B4A5B56"/>
+    <w:rsid w:val="4D1A8F3F"/>
     <w:rsid w:val="4D1B4A5D"/>
+    <w:rsid w:val="4D9CD847"/>
+    <w:rsid w:val="4DCE1AC5"/>
+    <w:rsid w:val="4E02EBAC"/>
+    <w:rsid w:val="4F30C063"/>
+    <w:rsid w:val="4F66C18A"/>
+    <w:rsid w:val="4F8D7D14"/>
+    <w:rsid w:val="5014655B"/>
     <w:rsid w:val="5048EB53"/>
+    <w:rsid w:val="519544B5"/>
     <w:rsid w:val="51A95999"/>
+    <w:rsid w:val="51DEB0D3"/>
+    <w:rsid w:val="530F87F2"/>
+    <w:rsid w:val="535FB48D"/>
+    <w:rsid w:val="5524C9A5"/>
+    <w:rsid w:val="555FD0C5"/>
+    <w:rsid w:val="56825D85"/>
+    <w:rsid w:val="57D340AD"/>
+    <w:rsid w:val="5816B6F8"/>
+    <w:rsid w:val="58EE040A"/>
+    <w:rsid w:val="5905B200"/>
+    <w:rsid w:val="59953811"/>
+    <w:rsid w:val="5AB1B4FB"/>
+    <w:rsid w:val="5AEF87AD"/>
     <w:rsid w:val="5AF379D8"/>
+    <w:rsid w:val="5B1AE2EB"/>
+    <w:rsid w:val="5B7E33CB"/>
     <w:rsid w:val="5C22F9BC"/>
+    <w:rsid w:val="5DAAB6BC"/>
+    <w:rsid w:val="5E22FFAA"/>
+    <w:rsid w:val="5E261965"/>
+    <w:rsid w:val="5E28D68C"/>
+    <w:rsid w:val="5E685821"/>
+    <w:rsid w:val="5ECE2681"/>
+    <w:rsid w:val="609F3641"/>
+    <w:rsid w:val="61E60E38"/>
+    <w:rsid w:val="625AF602"/>
+    <w:rsid w:val="63735693"/>
+    <w:rsid w:val="64741B29"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="658CB231"/>
+    <w:rsid w:val="66C39577"/>
+    <w:rsid w:val="680616C2"/>
     <w:rsid w:val="68385DAE"/>
     <w:rsid w:val="694A9523"/>
     <w:rsid w:val="6976F448"/>
+    <w:rsid w:val="69C185D8"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6C0B117E"/>
+    <w:rsid w:val="6CD8B833"/>
     <w:rsid w:val="6D02203E"/>
+    <w:rsid w:val="6D534A4F"/>
     <w:rsid w:val="6DFE3BF8"/>
+    <w:rsid w:val="6EB6ADCA"/>
+    <w:rsid w:val="6F6149B2"/>
+    <w:rsid w:val="6F6CB139"/>
+    <w:rsid w:val="703F7EDC"/>
+    <w:rsid w:val="70653697"/>
+    <w:rsid w:val="716F7A6A"/>
+    <w:rsid w:val="71B26CC9"/>
+    <w:rsid w:val="71E50110"/>
+    <w:rsid w:val="72F53996"/>
+    <w:rsid w:val="742C70B1"/>
+    <w:rsid w:val="743486CC"/>
+    <w:rsid w:val="757D344D"/>
+    <w:rsid w:val="764F1ABE"/>
+    <w:rsid w:val="7735912E"/>
     <w:rsid w:val="7825D204"/>
+    <w:rsid w:val="7891F71F"/>
+    <w:rsid w:val="78AF1282"/>
+    <w:rsid w:val="79303AAB"/>
+    <w:rsid w:val="79CFCF93"/>
+    <w:rsid w:val="7A33D02A"/>
+    <w:rsid w:val="7B07A905"/>
     <w:rsid w:val="7B886896"/>
+    <w:rsid w:val="7C1504D0"/>
+    <w:rsid w:val="7C472D38"/>
+    <w:rsid w:val="7CEB523F"/>
+    <w:rsid w:val="7D085E70"/>
     <w:rsid w:val="7D1AC903"/>
+    <w:rsid w:val="7E047548"/>
+    <w:rsid w:val="7E2C7699"/>
+    <w:rsid w:val="7E7CD862"/>
     <w:rsid w:val="7E9D7CBD"/>
     <w:rsid w:val="7EFDE306"/>
+    <w:rsid w:val="7FC6FFCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-[...1 lines deleted...]
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5561,75 +6047,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -5664,57 +6150,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -5772,700 +6258,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -6529,609 +7015,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7140,94 +7626,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7236,496 +7722,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -7792,66 +8278,66 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7879,96 +8365,59 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R734685ef8b734f77" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
-</file>
-[...31 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -8248,53 +8697,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>198</Words>
+  <Characters>1155</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>27</Lines>
+  <Paragraphs>10</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1343</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Hepatit B, kronisk, immunologiska faser</dc:title>
+  <dc:title>Hepatit B - Immunologiska faser</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Jonatan Robertsson</lastModifiedBy>
-  <revision>10</revision>
+  <revision>47</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>