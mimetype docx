--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -1,135 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09C8CC0B" w14:textId="2F307262" w:rsidR="00184167" w:rsidRDefault="004E5A0B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00790C77">
         <w:t>Tuberkulos –</w:t>
       </w:r>
       <w:r w:rsidR="00E02AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00790C77">
         <w:t xml:space="preserve">screening för latent tuberkulos inför insättande av biologiska läkemedel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00790C77">
         <w:t>DMARDs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00790C77">
         <w:t xml:space="preserve"> samt inför transplantation</w:t>
       </w:r>
       <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="77487FCF" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="335C22C8" w14:textId="71135686" w:rsidR="009A32ED" w:rsidRDefault="00F7388E" w:rsidP="009A32ED">
+    <w:p w14:paraId="335C22C8" w14:textId="7CE831B1" w:rsidR="009A32ED" w:rsidRDefault="003A1815" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tillägg under stycke </w:t>
+        <w:t>Förändring</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7388E">
+        <w:t xml:space="preserve"> under stycke </w:t>
       </w:r>
       <w:r w:rsidR="00FA0039">
         <w:t>Läkemedelsbehandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3C4AF3" w14:textId="5BEC211D" w:rsidR="009A32ED" w:rsidRDefault="004E5A0B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
       <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="1E835C4C" w14:textId="12032765" w:rsidR="004E5A0B" w:rsidRPr="004E5A0B" w:rsidRDefault="004E5A0B" w:rsidP="003B6844">
       <w:r w:rsidRPr="00790C77">
         <w:t>Om en person med obehandlad latent tuberkulos (LTBI) får behandling med biologiska läkemedel ökar risken kraftigt att insjukna i aktiv tuberkulos (TB). Denna rutin är beslutsunderlag för läkare på infektionskliniken och remitterande enheter inom NU-sjukvården</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00790C77">
         <w:t xml:space="preserve"> Det finns även </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00790C77">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>regionala medicinska riktlinjer (RMR) för handläggning av latent tuberkulos.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00790C77">
         <w:t xml:space="preserve"> Dokumenten är samstämmiga men olika omfattande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF23A29" w14:textId="3DE66048" w:rsidR="00B405A1" w:rsidRDefault="003B6844" w:rsidP="00831C35">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc181866758"/>
       <w:r>
         <w:t>Sammanfattning/syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="7EB7CCA9" w14:textId="2E249027" w:rsidR="00D1449F" w:rsidRPr="00D1449F" w:rsidRDefault="00D1449F" w:rsidP="00D1449F">
       <w:r w:rsidRPr="00790C77">
         <w:t>Aktiv TB är en kontraindikation mot insättning av biologiska läkemedel och liknande. Både aktiv TB och LTBI måste uteslutas innan behandlingen kan börja.</w:t>
@@ -481,51 +484,51 @@
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B707CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Vistelse/ursprung i land med hög TB-incidens: &gt;25 fall/100 000/år (obs gäller även svenskar födda före 1960)</w:t>
       </w:r>
       <w:r w:rsidR="00E22121">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, var god se</w:t>
       </w:r>
       <w:r w:rsidRPr="00B707CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00B707CE">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Folkhälsomyndigheten: </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00B707CE">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Riskländer</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00B707CE">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
@@ -750,152 +753,168 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B707CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>urogenitalt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B707CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, CNS</w:t>
       </w:r>
       <w:r w:rsidR="00066D44">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FE07FC" w14:textId="049E695C" w:rsidR="0037717C" w:rsidRPr="00790C77" w:rsidRDefault="00000000" w:rsidP="00CF4ACF">
+    <w:p w14:paraId="12FE07FC" w14:textId="049E695C" w:rsidR="0037717C" w:rsidRPr="00790C77" w:rsidRDefault="0037717C" w:rsidP="00CF4ACF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1287" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="0037717C" w:rsidRPr="00F43279">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00F43279">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:b/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Hälsodeklaration</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0037717C" w:rsidRPr="00790C77">
+      <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0037717C" w:rsidRPr="00790C77">
+      <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>på alla patienter rekommenderas</w:t>
       </w:r>
       <w:r w:rsidR="00CF4ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2718D873" w14:textId="367FE2F1" w:rsidR="0037717C" w:rsidRPr="005A2844" w:rsidRDefault="0037717C" w:rsidP="005A2844">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A2844">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Lungröntgen</w:t>
       </w:r>
       <w:r w:rsidR="00501C66" w:rsidRPr="005A2844">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="005A2844">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Alla förändringar kan vara tuberkulos. Fynd som oftast ses är: primärkomplex, apikala förändringar eller andra ospecifika restinfiltrat. Röntgenbild ska inte vara äldre än 3 månader. Normal röntgen utesluter inte TB.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F347928" w14:textId="77777777" w:rsidR="0037717C" w:rsidRPr="00790C77" w:rsidRDefault="0037717C" w:rsidP="00F61299">
+    <w:p w14:paraId="7F347928" w14:textId="10B18ADA" w:rsidR="0037717C" w:rsidRPr="00790C77" w:rsidRDefault="0037717C" w:rsidP="00F61299">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>TB-tester, IGRA(</w:t>
+        <w:t>TB-tester, IGRA</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1F11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Quantiferon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) och PPD </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287077DB" w14:textId="5A21D358" w:rsidR="0037717C" w:rsidRPr="001D0B74" w:rsidRDefault="0037717C" w:rsidP="00501C66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
@@ -1194,340 +1213,312 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Svar skickas till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inremitterande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> läkare för bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3CA466" w14:textId="0278A635" w:rsidR="0037717C" w:rsidRDefault="0037717C" w:rsidP="00B93EBD">
+    <w:p w14:paraId="78743A83" w14:textId="77777777" w:rsidR="00F80DCA" w:rsidRDefault="00F80DCA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3CA466" w14:textId="5A07CDEF" w:rsidR="0037717C" w:rsidRDefault="0037717C" w:rsidP="00B93EBD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="009F43F1">
+        <w:lastRenderedPageBreak/>
         <w:t>Läkemedelsbehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6560F52A" w14:textId="3C2A1CD0" w:rsidR="0037717C" w:rsidRDefault="0037717C" w:rsidP="00845FF4">
-      <w:r>
+    <w:p w14:paraId="4D58BB9F" w14:textId="77777777" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="0045529F">
+      <w:r w:rsidRPr="0045529F">
+        <w:t>I första hand:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6022AF08" w14:textId="2D23441A" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="0045529F">
+      <w:r w:rsidRPr="0045529F">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0045529F">
         <w:t>immunsuppression</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="0045529F">
         <w:t xml:space="preserve"> eller snabbt insättande av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0045529F">
         <w:t>immunsuppressiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> läkemedel ges:</w:t>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> läkemedel</w:t>
+      </w:r>
+      <w:r w:rsidR="00902C7F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466C863D" w14:textId="1D7DF034" w:rsidR="0037717C" w:rsidRDefault="0037717C" w:rsidP="00845FF4">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F2EF4E4" w14:textId="2134D29B" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="005E3D16">
+      <w:r w:rsidRPr="0045529F">
+        <w:t>1.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Tibinide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 300 mg 1 x 1 tillsammans </w:t>
+      </w:r>
+      <w:r w:rsidR="006A271E" w:rsidRPr="0045529F">
+        <w:t xml:space="preserve">med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A271E" w:rsidRPr="0045529F">
+        <w:t>Pyridoxin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> (vitamin B6) för att förhindra biverkningar i form av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>polyneuropati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="003A1815">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>1 månads behandling krävs innan immunmodulerande terapi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3775AC7D" w14:textId="77777777" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="0045529F">
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Om tid finns innan patienten ska sättas in på immunnedsättande läkemedel kan behandling ske med antingen: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38671333" w14:textId="0A67FE96" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="0045529F">
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Isoniazid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 300 mg x 1 + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Rifampicin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 600 mg x 1 i 3–4 månader (beroende på INH-resistens i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>smittoland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve">), med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Pyridoxin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 40</w:t>
+      </w:r>
+      <w:r w:rsidR="00902C7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>mg 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00902C7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00902C7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6558528F" w14:textId="77777777" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="0045529F">
+      <w:r w:rsidRPr="0045529F">
+        <w:t>eller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C0038B" w14:textId="028037B7" w:rsidR="0045529F" w:rsidRPr="0045529F" w:rsidRDefault="0045529F" w:rsidP="00970673">
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Rimactan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> 600 mg 1 x 1 i 4 månader (1–2 timmar före frukost) i 4 månader.</w:t>
+      </w:r>
+      <w:r w:rsidR="00970673">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A1815">
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
         <w:t>Tibinide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B440B4">
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t>Rimactan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> tas alltid på fastande mage </w:t>
+      </w:r>
+      <w:r w:rsidR="006A271E" w:rsidRPr="0045529F">
         <w:t>1–2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0045529F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00845FF4">
+      <w:r w:rsidR="006A271E">
         <w:t>timmar</w:t>
       </w:r>
-      <w:r>
-[...174 lines deleted...]
-        <w:t xml:space="preserve"> före frukost) i 4 månader.</w:t>
+      <w:r w:rsidRPr="0045529F">
+        <w:t xml:space="preserve"> före frukost.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467C944D" w14:textId="0F228F7C" w:rsidR="0037717C" w:rsidRPr="0037717C" w:rsidRDefault="0037717C" w:rsidP="001D0B74">
       <w:r w:rsidRPr="00790C77">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Infektionskliniken sköter latentbehandlingen med kontroller och återbesök.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0037717C" w:rsidRPr="0037717C" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="344D573C" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F">
+    <w:p w14:paraId="261A4111" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="400D0A41" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F">
+    <w:p w14:paraId="0086AE9E" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2BA6FC79" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F">
+    <w:p w14:paraId="0783A4EE" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1546,133 +1537,133 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4EA57A9E" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D5DEC45" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D4636FE" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
@@ -1764,51 +1755,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E534A37" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C68E563" wp14:editId="4F34D2DE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1848,73 +1839,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6285C953" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F"/>
+    <w:p w14:paraId="6F82476F" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50540225" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F">
+    <w:p w14:paraId="0DDC9A48" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42EE8AE9" w14:textId="77777777" w:rsidR="0081774F" w:rsidRDefault="0081774F">
+    <w:p w14:paraId="1589E6DF" w14:textId="77777777" w:rsidR="002B4446" w:rsidRDefault="002B4446">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="044488B5" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B2E0607" wp14:editId="0FAA1BBA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1992,51 +1983,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E0FE460" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BF6789A" wp14:editId="097D711C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -2119,51 +2110,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5106,51 +5097,51 @@
   <w:num w:numId="22" w16cid:durableId="1563828003">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1804342891">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="691952304">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1813674356">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="625043995">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="625353596">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="623536509">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -5231,168 +5222,174 @@
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D0B74"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B4446"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037717C"/>
     <w:rsid w:val="00377992"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A1815"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B6844"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D2D77"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="0045529F"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C5C51"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E5A0B"/>
+    <w:rsid w:val="004F1F11"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00501C66"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2844"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B3253"/>
     <w:rsid w:val="005B54CE"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3D16"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006A271E"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741DC6"/>
@@ -5423,107 +5420,111 @@
     <w:rsid w:val="00845FF4"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="0089562D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="009007CF"/>
+    <w:rsid w:val="00902C7F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00970673"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F082D"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A36703"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB371A"/>
     <w:rsid w:val="00AB67B7"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE510A"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B17E2F"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B440B4"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
@@ -5620,50 +5621,51 @@
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E926C6"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F43279"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5585F"/>
     <w:rsid w:val="00F61299"/>
     <w:rsid w:val="00F7388E"/>
+    <w:rsid w:val="00F80DCA"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA0039"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="2377AF7A"/>
     <w:rsid w:val="3B7F2F63"/>
     <w:rsid w:val="401B368E"/>
     <w:rsid w:val="49CD1BB6"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -5676,51 +5678,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="06428C9C"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6215,51 +6217,50 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -8246,51 +8247,51 @@
     <w:rsid w:val="00501C66"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F43279"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8306,51 +8307,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/globalassets/smittskydd-sjukdomar/vaccinationer/risklander-tb-enligt-who-rapport-2018.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittaidiariet.vgregion.se/DocumentHittaDiariet/DownloadDocument/3806757?filename=Regional%20medicinsk%20riktlinje%20-%20Tuberkulos%20-%20handl%C3%A4ggning%20latent%20tuberkulos,%20giltig%20till%202026-07-03" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/s/sy-nu-infektionsmottagning/EZSRu2JjOz9Kg1dDHT-aoKcBWIY395MpCXhXd1qRL_3OoQ?e=YmwBag" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/s/sy-nu-infektionsmottagning/EZSRu2JjOz9Kg1dDHT-aoKcBWIY395MpCXhXd1qRL_3OoQ?e=YmwBag" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/globalassets/smittskydd-sjukdomar/vaccinationer/risklander-tb-enligt-who-rapport-2018.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittaidiariet.vgregion.se/DocumentHittaDiariet/DownloadDocument/3806757?filename=Regional%20medicinsk%20riktlinje%20-%20Tuberkulos%20-%20handl%C3%A4ggning%20latent%20tuberkulos,%20giltig%20till%202026-07-03" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -8638,55 +8639,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>859</Words>
-  <Characters>4553</Characters>
+  <Words>730</Words>
+  <Characters>4669</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5402</CharactersWithSpaces>
+  <CharactersWithSpaces>5350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Tuberkulos - screening för latent tuberkulos inför insättande av biologiska läkemedel, DMARDs samt inför transplantation</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>