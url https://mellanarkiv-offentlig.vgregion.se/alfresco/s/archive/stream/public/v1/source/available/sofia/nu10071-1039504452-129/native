--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -1,208 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C2E2014" w14:textId="504398A3" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="009933B6" w:rsidP="009933B6">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc201229142"/>
       <w:r>
         <w:t>Introduktion till lumbalpunktion på infektionskliniken</w:t>
       </w:r>
       <w:r w:rsidR="004E6EAE">
         <w:t>, NÄL</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="10919ECC" w14:textId="2E5929BC" w:rsidR="009A32ED" w:rsidRDefault="009933B6" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc201229476"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc201229143"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc201229476"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Mål</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="5C7FC244" w14:textId="4F705C20" w:rsidR="009933B6" w:rsidRDefault="009933B6" w:rsidP="009933B6">
       <w:r>
         <w:t>På ett så säkert och skonsamt sätt som möjligt kunna göra lumbalpunktioner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D1D768" w14:textId="77777777" w:rsidR="009933B6" w:rsidRPr="009933B6" w:rsidRDefault="009933B6" w:rsidP="00DD36A4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r w:rsidRPr="009933B6">
         <w:t>Läs igenom material:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A41575E" w14:textId="3D4281DB" w:rsidR="009933B6" w:rsidRPr="00CC0F96" w:rsidRDefault="00000000" w:rsidP="00DD36A4">
+    <w:p w14:paraId="6A41575E" w14:textId="3D4281DB" w:rsidR="009933B6" w:rsidRPr="00CC0F96" w:rsidRDefault="009933B6" w:rsidP="00DD36A4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8">
+      <w:hyperlink r:id="rId12">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="009933B6" w:rsidRPr="00CC0F96">
+        <w:r w:rsidRPr="00CC0F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>Diagnostisk</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="009933B6" w:rsidRPr="00CC0F96">
+        <w:r w:rsidRPr="00CC0F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="009933B6" w:rsidRPr="00CC0F96">
+        <w:r w:rsidRPr="00CC0F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>lumbalpunktion</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="009933B6" w:rsidRPr="00CC0F96">
+        <w:r w:rsidRPr="00CC0F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t xml:space="preserve"> (lakartidningen.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A1FF082" w14:textId="7F43A46A" w:rsidR="009933B6" w:rsidRPr="00CC0F96" w:rsidRDefault="00000000" w:rsidP="00DD36A4">
+    <w:p w14:paraId="0A1FF082" w14:textId="7F43A46A" w:rsidR="009933B6" w:rsidRPr="00CC0F96" w:rsidRDefault="009933B6" w:rsidP="00DD36A4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9">
-        <w:r w:rsidR="009933B6" w:rsidRPr="00CC0F96">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00CC0F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>Lumbalpunktion (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD36A4">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52ADFF8C" w14:textId="3C1AF4CE" w:rsidR="009933B6" w:rsidRPr="009933B6" w:rsidRDefault="009933B6" w:rsidP="004E6EAE">
+    <w:p w14:paraId="52ADFF8C" w14:textId="52C568C4" w:rsidR="009933B6" w:rsidRPr="009933B6" w:rsidRDefault="009933B6" w:rsidP="004E6EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r w:rsidRPr="009933B6">
-        <w:t xml:space="preserve">Se film “Lumbalpunktion med </w:t>
-[...17 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Se film </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00074A8D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Lumbalpunktion med </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00074A8D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>atraumatisk</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00074A8D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> nål på infektionskliniken, NÄL</w:t>
+        </w:r>
+        <w:r w:rsidR="00074A8D" w:rsidRPr="00074A8D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1CE69E69" w14:textId="6C9B42C4" w:rsidR="009933B6" w:rsidRPr="009933B6" w:rsidRDefault="009933B6" w:rsidP="004E6EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r w:rsidRPr="009933B6">
         <w:t>Träna tillvägagångsätt och teknik på LP-docka på utbildningscentrum tillsammans med fadder om möjlighet finns.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022C8C21" w14:textId="3D773217" w:rsidR="009933B6" w:rsidRPr="009933B6" w:rsidRDefault="009933B6" w:rsidP="004E6EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="993"/>
       </w:pPr>
       <w:r w:rsidRPr="009933B6">
         <w:t xml:space="preserve">Nedan finns en checklista med de viktigaste punkterna som man behöver ta hänsyn till vid en lumbalpunktion. En kortare sammanfattning av det material du har läst igenom. </w:t>
       </w:r>
     </w:p>
@@ -1306,51 +1317,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t>koagulopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t xml:space="preserve">, vid känd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t>koagulopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t xml:space="preserve"> eller vid behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E6EAE">
         <w:t xml:space="preserve"> eller trombocythämmare görs en risknytta värdering. Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="004E6EAE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>vardprogram_bakt_cns-inf_231030.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002322BB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004E6EAE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002322BB">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="004E6EAE">
         <w:t>aktaruta 5 på sida 13 samt sid</w:t>
       </w:r>
       <w:r w:rsidR="001C131A">
         <w:t>a</w:t>
       </w:r>
@@ -1677,59 +1688,51 @@
                             <a:lumOff val="80000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="51EC15B4" w14:textId="22318C7C" w:rsidR="00AE7049" w:rsidRPr="0098673D" w:rsidRDefault="00AE7049" w:rsidP="00AE7049">
                             <w:pPr>
                               <w:spacing w:after="100" w:afterAutospacing="1"/>
                               <w:ind w:left="-57" w:right="-340"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0098673D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Steril</w:t>
-[...7 lines deleted...]
-                              <w:t>a handskar</w:t>
+                              <w:t>Sterila handskar</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="72C97EC3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
@@ -1875,85 +1878,80 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Steril duk</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003229C2" w:rsidRPr="003229C2">
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
       <w:r w:rsidR="003229C2">
         <w:t>sjuk</w:t>
       </w:r>
       <w:r w:rsidR="003229C2" w:rsidRPr="003229C2">
         <w:t xml:space="preserve">sköterska plocka fram sakerna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AD3889" w14:textId="77777777" w:rsidR="003229C2" w:rsidRPr="003229C2" w:rsidRDefault="003229C2" w:rsidP="003229C2">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="02AD3889" w14:textId="77777777" w:rsidR="003229C2" w:rsidRPr="00AE48F9" w:rsidRDefault="003229C2" w:rsidP="003229C2">
       <w:r w:rsidRPr="003229C2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AFD025E" wp14:editId="1750B66E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5120051" cy="3671785"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1764867724" name="Bildobjekt 1764867724"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5120051" cy="3671785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -3394,196 +3392,196 @@
       <w:bookmarkStart w:id="13" w:name="_Toc201229486"/>
       <w:r w:rsidRPr="00D7579A">
         <w:lastRenderedPageBreak/>
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="122B9B9C" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Internetmedicin (2024). Lumbalpunktion (LP) och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>likvoranalys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.internetmedicin.se/klinisk-kemi/lumbalpunktion-lp-och-likvoranalys</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-01-31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFD69F8" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Hyllienmark</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">, L. (2008). Diagnostisk lumbalpunktion. Läkartidningen. 2008-10-07. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://lakartidningen.se/klinik-och-vetenskap-1/2008/10/diagnostisk-lumbalpunktion/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-01-31). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD70EB5" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">NU-sjukvården (2023). Lumbalpunktion. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10071-1782031320-247/surrogate/Lumbalpunktion.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-01-31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5C17C2" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Vårdhandboken (2023). Film om tillvägagångssätt vid lumbalpunktion. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.vardhandboken.se/undersokning-och-provtagning/biopsier-och-punktioner/lumbalpunktion/film-om-tillvagagangssatt-vid-lumbalpunktion/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-01-31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E085DCB" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Infektionsläkarföreningen. (2023). Vårdprogram Bakteriella CNS-infektioner. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>vardprogram_bakt_cns-inf_231030.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-01-31)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02031961" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Svensk förening för anestesi och intensivvård (2015). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>21-5b_Kortfattad_oversikt_over_antikoagulantia_och_ryggbedovning_110328.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-06-16)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF14F8A" w14:textId="0D921F24" w:rsidR="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00D7579A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Svenska Sällskapet för Trombos och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Hemostas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">. (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00D7579A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Trombocytråd okt-20 REN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> (Hämtad 2025-06-16)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C16B4A" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRDefault="00D7579A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5B8F7C" w14:textId="77777777" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00BC2D0A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc201229487"/>
@@ -3668,220 +3666,267 @@
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Lokalbedövningsmedel: Inj</w:t>
       </w:r>
       <w:r w:rsidR="008636E0">
         <w:t>ektio</w:t>
       </w:r>
       <w:r w:rsidR="00E50CBF">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Xylocain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> 10 mg/ml, 10 ml flaska</w:t>
       </w:r>
       <w:r w:rsidR="00E50CBF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D475E76" w14:textId="326EBD35" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00702894">
+    <w:p w14:paraId="2D475E76" w14:textId="326EBD35" w:rsidR="00D7579A" w:rsidRPr="00AE48F9" w:rsidRDefault="00D7579A" w:rsidP="00702894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...6 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D7579A">
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sprutor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D7579A">
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">, 5 ml, 2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D7579A">
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D7579A">
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 2ml</w:t>
       </w:r>
-      <w:r w:rsidR="00E50CBF">
+      <w:r w:rsidR="00E50CBF" w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D7579A">
+      <w:r w:rsidRPr="00AE48F9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25FFA45E" w14:textId="5D5D6D20" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00702894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Kanyler: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
-        <w:t xml:space="preserve"> blå (0,60 x25), 1 </w:t>
+        <w:t xml:space="preserve"> blå (0,60 x25), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D7579A">
+        <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> rosa (1,2 x 50)</w:t>
       </w:r>
       <w:r w:rsidR="00E50CBF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B517945" w14:textId="6AB44A4D" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00702894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Lumbalkanyler: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>atraumatisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> nål (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Sprotte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D7579A">
-        <w:t xml:space="preserve"> 22 G x 120 mm), 2 </w:t>
+        <w:t xml:space="preserve"> 22 G x 120 mm), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D7579A">
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
-        <w:t xml:space="preserve"> svarta skärande nålar (22 G x 88 mm), 1 </w:t>
+        <w:t xml:space="preserve"> svarta skärande nålar (22 G x 88 mm), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D7579A">
+        <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> orange skärande nål (25 G x 88 mm)</w:t>
       </w:r>
       <w:r w:rsidR="009B56D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA64513" w14:textId="21935972" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00702894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">Uppsamlingsrör: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
-        <w:t xml:space="preserve"> numrerade urinodlingsrör + 2 </w:t>
+        <w:t xml:space="preserve"> numrerade urinodlingsrör + </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D7579A">
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> extra rör</w:t>
       </w:r>
       <w:r w:rsidR="009B56D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7579A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B4D128" w14:textId="2CDB2C5A" w:rsidR="00D7579A" w:rsidRPr="00D7579A" w:rsidRDefault="00D7579A" w:rsidP="00702894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00D7579A">
         <w:t>Stigrör för tryckmätning</w:t>
       </w:r>
       <w:r w:rsidR="009B56D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7579A">
@@ -4198,51 +4243,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="606A4FFD" wp14:editId="51381733">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-1270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>1162050</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3248025" cy="2292985"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2059365572" name="Bildobjekt 2059365572"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print">
+                    <a:blip r:embed="rId24" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="20312"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3248025" cy="2292985"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
@@ -4651,51 +4696,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6219833B" wp14:editId="0FF9021A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-1270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4492625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2888615" cy="2042795"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="963493168" name="Bildobjekt 1070201788"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1070201788"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="1184"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2888615" cy="2042795"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
@@ -4712,83 +4757,83 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="280478A9" wp14:editId="12ED2794">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-37465</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>3634740</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2926080" cy="2054860"/>
             <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
             <wp:wrapNone/>
             <wp:docPr id="817421279" name="Bildobjekt 817421279"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21" cstate="print">
+                    <a:blip r:embed="rId26" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2926080" cy="2054860"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="7E962779" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="69550FB6" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="22E37D02" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="7A0F6667" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="7810B445" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="4CD3D68A" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="50A45FAC" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="426E9DAA" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="209C8ECE" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="15657F33" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRPr="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="75788A10" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79"/>
     <w:p w14:paraId="67E857DA" w14:textId="577F47D2" w:rsidR="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1659"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="330FFCE2" w14:textId="77777777" w:rsidR="008C5D79" w:rsidRDefault="008C5D79" w:rsidP="008C5D79">
       <w:pPr>
         <w:tabs>
@@ -4887,397 +4932,203 @@
                 <wp:docPr id="1423156909" name="Textruta 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2854518" cy="981075"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="30323939" w14:textId="1601A9BD" w:rsidR="007B1BF6" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
+                          <w:p w14:paraId="30323939" w14:textId="1601A9BD" w:rsidR="007B1BF6" w:rsidRPr="00AE48F9" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="0"/>
-                              <w:rPr>
-[...1 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="2D1261AC">
-[...3 lines deleted...]
-                              <w:t xml:space="preserve">Remiss </w:t>
+                            <w:r w:rsidRPr="00AE48F9">
+                              <w:t>Remiss virologen</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
+                              <w:t>,</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00AE48F9">
+                              <w:t xml:space="preserve"> SU för t</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
+                              <w:t>ill exempel</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00AE48F9">
+                              <w:t xml:space="preserve"> HSV-PCR från </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidRPr="2D1261AC">
-[...56 lines deleted...]
-                              </w:rPr>
+                            <w:r w:rsidRPr="00AE48F9">
                               <w:t>likvor</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
-                            <w:r w:rsidRPr="2D1261AC">
-[...3 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                            <w:r w:rsidRPr="00AE48F9">
+                              <w:t xml:space="preserve"> alt</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                              </w:rPr>
+                            <w:r w:rsidR="00457489" w:rsidRPr="00AE48F9">
                               <w:t>ernativt</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                              <w:t xml:space="preserve"> TBE-</w:t>
+                            <w:r w:rsidRPr="00AE48F9">
+                              <w:t xml:space="preserve"> TBE-serologi från serum</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-                              </w:rPr>
+                            <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="11CA0026" w14:textId="77777777" w:rsidR="007B1BF6" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="0"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="536AE699" id="Textruta 4" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:285.35pt;margin-top:384.9pt;width:224.75pt;height:77.25pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDY4p+YOgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnSZsacYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0oxXm022nYReZLn8iPpKf3XaPIXlhXgy5oNkgpEZpDWettQb+/LD9N&#10;KHGe6ZIp0KKgB+Ho/ezjh2lrcjGEClQpLEEQ7fLWFLTy3uRJ4nglGuYGYIRGpwTbMI+q3SalZS2i&#10;NyoZpulN0oItjQUunEPrw9FJZxFfSsH9k5ROeKIKirn5eNp4bsKZzKYs31pmqpr3abB/yKJhtcZH&#10;z1APzDOys/UfUE3NLTiQfsChSUDKmotYA1aTpe+qWVfMiFgLkuPMmSb3/2D5435tni3x3RfosIGB&#10;kNa43KEx1NNJ24QvZkrQjxQezrSJzhOOxuFkPBpn2GiOvrtJlt6OA0xyuW2s818FNCQIBbXYlsgW&#10;26+cP4aeQsJjDlRdLmulohJGQSyUJXuGTVQ+5ojgb6KUJm1Bbz6P0wj8xhegz/c3ivEffXpXUYin&#10;NOZ8qT1Ivtt0pC4LGgsKlg2UB6TLwnGSnOHLGuFXzPlnZnF0kCFcB/+Eh1SAOUEvUVKB/fU3e4jH&#10;jqKXkhZHsaDu545ZQYn6prHXd9loFGY3KqPx7RAVe+3ZXHv0rlkAEpXh4hkexRDv1UmUFppX3Jp5&#10;eBVdTHN8u6D+JC78cUFw67iYz2MQTqthfqXXhgfo0JhA60v3yqzp2+pxIB7hNLQsf9fdY2y4qWG+&#10;8yDr2PoLqz39OOlxePqtDKt0rceoy79j9hsAAP//AwBQSwMEFAAGAAgAAAAhAJnHQ7ffAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoTYDm0UwqQIVNVxTE2o1d22psR7ab&#10;hr/HXcFyNEf3ntuuZzuQSYZovEO4XzAg0vVeGKcQvj7f7iogMXEn+OCdRPiREdbd9VXLG+HP7kNO&#10;u6RIDnGx4Qg6pbGhNPZaWh4XfpQu/w4+WJ7yGRQVgZ9zuB1owdiSWm5cbtB8lK9a9sfdySJsXlSt&#10;+ooHvamEMdP8fdiqd8Tbm/l5BSTJOf3BcNHP6tBlp70/ORHJgPBUsjKjCOWyzhsuBCtYAWSPUBeP&#10;D0C7lv4f0f0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2OKfmDoCAACDBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcdDt98AAAAMAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="536AE699" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 4" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:285.35pt;margin-top:384.9pt;width:224.75pt;height:77.25pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDY4p+YOgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnSZsacYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0oxXm022nYReZLn8iPpKf3XaPIXlhXgy5oNkgpEZpDWettQb+/LD9N&#10;KHGe6ZIp0KKgB+Ho/ezjh2lrcjGEClQpLEEQ7fLWFLTy3uRJ4nglGuYGYIRGpwTbMI+q3SalZS2i&#10;NyoZpulN0oItjQUunEPrw9FJZxFfSsH9k5ROeKIKirn5eNp4bsKZzKYs31pmqpr3abB/yKJhtcZH&#10;z1APzDOys/UfUE3NLTiQfsChSUDKmotYA1aTpe+qWVfMiFgLkuPMmSb3/2D5435tni3x3RfosIGB&#10;kNa43KEx1NNJ24QvZkrQjxQezrSJzhOOxuFkPBpn2GiOvrtJlt6OA0xyuW2s818FNCQIBbXYlsgW&#10;26+cP4aeQsJjDlRdLmulohJGQSyUJXuGTVQ+5ojgb6KUJm1Bbz6P0wj8xhegz/c3ivEffXpXUYin&#10;NOZ8qT1Ivtt0pC4LGgsKlg2UB6TLwnGSnOHLGuFXzPlnZnF0kCFcB/+Eh1SAOUEvUVKB/fU3e4jH&#10;jqKXkhZHsaDu545ZQYn6prHXd9loFGY3KqPx7RAVe+3ZXHv0rlkAEpXh4hkexRDv1UmUFppX3Jp5&#10;eBVdTHN8u6D+JC78cUFw67iYz2MQTqthfqXXhgfo0JhA60v3yqzp2+pxIB7hNLQsf9fdY2y4qWG+&#10;8yDr2PoLqz39OOlxePqtDKt0rceoy79j9hsAAP//AwBQSwMEFAAGAAgAAAAhAJnHQ7ffAAAADAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoTYDm0UwqQIVNVxTE2o1d22psR7ab&#10;hr/HXcFyNEf3ntuuZzuQSYZovEO4XzAg0vVeGKcQvj7f7iogMXEn+OCdRPiREdbd9VXLG+HP7kNO&#10;u6RIDnGx4Qg6pbGhNPZaWh4XfpQu/w4+WJ7yGRQVgZ9zuB1owdiSWm5cbtB8lK9a9sfdySJsXlSt&#10;+ooHvamEMdP8fdiqd8Tbm/l5BSTJOf3BcNHP6tBlp70/ORHJgPBUsjKjCOWyzhsuBCtYAWSPUBeP&#10;D0C7lv4f0f0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2OKfmDoCAACDBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmcdDt98AAAAMAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="30323939" w14:textId="1601A9BD" w:rsidR="007B1BF6" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
+                    <w:p w14:paraId="30323939" w14:textId="1601A9BD" w:rsidR="007B1BF6" w:rsidRPr="00AE48F9" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="0"/>
-                        <w:rPr>
-[...1 lines deleted...]
-                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="2D1261AC">
-[...3 lines deleted...]
-                        <w:t xml:space="preserve">Remiss </w:t>
+                      <w:r w:rsidRPr="00AE48F9">
+                        <w:t>Remiss virologen</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
+                        <w:t>,</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00AE48F9">
+                        <w:t xml:space="preserve"> SU för t</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
+                        <w:t>ill exempel</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00AE48F9">
+                        <w:t xml:space="preserve"> HSV-PCR från </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidRPr="2D1261AC">
-[...56 lines deleted...]
-                        </w:rPr>
+                      <w:r w:rsidRPr="00AE48F9">
                         <w:t>likvor</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
-                      <w:r w:rsidRPr="2D1261AC">
-[...3 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                      <w:r w:rsidRPr="00AE48F9">
+                        <w:t xml:space="preserve"> alt</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                        </w:rPr>
+                      <w:r w:rsidR="00457489" w:rsidRPr="00AE48F9">
                         <w:t>ernativt</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                        <w:t xml:space="preserve"> TBE-</w:t>
+                      <w:r w:rsidRPr="00AE48F9">
+                        <w:t xml:space="preserve"> TBE-serologi från serum</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-                        </w:rPr>
+                      <w:r w:rsidR="000D7634" w:rsidRPr="00AE48F9">
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="11CA0026" w14:textId="77777777" w:rsidR="007B1BF6" w:rsidRDefault="007B1BF6" w:rsidP="007B1BF6">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="0"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00627283">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B4D9BCE" wp14:editId="25534C95">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-65405</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4672965</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3000375" cy="4243705"/>
             <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="1132791866" name="Bildobjekt 1903793858"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1903793858"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3000375" cy="4243705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -5293,51 +5144,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73BBA6CB" wp14:editId="36D826FF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>445770</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2876550" cy="3938905"/>
             <wp:effectExtent l="133350" t="114300" r="133350" b="156845"/>
             <wp:wrapNone/>
             <wp:docPr id="1871803776" name="Bildobjekt 1098109040"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1098109040"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId28">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2876550" cy="3938905"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFFFF">
                         <a:shade val="85000"/>
                       </a:srgbClr>
                     </a:solidFill>
                     <a:ln w="88900" cap="sq">
                       <a:solidFill>
@@ -5573,51 +5424,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004923E9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07745D1D" wp14:editId="1624DE4E">
             <wp:extent cx="2321560" cy="485140"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="15" name="Bildobjekt 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 21"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24">
+                    <a:blip r:embed="rId29">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2321560" cy="485140"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6037,95 +5888,95 @@
     <w:p w14:paraId="2717E838" w14:textId="571BA955" w:rsidR="00AB3685" w:rsidRPr="004923E9" w:rsidRDefault="00287B62" w:rsidP="009071ED">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:ind w:left="1134"/>
       </w:pPr>
       <w:r w:rsidRPr="00287B62">
         <w:t>Rodnad och svullnad runt instick.</w:t>
       </w:r>
       <w:r w:rsidR="00AB3685" w:rsidRPr="004923E9">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B347B8B" w14:textId="77777777" w:rsidR="00AB3685" w:rsidRDefault="00AB3685" w:rsidP="00AB3685"/>
     <w:p w14:paraId="65CDA126" w14:textId="77777777" w:rsidR="00C17768" w:rsidRPr="00C17768" w:rsidRDefault="00C17768" w:rsidP="00C17768">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4783"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C17768" w:rsidRPr="00C17768" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId25"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="even" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="first" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B0A0A5A" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E03FD82" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="49E671DF" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6194,111 +6045,112 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B167BB3" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="389465FC" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="51E76B6B" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51E76B6B" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00074A8D" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -6368,51 +6220,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="473BB5C7" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="490D4889" wp14:editId="1DA47F32">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6452,73 +6304,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B7D8E7D" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31C42938" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="13010E01" w14:textId="77777777" w:rsidR="0024098F" w:rsidRDefault="0024098F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B88A5AC" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="150DD442" wp14:editId="4E94A2B8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -6596,51 +6448,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BFB33C1" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37335645" wp14:editId="47815E59">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -6723,51 +6575,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12479,52 +12331,52 @@
   <w:num w:numId="43" w16cid:durableId="1676766678">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1536695614">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="288828389">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1901929">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1826504460">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="430857773">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1162159735">
     <w:abstractNumId w:val="34"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -12539,50 +12391,52 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="000458A2"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00070D71"/>
+    <w:rsid w:val="00074A8D"/>
+    <w:rsid w:val="000826EC"/>
     <w:rsid w:val="000838C6"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D526C"/>
     <w:rsid w:val="000D7634"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
@@ -12919,50 +12773,51 @@
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A70DD8"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA2672"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB3685"/>
     <w:rsid w:val="00AB78B1"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC6145"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AE48F9"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE7049"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B103B7"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B40DDB"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
@@ -13116,51 +12971,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1AB0072C"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13655,50 +13510,51 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -15675,51 +15531,51 @@
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0047085E"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15735,51 +15591,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lakartidningen.se/klinik-och-vetenskap-1/2008/10/diagnostisk-lumbalpunktion/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssth.se/wp-content/uploads/2020/10/Trombocytra%CC%8Ad.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.internetmedicin.se/klinisk-kemi/lumbalpunktion-lp-och-likvoranalys" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/files/21-5b_Kortfattad_oversikt_over_antikoagulantia_och_ryggbedovning_110328.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/02/vardprogram_bakt_cns-inf_231030.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/undersokning-och-provtagning/biopsier-och-punktioner/lumbalpunktion/film-om-tillvagagangssatt-vid-lumbalpunktion/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/02/vardprogram_bakt_cns-inf_231030.pdf" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10071-1782031320-247/surrogate/Lumbalpunktion.pdf" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10071-1782031320-247/surrogate/Lumbalpunktion.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lakartidningen.se/klinik-och-vetenskap-1/2008/10/diagnostisk-lumbalpunktion/" TargetMode="External" Id="rId8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10071-1782031320-247/surrogate/Lumbalpunktion.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lakartidningen.se/klinik-och-vetenskap-1/2008/10/diagnostisk-lumbalpunktion/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/02/vardprogram_bakt_cns-inf_231030.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lakartidningen.se/klinik-och-vetenskap-1/2008/10/diagnostisk-lumbalpunktion/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.internetmedicin.se/klinisk-kemi/lumbalpunktion-lp-och-likvoranalys" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/undersokning-och-provtagning/biopsier-och-punktioner/lumbalpunktion/film-om-tillvagagangssatt-vid-lumbalpunktion/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infektion.net/wp-content/uploads/2022/02/vardprogram_bakt_cns-inf_231030.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssth.se/wp-content/uploads/2020/10/Trombocytra%CC%8Ad.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10071-1782031320-247/surrogate/Lumbalpunktion.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://player.vgregion.se/s/32WU2hcWzVujoUApGrKPPC/7cRDyRL7K5ZYhXzWAgEv8z" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/files/21-5b_Kortfattad_oversikt_over_antikoagulantia_och_ryggbedovning_110328.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -16067,70 +15923,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>2382</Words>
-  <Characters>12628</Characters>
+  <Words>1792</Words>
+  <Characters>13248</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>473</Lines>
+  <Paragraphs>250</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14981</CharactersWithSpaces>
+  <CharactersWithSpaces>14790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Introduktion till lumbalpunktion på infektionskliniken, NÄL</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>