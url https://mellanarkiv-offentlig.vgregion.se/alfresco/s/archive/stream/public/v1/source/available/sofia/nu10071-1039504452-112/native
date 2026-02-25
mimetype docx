--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,5128 +1,4871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04C2F9B9" w14:textId="2DF7DAA4" w:rsidR="00184167" w:rsidRDefault="00B30DA1" w:rsidP="00184167">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="061914D4" w14:textId="4245BBA5" w:rsidR="00184167" w:rsidRDefault="00E344A1" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E344A1">
+        <w:t xml:space="preserve">Innehåll akutväska på </w:t>
+      </w:r>
       <w:r>
-        <w:t>Innehåll akutväska på avdelning 27</w:t>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E344A1">
+        <w:t>avdelning 27</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="42C98A9C" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00E344A1" w:rsidP="00E344A1">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ingen förändring i denna version. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED93DBC" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3571CF41" w14:textId="1D531F69" w:rsidR="004A72EC" w:rsidRPr="004A72EC" w:rsidRDefault="004A72EC" w:rsidP="004A72EC">
+    <w:p w14:paraId="5F22173B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004A72EC" w:rsidRDefault="004955A2" w:rsidP="00350B6C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
       <w:r w:rsidRPr="004A72EC">
         <w:t>Att säkerställa tillgång till ett bassortiment av läkemedel och övrig utrustning vid transport av instabil patient samt en kontrollrutin för akutväskan innehåll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E92A27" w14:textId="1AC68E8E" w:rsidR="008C7F0C" w:rsidRDefault="00B30DA1" w:rsidP="007155D5">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
+    <w:p w14:paraId="39E22CA4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4302CD7E" w14:textId="039DAFB3" w:rsidR="007A334E" w:rsidRPr="007A334E" w:rsidRDefault="00B30DA1" w:rsidP="007A334E">
+    <w:p w14:paraId="34D7733C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="007A334E" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:r>
         <w:t>Sjuksköterskor, undersköterskor och läkare på infektionskliniken.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="486C8E9A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Placering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6839E6AA" w14:textId="452A07A1" w:rsidR="00BC44CD" w:rsidRDefault="00B30DA1" w:rsidP="001E3789">
+    <w:p w14:paraId="07A78091" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="00350B6C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:t>Väskan finns placerad utanför dagrummet på avdelning 27, ovanför akutvagnen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0D74BB" w14:textId="707B2DAD" w:rsidR="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="3FFBED41" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt1"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="162"/>
-        <w:tblW w:w="6804" w:type="dxa"/>
+        <w:tblW w:w="7792" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1838"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2547"/>
+        <w:gridCol w:w="2415"/>
+        <w:gridCol w:w="1412"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="1422"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="21890AC0" w14:textId="77777777" w:rsidTr="00E836C0">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="58415DCE" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="48D4A9F5" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00E836C0">
+          <w:p w14:paraId="3EC9A164" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-811"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Läkemedel </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B30DA1">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Läkemedel: generiskt namn (Handelsnamn) </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Läkemedel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">: generiskt namn (Handelsnamn) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="36C7F56F" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="1CA38D40" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB897ED" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Desloratadin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Caredin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA9551C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">munsönderfallande </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="571E3164" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7D32F03B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">tablett </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2636F834" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">5 mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C59A3FE" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="25DCA49B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="28D14317" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="78C6B4C5" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496E99E7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Adrenalin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331321F6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="000ABB8E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">0,1 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECA77C8" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="36C9DA41" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">2 x 10 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="6687EC88" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="208D0A45" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A11EA24" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Adrenalin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C505B98" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D69B14" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0105DB9F" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="31082555" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">1 x 1 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="64AC1E28" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="263C342C" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCFAB1E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Atropin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E484A1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C0C917" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">0,5 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49049B4B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="65EF3E76" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">2 x 1 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="12FB8A4F" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="27C995AF" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAA46C3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Terbutalin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Bricanyl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15698B52" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D129299" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">0,5 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4832E5" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1C8EA7D7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">1 x 1 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5EE1AA29" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="7555EFD4" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B802559" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Cordarone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E25D22C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFCD228" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">50 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D46056F" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7D16F8DB" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">3 x 3 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2311FF68" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="550B57EB" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDE8508" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Glukos 30% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA28F32" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5C64C8" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">300 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1146C292" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="65930A9F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">5 x 10 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5C3B204B" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="004CC132" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F38AA43" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Glukos 5% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8A8A7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">infusion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179AE01E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">50 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C23A173" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2B94A362" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">1 x 100 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="186837CD" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="085921B2" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C3F6F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Natriumklorid 0,9% </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="543A3581" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58237638" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">9 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78475920" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="637B32CF" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">4 x 10 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="1456A943" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5E9C7E43" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6E4BC1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:lastRenderedPageBreak/>
               <w:t>Ringer-Acetat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0F726803" w14:textId="45944C7A" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="0013370C" w:rsidP="00B30DA1">
-[...36 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="485D1DC1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">infusion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374B4B82" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">1 x 1000 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="6CFAC25E" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="195D76F9" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A4A77C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Diazepam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Stesolid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB9FD0A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">injektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="192D3CEE" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">5 mg/ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A629FAA" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="77873732" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">2 x 2 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="0612B253" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="53C2D364" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A9E109" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Glyceryltrinitrat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Nitrolingual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2AE10C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">sprayflaska </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51086DD6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">0,4 mg/dos </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59EA278B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="4B6A9AD6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2C6A579B" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="6BB5628F" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74348063" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Diazepam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Stesolid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2E46BC" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">rektalvätska </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135C5C03" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">5 mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4BA8EC" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="59429E07" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="42F75929" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="41BDA085" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2892F6FF" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Diazepam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Stesolid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291A4F9B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">rektalvätska </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716CC546" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">10 mg </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028598C5" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="74D8F1B5" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="33F91659" w14:textId="77777777" w:rsidTr="00F50560">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5CD074B8" w14:textId="77777777" w:rsidTr="00E75E56">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C3DA39" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
               <w:t>Naloxon</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              </w:rPr>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E977042" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>Infusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BA6C9E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>0,4mg/ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4749E1F4" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...30 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="64E5BEAA" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>1x1 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="753957A3" w14:textId="77777777" w:rsidTr="00E836C0">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="4D49976C" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="75DB32D0" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+          <w:p w14:paraId="441AA570" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Lathund för spädning av amiodaron </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B30DA1">
+              <w:t xml:space="preserve">Lathund för spädning av </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">(Cordarone®) </w:t>
+              <w:t>amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Cordarone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">®) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="1E4FBD5F" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="6BA3DFC7" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="33E3EEA5" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="1B42ECFE" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">14 ml glukos 5% + 6 ml </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 50 mg/ml </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4A46EF1B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">= 300 mg amiodaron </w:t>
+          <w:p w14:paraId="718A8F2F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">= 300 mg </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7E97439D" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="393D0855" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7420A1D3" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="08CCD01B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">7 ml glukos 5% + 3 ml </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 50 mg/ml </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="22ED2453" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">= 150 mg amiodaron </w:t>
+          <w:p w14:paraId="34584432" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">= 150 mg </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>amiodaron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="558B992B" w14:textId="77777777" w:rsidTr="00E836C0">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="36E47204" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="7792" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3B91703D" w14:textId="3F3A0593" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+          <w:p w14:paraId="75757A5F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Övrig utrustning - akutväskan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="73739A65" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="3DCBFFAA" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFA1CB1" w14:textId="06B562F5" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="74F6E5AE" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Revivator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> – engångs. Hängs utanpå väskan ihopsatt med nedanstående filter i sin originalpåse.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="382B62A1" w14:textId="77A1F9B0" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="3ED6496F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2384C793" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="17B9CD5E" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0FED251C" w14:textId="1BF4C6FB" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="561BFC84" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Bakterie/virusfilter (ex HME-filter) skall sitta på </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>revivatorn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="17B55B85" w14:textId="18825058" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="0AB3330A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5F7233F5" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="6AE44241" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57D38534" w14:textId="5A510C8B" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4E08549B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Syrgasmask reservoar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="68AA119A" w14:textId="725B22C2" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="30A2A6C3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="49802DA7" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="748DDCAC" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C290DA8" w14:textId="2D516CC1" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="51CEB963" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>Pocketmask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFDB7C7" w14:textId="27C600C1" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="02AAFBE3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5B9CC436" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5D9D92D3" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5C35D0E7" w14:textId="7217C161" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0157AEF2" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Svalgtub liten (2), mellan (3), stor (4) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="179C20A3" w14:textId="14629B34" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st av varje </w:t>
+          <w:p w14:paraId="1BDF3915" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> av varje </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7F137D56" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="1488C50F" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAD0096" w14:textId="25E8E233" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="011696D7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Nästub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> (kantarell) liten (28), medium (30), stor (32) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFC609F" w14:textId="723A7CDD" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st av varje </w:t>
+          <w:p w14:paraId="5AA55A5F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> av varje </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5BBCBE14" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="4A84F5B5" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A70337B" w14:textId="48D52F48" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+          <w:p w14:paraId="5DFC8785" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Glidslem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004955A2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D73BA3D" w14:textId="3583C6E2" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="3BE7E690" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7C2962DA" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="3C46AEED" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3D8C3B" w14:textId="1B718AE5" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="69D300F6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Peang 13 cm </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5639A2DA" w14:textId="6DEA2EE8" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="5ED8BFE5" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="023D30D9" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="3AF9CAC6" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDCF8FC" w14:textId="185F0711" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7EB181CD" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Sax </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2148D5C2" w14:textId="109EC99B" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="7ACD8F27" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="50FAF42C" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="0B2154BA" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="66431020" w14:textId="36A8FC27" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="1BE4CE4C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Perifer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>venkateter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 22 G, blå </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="35CE9370" w14:textId="0BDE2A87" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="33CAEE36" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="57AC6EA6" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="2F905632" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD59974" w14:textId="65124605" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="18BC2583" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Perifer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>venkateter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 20 G, rosa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="796CA2BF" w14:textId="09152AE0" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="04F7C013" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="694418D3" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="2FAA8C0F" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23BF3FD7" w14:textId="0C1A8CEC" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="4F4785F8" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Perifer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>venkateter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 18 G, grön </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B00D04D" w14:textId="719D0064" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="05EB51B7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7BAA3FA9" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="04FCA1F5" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF4ACB7" w14:textId="2F24E12F" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3CCBE63A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>PVK förband</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1792F413" w14:textId="34DF8E6F" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="754C238C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="107BABDF" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="1851DA78" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43149E9A" w14:textId="7F68014D" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="6ADDDD4A" w14:textId="3202EC82" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Spruta </w:t>
+            </w:r>
+            <w:r w:rsidR="003B76DC" w:rsidRPr="004955A2">
+              <w:t>2–3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> ml </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="09154819" w14:textId="5406E407" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">4 st </w:t>
+          <w:p w14:paraId="5C7F3CF1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="15C36EC8" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="63A8AB01" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B10573B" w14:textId="2766C087" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1736FD2C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Spruta 5 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEF5CAE" w14:textId="2BF4C8AC" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">4 st </w:t>
+          <w:p w14:paraId="339B30B7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5048BCE8" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="427B8C96" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB9FBA9" w14:textId="68C328DA" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="58B52CFD" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Spruta 10 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF83651" w14:textId="22032025" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">4 st </w:t>
+          <w:p w14:paraId="398BC7C4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5ABC477A" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="72CC1EED" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="55DA687B" w14:textId="721D849C" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="18CD1CED" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Spruta 20 ml </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="36E71924" w14:textId="71755AF1" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="0FDB800D" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="0D378402" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="32234ECD" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="378F2445" w14:textId="25CFF601" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1BCB70BF" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Uppdragningskanyl </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="096F485B" w14:textId="361D3D76" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">5 st </w:t>
+          <w:p w14:paraId="66B11298" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2C822508" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="210F3B9D" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="49EFCA02" w14:textId="17D377D4" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0F92D270" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Intramuskulär kanyl </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0F257EE7" w14:textId="26A8C447" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="0E9FBC80" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="627933B2" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="4CB37663" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F535A7C" w14:textId="2DA3ABEF" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00922246" w:rsidP="00B30DA1">
-[...23 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="606EC9F4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">Subkutan kanyl </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC2FD38" w14:textId="2FE21785" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">2 st </w:t>
+          <w:p w14:paraId="15468044" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="66B4934A" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="574C41C5" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF364E4" w14:textId="3883631D" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1BD18AF6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Infusionsaggregat med luftning </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="537265B4" w14:textId="237E1239" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="50CCAE6C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7B5EE0A8" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="73559645" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="36FA3BD2" w14:textId="01DD8CCA" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="238408EC" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Klorhexidinsprit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> 5mg/ml + torksuddar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="38D5C121" w14:textId="2B6EC952" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1B56FDDC" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">1 flaska </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="67D08355" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5D518688" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0E817CF9" w14:textId="454B403A" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...17 lines deleted...]
-            <w:tcW w:w="2840" w:type="dxa"/>
+          <w:p w14:paraId="3572BB7F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>Stasband</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="18A407EB" w14:textId="72EBBD92" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="0D8FB64E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="26ED655E" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="6467016F" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A49760F" w14:textId="7C568D81" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1BA2F217" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Stetoskop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F42F63D" w14:textId="1F7F7D36" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="552E184C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5B42AB76" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="7D6CFF49" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7525A03D" w14:textId="27B8BB1D" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5EAEF9C1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Blodtrycksmanschett </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8137B3" w14:textId="74EF1AED" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">1 st </w:t>
+          <w:p w14:paraId="79B059AB" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="782BA0AA" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="37086910" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5768F109" w14:textId="3CBF9145" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="598A919F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t xml:space="preserve">Andningsskydd </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF3D47D" w14:textId="1C34D31E" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="34017593" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="4F6E2242" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="03521944" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDDB3F0" w14:textId="4F251DA9" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="58B34A6D" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>Handskar S, M, L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="234CABF9" w14:textId="5DEFB482" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t>4 st av varje sort</w:t>
+          <w:p w14:paraId="713B199A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> av varje sort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="75B3B7B3" w14:textId="77777777" w:rsidTr="006F0D35">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="7C53CF52" w14:textId="77777777" w:rsidTr="006A0DE0">
         <w:trPr>
           <w:trHeight w:val="109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="29D3761C" w14:textId="0A9B508E" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7FA003F7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004955A2">
               <w:t>Handlingsplan A- och S-HLR.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3066E032" w14:textId="036E1B40" w:rsidR="00B30DA1" w:rsidRPr="00E836C0" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
-[...11 lines deleted...]
-              <w:t>1 st av varje</w:t>
+          <w:p w14:paraId="38C518C3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t>st</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004955A2">
+              <w:t xml:space="preserve"> av varje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C71DA51" w14:textId="77777777" w:rsidR="00286F35" w:rsidRDefault="00B30DA1" w:rsidP="006F0D35">
+    <w:p w14:paraId="36457EDE" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3300"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B30DA1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FCFC99" w14:textId="77777777" w:rsidR="00286F35" w:rsidRDefault="00286F35" w:rsidP="006F0D35">
+    <w:p w14:paraId="2320CAB7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3300"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0219D0F2" w14:textId="77777777" w:rsidR="00286F35" w:rsidRDefault="00286F35" w:rsidP="006F0D35">
+    <w:p w14:paraId="3C0D8D92" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3300"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274F62E4" w14:textId="77777777" w:rsidR="00286F35" w:rsidRDefault="00286F35">
+    <w:p w14:paraId="6EFCF1A1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309513F6" w14:textId="77777777" w:rsidR="000B007C" w:rsidRPr="00943EA1" w:rsidRDefault="00286F35" w:rsidP="00943EA1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="78CE9449" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="00943EA1" w:rsidRDefault="004955A2" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00943EA1">
-        <w:t xml:space="preserve">Kontroll av </w:t>
-[...2 lines deleted...]
-        <w:t>akutväska</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Kontroll av akutväska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB11F6F" w14:textId="3EDD4B0E" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00943EA1" w:rsidP="00943EA1">
+    <w:p w14:paraId="281BBCD1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="00B30DA1" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3300"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll </w:t>
       </w:r>
-      <w:r w:rsidR="00B30DA1" w:rsidRPr="00B30DA1">
+      <w:r w:rsidRPr="00B30DA1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">ska ske direkt efter användning eller minst 1 gång/månad. Kontroll kan ske av vem som helst på arbetsplatsen. Vid kontroll ska man se att all utrustning finns enligt </w:t>
       </w:r>
-      <w:r w:rsidR="00FA63AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>innehållsförteckningen ovan</w:t>
       </w:r>
-      <w:r w:rsidR="00B30DA1" w:rsidRPr="00B30DA1">
+      <w:r w:rsidRPr="00B30DA1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt att materialet </w:t>
       </w:r>
-      <w:r w:rsidR="00E836C0" w:rsidRPr="00E836C0">
+      <w:r w:rsidRPr="00E836C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidR="00B30DA1" w:rsidRPr="00B30DA1">
+      <w:r w:rsidRPr="00B30DA1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> har passerat sitt sista förbrukningsdatum. Väskan ska vara plomberad när den </w:t>
       </w:r>
-      <w:r w:rsidR="00E836C0" w:rsidRPr="00E836C0">
+      <w:r w:rsidRPr="00E836C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidR="00B30DA1" w:rsidRPr="00B30DA1">
+      <w:r w:rsidRPr="00B30DA1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> används. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt1"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1007" w:type="dxa"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2107"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="2637"/>
+        <w:gridCol w:w="1287"/>
+        <w:gridCol w:w="5432"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="0FDD75A3" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="650FCA53" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="1F7074CA" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2760FC" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="006A0DE0" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B30DA1">
+            <w:r w:rsidRPr="006A0DE0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Datum för kontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29D1CCA9" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C09331" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="006A0DE0" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B30DA1">
+            <w:r w:rsidRPr="006A0DE0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Signatur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="70A5488E" w14:textId="22AB1265" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DB8B01" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="006A0DE0" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B30DA1">
+            <w:r w:rsidRPr="006A0DE0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Byte av adrenalin 1</w:t>
-[...11 lines deleted...]
-              <w:t>mg/ml var 12:e månad</w:t>
+              <w:t>Byte av adrenalin 1 mg/ml var 12:e månad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="02A4C79A" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="3DF6A00B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="558523DC" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383D318A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="396697D2" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA251E7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FDB1441" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="542CCB6E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="4CAA500D" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="068A0516" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="69C79DF8" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD9426" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77F1E1ED" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E95EDA" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15753621" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8C482" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="646799D7" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="3CCDE82D" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="404BC49A" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A041EC4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4250DDF0" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1D1FB7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="335F26FD" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27569981" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2864482C" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="7585B674" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="19F69915" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C22083" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25B568D1" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73660FE3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B82EA53" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7C708D" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="717EA33E" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A31878B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="44BF7E34" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="245B7586" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4929A4E1" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B866AD" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5DA72D38" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3447E240" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="364F8185" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="224982ED" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="73FA7578" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01595947" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="79308C3F" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC297BD" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="56813808" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5344082D" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="39517554" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="23289366" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="71D86202" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A79759A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66AB7FDA" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A17C45" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C54B931" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E294F69" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="45B9FAE9" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="050ED9E8" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="7A9E45AC" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1534D207" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25CA4A36" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266A0E37" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C8DC48B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB02C3F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5AFAA1F0" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="0ADBA480" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="31751B62" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E3E10E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="27426C89" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553D9C71" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A4A99CA" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A78A65" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="6FD71A32" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="5C235FEF" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5EDA7E2D" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A85E82" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5424354E" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3E8E3E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C1DD73E" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE3EBD1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="60990188" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A14E49B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="3F89FE98" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F276899" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E92CC45" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E4B723" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60B37B96" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52526F70" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7BA3093C" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="68DCA8A7" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="4024DE90" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF8DE11" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="743EFE3C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056C0BA5" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FAC2F65" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0767C6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5079DD84" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="38A630F1" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="03CFB3DE" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="617B06AA" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5AB067FD" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BB851E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C9237F7" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEEB62C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="1AAB421F" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="6E33E22C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5FBB4772" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5234051E" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5778AE4A" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B535F4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BC333E9" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E39441" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="6282A9CE" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="371455E3" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="48D504E1" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB0C558" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="222FA8E7" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8F8E25" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="196F6BAE" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="744CFEB9" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="1835A8AF" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="49B93B7F" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="26797C5C" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F290760" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="622C540C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540CCD55" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59A13330" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2E1F75" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="4426D6FE" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="5D94F8CB" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="687E84B3" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA49962" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37197EEE" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9D14C6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68273B9D" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B32D767" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="435710A1" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="2112A9C3" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5926FD5B" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B5B1A6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="64076F5C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6D195A" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C480E3E" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7268AF" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7931C717" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="7E25BB7D" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="58323077" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D26898" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0896A3CC" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E037591" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1616867B" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C24087" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="5AA05D69" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="05AFB638" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="0979ABE1" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187A32A1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="40EE355F" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F50575" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D824BBE" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDF3179" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7A6E68D3" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="552C777C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="7D8694CF" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC37DB4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25F0B0EE" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BA2740" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1DC06EFC" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41809951" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="1F795196" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="78B85817" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="6BE7AEC2" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F07C7FB" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="53186ADB" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="588FA88C" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6AC8412D" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A41DDD3" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="2B668424" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="0C3BB340" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="3D10A651" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="322830C7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="695843DD" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE41623" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A30562A" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B32205F" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="737D46D5" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="16E82EB9" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="12235B36" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C9480B" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="64553A49" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDDA6F0" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34A9DC82" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585A0FF7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="7E0B75E0" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="281350E4" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="5D0E2A29" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716EF058" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="081309E2" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480755FB" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D6EC86A" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7A5B51" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="3BA5E6B4" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="18B61DBF" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="1EEB5A72" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03744AC7" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D9FD62C" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F656CA4" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17E808CA" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110599D6" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w14:paraId="3EBB0517" w14:textId="77777777" w:rsidTr="00FF454B">
-[...4 lines deleted...]
-          <w:p w14:paraId="66905F81" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+      <w:tr w:rsidR="004955A2" w:rsidRPr="004955A2" w14:paraId="46A80486" w14:textId="77777777" w:rsidTr="00712A0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F987A1" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BACC914" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="1287" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D4F885" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3EAAEFB7" w14:textId="77777777" w:rsidR="00B30DA1" w:rsidRPr="00B30DA1" w:rsidRDefault="00B30DA1" w:rsidP="00B30DA1">
+            <w:tcW w:w="5432" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554EAF4D" w14:textId="77777777" w:rsidR="004955A2" w:rsidRPr="004955A2" w:rsidRDefault="004955A2" w:rsidP="009728D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3300"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="723EDDE8" w14:textId="61BF64D1" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="00B30DA1">
+    <w:p w14:paraId="36C26392" w14:textId="77777777" w:rsidR="004955A2" w:rsidRDefault="004955A2" w:rsidP="004955A2">
       <w:pPr>
         <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="17B5A720" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="004955A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId11"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04401148" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67">
+    <w:p w14:paraId="75ED1AD5" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EC5B52A" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67">
+    <w:p w14:paraId="2BEECEB1" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="140B96FF" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67">
+    <w:p w14:paraId="4CE2CF85" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0E7FACD5" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5316135C" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2284F3D9" w14:textId="77777777" w:rsidR="0013370C" w:rsidRDefault="0013370C"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Footer"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...2 lines deleted...]
-  <w:p w14:paraId="03852A92" w14:textId="77777777" w:rsidR="0013370C" w:rsidRDefault="0013370C"/>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="22798830" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BEE9A51" wp14:editId="5BA2CAC6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42301D0D" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67"/>
+    <w:p w14:paraId="2978B047" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4161EDD7" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67">
+    <w:p w14:paraId="67A04086" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E1DCCAB" w14:textId="77777777" w:rsidR="006C2B67" w:rsidRDefault="006C2B67">
+    <w:p w14:paraId="4812983E" w14:textId="77777777" w:rsidR="00D7379C" w:rsidRDefault="00D7379C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="32826EBB" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CA89A11" wp14:editId="1B2B6B0D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0F49F45C" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6CA89A11" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="0F49F45C" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="37B543E6" w14:textId="77777777" w:rsidR="0013370C" w:rsidRDefault="0013370C"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="143A3798" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r w:rsidRPr="00762EE0">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...78 lines deleted...]
-      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A131113" wp14:editId="3882C5E4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0A28752F" w14:textId="77777777" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2A131113" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="0A28752F" w14:textId="77777777" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6065,51 +5808,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6546,51 +6289,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7105,638 +6848,652 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1578710618">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1533227156">
+  <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="186909380">
+  <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="399252606">
+  <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1083985805">
+  <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1415127708">
+  <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="287124099">
+  <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="671089">
+  <w:num w:numId="8" w16cid:durableId="391579451">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1797869892">
+  <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="594678044">
+  <w:num w:numId="10" w16cid:durableId="689646344">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1923292292">
+  <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="216864004">
+  <w:num w:numId="12" w16cid:durableId="830874331">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1652252433">
+  <w:num w:numId="13" w16cid:durableId="57095060">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="767239276">
+  <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="717121254">
+  <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2014412464">
+  <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="751127439">
+  <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1178276037">
+  <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="2030598028">
+  <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="0001369A"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000B007C"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
-    <w:rsid w:val="0013370C"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="0015018A"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001E1F6C"/>
+    <w:rsid w:val="001E133C"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00240385"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
-    <w:rsid w:val="002631B0"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="00272881"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
-    <w:rsid w:val="00286F35"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D1C40"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="00350B6C"/>
     <w:rsid w:val="00350CC4"/>
-    <w:rsid w:val="003560D0"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
-    <w:rsid w:val="0036646F"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00377992"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003C5F98"/>
+    <w:rsid w:val="003B6C3D"/>
+    <w:rsid w:val="003B76DC"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00444940"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004955A2"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
-    <w:rsid w:val="004A72EC"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B66BB"/>
+    <w:rsid w:val="005B3253"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006A0DE0"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006C2B67"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006F0D35"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00712A0F"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
-    <w:rsid w:val="00782A0E"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
-    <w:rsid w:val="007A3D81"/>
+    <w:rsid w:val="007A46D4"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D3E90"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
-    <w:rsid w:val="00922246"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
-    <w:rsid w:val="00943EA1"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00B01BA3"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B30DA1"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
-    <w:rsid w:val="00C52B26"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D7379C"/>
+    <w:rsid w:val="00D7464F"/>
+    <w:rsid w:val="00D80C19"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E344A1"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E75E56"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E836C0"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EA6D3A"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F50560"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F843E1"/>
+    <w:rsid w:val="00F84BC2"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00FA63AE"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FF454B"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="0A5FD20F"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="6151D46E"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{DCDDDD00-356B-4798-A8A4-8978125E23F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8074,206 +7831,234 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8351,606 +8136,610 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Omslagsunderrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8981,81 +8770,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -9094,53 +8883,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9214,53 +9003,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9334,53 +9123,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9430,53 +9219,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9526,53 +9315,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9608,53 +9397,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -9703,51 +9492,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9791,51 +9580,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9922,67 +9711,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -10026,249 +9815,297 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabellrutnt1">
     <w:name w:val="Tabellrutnät1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:next w:val="Tabellrutnt"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B30DA1"/>
+    <w:rsid w:val="004955A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="933249519">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2030062364">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10549,59 +10386,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2420</Characters>
+  <Pages>3</Pages>
+  <Words>366</Words>
+  <Characters>2554</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>5</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>91</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2839</CharactersWithSpaces>
+  <CharactersWithSpaces>2856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Innehåll akutväska på avdelning 27</dc:title>
   <dc:subject/>
-  <dc:creator>Jonatan Robertsson</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Emelie Bjurström</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>