--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -1,304 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="16C4AA48" w14:textId="48133E67" w:rsidR="00184167" w:rsidRDefault="0091330A" w:rsidP="006B266D">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Rutin Melanom NU-sjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2987C7D8" w14:textId="6CD7A55E" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="098A0C25">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E739826" w14:textId="3CC85996" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="0091330A">
       <w:r>
         <w:t xml:space="preserve">Tillägg av rubriker MDK, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Neoadjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> behandling och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Adjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> behandling. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC9264E" w14:textId="79CFF5BE" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="0030189E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Primär kirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1983E68A" w14:textId="297D4A8B" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="0091330A">
+    <w:p w14:paraId="1983E68A" w14:textId="1F72195B" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="0091330A">
       <w:r>
         <w:t xml:space="preserve">Marginal vid excision av suspekt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>invasivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> MM: 2 mm. </w:t>
+        <w:t xml:space="preserve"> MM: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F44A1">
+        <w:t>3–5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mm</w:t>
+      </w:r>
+      <w:r w:rsidR="0019257A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190CBE">
+        <w:t xml:space="preserve">(för möjlig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00190CBE">
+        <w:t>inklusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00190CBE">
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00190CBE">
+        <w:t>WoW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00190CBE">
+        <w:t>-studie)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Vid misstanke av in situ-melanom 5 mm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA44203" w14:textId="71EACCCC" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="098A0C25">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Rekommenderade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>sidomarginaler</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5E1793FC" w14:textId="0BF139F7" w:rsidR="00714329" w:rsidRDefault="000A40DB" w:rsidP="00280392">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Melanoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> in situ</w:t>
       </w:r>
       <w:r w:rsidR="006E6A83">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00714329">
         <w:t>upp till 5 mm klinisk marginal, 2 mm mikroskopisk marginal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0251DA37" w14:textId="77777777" w:rsidR="00714329" w:rsidRDefault="00714329" w:rsidP="00280392">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lentigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> maligna: 5 – 10 mm klinisk marginal, 2 mm mikroskopisk marginal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34EE9705" w14:textId="49951791" w:rsidR="00696A62" w:rsidRDefault="0091330A" w:rsidP="00696A62">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0091330A">
         <w:t>Invasivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0091330A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D83DF4">
         <w:t>malignt melanom</w:t>
       </w:r>
       <w:r w:rsidRPr="0091330A">
         <w:t>≤ 2,0 mm: 10 mm klinisk marginal från ärret</w:t>
       </w:r>
       <w:r w:rsidR="00696A62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9E1ED7" w14:textId="3764B3B7" w:rsidR="00696A62" w:rsidRDefault="0091330A" w:rsidP="00696A62">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0091330A">
         <w:t>Invasivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0091330A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D83DF4">
         <w:t>malignt melanom</w:t>
       </w:r>
       <w:r w:rsidRPr="0091330A">
         <w:t>&gt; 2,0 mm: 20 mm klinisk marginal från ärret</w:t>
       </w:r>
       <w:r w:rsidR="00696A62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72374924" w14:textId="1C2C9E1F" w:rsidR="00696A62" w:rsidRDefault="0091330A" w:rsidP="00696A62">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0091330A">
         <w:t>Huvud- och halsmelanom: 10 mm (hänsyn till kosmetik/funktion)</w:t>
       </w:r>
       <w:r w:rsidR="00696A62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF424AA" w14:textId="5BD4D20A" w:rsidR="0091330A" w:rsidRDefault="0091330A" w:rsidP="00280392">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0091330A">
         <w:t xml:space="preserve">ALM &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0091330A">
         <w:t>subunguala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0091330A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D83DF4">
         <w:t>maligna melanom</w:t>
       </w:r>
       <w:r w:rsidRPr="0091330A">
         <w:t>: 10 - 20 mm (hänsyn till funktion/amputation)</w:t>
       </w:r>
       <w:r w:rsidR="00696A62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0977C1F4" w14:textId="77E9D049" w:rsidR="00A150D3" w:rsidRPr="0091330A" w:rsidRDefault="00A150D3" w:rsidP="098A0C25">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Sentinel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>node</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00556FFE" w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -318,89 +349,89 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SNB)</w:t>
       </w:r>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DEE37A2" w14:textId="736E6DED" w:rsidR="0091330A" w:rsidRDefault="008E634D" w:rsidP="0091330A">
       <w:r>
         <w:t xml:space="preserve">Alla </w:t>
       </w:r>
       <w:r w:rsidR="00D83DF4">
         <w:t>maligna melanom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&gt; 1,0 mm. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B488DD8" w14:textId="567DDF60" w:rsidR="00432F05" w:rsidRDefault="00432F05" w:rsidP="098A0C25">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A0C25">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MDK (Multidisciplinär konferens)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1A58C8" w14:textId="77777777" w:rsidR="007956B3" w:rsidRDefault="0023339F" w:rsidP="00210995">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Alla patienter med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>metastasera</w:t>
       </w:r>
       <w:r w:rsidR="00A65612">
         <w:t>t</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A65612">
         <w:t xml:space="preserve"> melanom </w:t>
       </w:r>
       <w:r w:rsidR="007956B3">
         <w:t>bör diskuteras på MDK.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E43C26" w14:textId="77777777" w:rsidR="00090CC7" w:rsidRPr="00222921" w:rsidRDefault="00090CC7" w:rsidP="009D4E69">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00222921">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Neoadjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00222921">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D9310A" w14:textId="5793ACF6" w:rsidR="00FB4CFA" w:rsidRDefault="00090CC7" w:rsidP="009D4E69">
       <w:pPr>
@@ -428,51 +459,51 @@
       <w:r w:rsidR="009D4E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009D4E69">
         <w:t>kutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009D4E69">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009D4E69">
         <w:t>akralt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009D4E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005450E6">
         <w:t>melanom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FB0BD8" w14:textId="77777777" w:rsidR="005450E6" w:rsidRPr="00222921" w:rsidRDefault="005450E6" w:rsidP="00210995">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00222921">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00222921">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1195EA" w14:textId="65B4C566" w:rsidR="1277E491" w:rsidRDefault="1277E491" w:rsidP="00210995">
       <w:pPr>
@@ -494,224 +525,217 @@
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="7881" w:tblpY="1095"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="3544" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="525"/>
         <w:gridCol w:w="3019"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D02EB" w14:paraId="391DF7D6" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D03944F" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D5D8E03" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Melanom in situ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="73EED699" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DB99233" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T1a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="632A96FA" w14:textId="38FFA4B9" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="00B207F8" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;0</w:t>
             </w:r>
             <w:r w:rsidR="009D02EB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,8</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="009D02EB" w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">mm </w:t>
             </w:r>
             <w:r w:rsidR="00AB42CF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00870FBE">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D02EB" w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ingen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009D02EB" w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="4A2F8265" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CABAD5C" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51266CFA" w14:textId="299A5547" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">≥ </w:t>
             </w:r>
             <w:r w:rsidR="00B207F8">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0,8–1</w:t>
             </w:r>
             <w:r>
@@ -732,629 +756,609 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">eller ≤ 1 mm + </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="06731720" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BAA32C9" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T2a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B6B178B" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt;1 ≤ 2mm ingen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="5CB9A97A" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="158"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="084AE232" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BD45B27" w14:textId="7D7A7489" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt;1 ≤ 2mm </w:t>
             </w:r>
             <w:r w:rsidR="00B32D57">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="65A330F8" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59A7A401" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T3a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F4BAFC7" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt;2 ≤ 4mm ingen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="0D5ED0F2" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="409A8577" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T3b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02FF0B3D" w14:textId="5E23DC74" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt;2 ≤ 4mm </w:t>
             </w:r>
             <w:r w:rsidR="00350A8A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="45DA6DAC" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="098286B9" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T4a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F77112A" w14:textId="425F1178" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;4mm</w:t>
             </w:r>
             <w:r w:rsidR="00AB42CF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ingen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="46291299" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67AE2B3C" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T4b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FBD8F24" w14:textId="5BB8F7EA" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt;4mm </w:t>
             </w:r>
             <w:r w:rsidR="00DE1142">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ulceration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="2A10D86F" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30BB4C1A" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C635717" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inga regionala lymfkörtelmetastaser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="399D17A2" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="634BF450" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N1a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73E880AB" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 lymfkörtelmetastas mikroskopiskt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SNB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="2F9AC798" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AA070E6" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58181998" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 lymfkörtelmetastas makroskopiskt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="688CD157" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FE7D0DB" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N1c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B445C11" w14:textId="4CA4FF68" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="00DA1DE3" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ingen</w:t>
             </w:r>
             <w:r w:rsidR="009D02EB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> l</w:t>
             </w:r>
             <w:r w:rsidR="004243AA">
@@ -1375,183 +1379,177 @@
             <w:r w:rsidR="009D02EB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>intransit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="009D02EB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/satellitmetastas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="109DA3DB" w14:textId="77777777" w:rsidTr="00A63E9E">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D47D649" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N2a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47F4AD00" w14:textId="2FADD007" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2–3 lymfkörtelmetastaser mikroskopiskt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SNB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="4490093F" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AA3CDA5" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4914F88D" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2–3 lymfkörtelmetastaser makroskopiskt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="0205105B" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64BF8F6D" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N2c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="643D83D3" w14:textId="77777777" w:rsidR="00EB0421" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2–3 lymfkörtelmetastaser</w:t>
             </w:r>
             <w:r w:rsidR="004C3DBD">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller</w:t>
             </w:r>
           </w:p>
@@ -1573,144 +1571,140 @@
             </w:r>
             <w:r w:rsidR="00EB0421">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>transit metastas utan regionala lymfkörtelmetastaser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="1913A794" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1751196D" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D491E14" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">≥4 lymfkörtelmetastaser </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(SNB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="7C83AF75" w14:textId="77777777" w:rsidTr="00A63E9E">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2210A917" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N3b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A6130CF" w14:textId="77777777" w:rsidR="00EB0421" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>≥4 lymfkörtelmetastaser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7433A667" w14:textId="3B5E7061" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -1734,76 +1728,74 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>met</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/konglomerat)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="5C29A509" w14:textId="77777777" w:rsidTr="00A63E9E">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62EF0706" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N3c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2400C131" w14:textId="77777777" w:rsidR="00EB0421" w:rsidRDefault="009D02EB" w:rsidP="00A63E9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D660E1">
@@ -1825,368 +1817,356 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> + in-transit/satellitmet</w:t>
             </w:r>
             <w:r w:rsidR="00ED7779">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>astas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="4F783CC3" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44AD2010" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40B3DED4" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Inga fjärrmetastaser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="79A0D5FA" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52BFE532" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M1a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26C89FA2" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Metastaser i hud, subkutant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="038C80D3" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A3DC6A4" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EFA4DEF" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Metastaser i lunga</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="27498FA3" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="116"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4036DE91" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M1c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14053832" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>iscerala</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D660E1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> metastaser</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="382A1C06" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C181FE7" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRPr="00D660E1" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M1d</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548CC9E4" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CNS-metastas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D02EB" w14:paraId="6A86C59E" w14:textId="77777777" w:rsidTr="008E0086">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4281F71C" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3019" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EF1BA5A" w14:textId="77777777" w:rsidR="009D02EB" w:rsidRDefault="009D02EB" w:rsidP="008E0086">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LD normal/förhöjd 0/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3732783B" w14:textId="11932265" w:rsidR="00432F05" w:rsidRPr="00432F05" w:rsidRDefault="0023339F" w:rsidP="005450E6">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="32BC843D" w14:textId="647BCFC9" w:rsidR="007616F7" w:rsidRDefault="007616F7" w:rsidP="009D02EB">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="-572" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="7225" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2835"/>
@@ -2256,170 +2236,166 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Vårdnivå </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="736EE93B" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="805"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0214A563" w14:textId="24A9A92D" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stadium </w:t>
             </w:r>
             <w:r w:rsidR="00BB319B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00640358">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>melanom in situ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D197126" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Utbildning i egenkontroll. </w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Kontaktuppgifter till mottagning, ingen ytterligare kontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0416A2C4" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Opererande läkare. Därefter remiss till hudläkare för bedömning av hudkostym. Utbildning i egenkontroll via hudklinik. Kontaktuppgifter till hudklinik/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>hudläkarmottagning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="3C7A1095" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00F666D6" w14:textId="605F4B32" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00ED41A6" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B4CA48F" wp14:editId="08E22D00">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-60325</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>269875</wp:posOffset>
@@ -2567,126 +2543,123 @@
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00FB76F5" w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Kliniskt stadium IA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07D3D086" w14:textId="03D6BEB8" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63F361AC" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Utbildning i egenkontroll.</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Kontaktuppgifter till mottagning, ingen ytterligare kontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AF6E349" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Opererande läkare. Därefter remiss till hudläkare för bedömning av hudkostym. Utbildning i egenkontroll via hudklinik. Kontaktuppgifter till hudklinik/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>hudläkarmottagning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="4F05E315" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="1310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31DAEC49" w14:textId="60C3C0FD" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4226AF8E" wp14:editId="58A77511">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-65405</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>393065</wp:posOffset>
@@ -2885,51 +2858,50 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ativ</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller </w:t>
             </w:r>
             <w:r w:rsidR="00EC108B" w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">okänd) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36A7834A" w14:textId="789C4B07" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Kliniskt 1 </w:t>
             </w:r>
             <w:r w:rsidR="00A400F0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gång</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
@@ -2938,112 +2910,124 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">/år i 3 år. </w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Utbildning i egenkontroll. Kontaktsjuksköterska. </w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Ej röntgen eller laboratorieprover. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53646E65" w14:textId="5B560F02" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Postoperativa kontrollen hos opererande läkare. Därefter kontroller på hudklinik. Utbildning i egenkontroll via hudklinik. Kontaktsjuksköterska vid hudklinik/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>hudläkarmottagning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EEC0197" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
+          <w:p w14:paraId="4EEC0197" w14:textId="2B88AD97" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>T4-kontroller hos kirurg</w:t>
+              <w:t xml:space="preserve">T4-kontroller </w:t>
+            </w:r>
+            <w:r w:rsidR="008C7FA0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omväxlande </w:t>
+            </w:r>
+            <w:r w:rsidR="00B064E9">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>hos kirurg och dermatolog.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="6CA1E51A" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="1513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FE585AE" w14:textId="012CDB5D" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="170FD5E1" wp14:editId="3D6D7AE8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-65405</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>601980</wp:posOffset>
@@ -3216,51 +3200,50 @@
               </w:rPr>
               <w:t>intransit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>metastasering</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13463104" w14:textId="000DEC29" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Kliniskt 2 </w:t>
             </w:r>
             <w:r w:rsidR="00A400F0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gånger</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
@@ -3304,161 +3287,150 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MDK</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-konferens. Utbildning i egenkontroll. Kontaktsjuksköterska.</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Ej röntgen eller laboratorieprover. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06D320E7" w14:textId="0D97FD54" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
+          <w:p w14:paraId="06D320E7" w14:textId="56DEABA9" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kirurgklinik, (ÖNH-klinik vid huvud/halslokalisation). Om </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> tidigare bedömd av hudläkare för bedömning av hudkostymen. Utbildning i egenkontroll via hudklinik. Kontaktsjuksköterska kirurgklinik, (ÖNH-klinik).</w:t>
+              <w:t>Kirurgklinik, (ÖNH-klinik vid huvud/halslokalisation). Utbildning i egenkontroll via hudklinik. Kontaktsjuksköterska kirurgklinik, (ÖNH-klinik).</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1644">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hudklinik gör kontroll varannan gång.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="75354083" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="1445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19DF1693" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Kliniskt stadium IV</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>(generell sjukdom)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E71D042" w14:textId="20047340" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Efter </w:t>
             </w:r>
             <w:r w:rsidR="00B56196">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MDK</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-konferens, individuell. Kontaktsjuksköterska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F4F3910" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Onkologklinik (om systemisk eller strålbehandling). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4CE06B" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3476,125 +3448,121 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontaktsjuksköterska vid Kirurgklinik, palliativ specialistenhet, kirurgklinik eller onkologklinik. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F142CB" w:rsidRPr="004D3802" w14:paraId="1A8BC6A2" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F8E41E" w14:textId="13ACADA9" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Patienter i studier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6554168F" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Enligt studieprotokoll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65F2469C" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00465648">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Läkare som är prövare i studien</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00640358" w:rsidRPr="004D3802" w14:paraId="7F9AA8DA" w14:textId="77777777" w:rsidTr="00886E4C">
         <w:trPr>
           <w:trHeight w:val="1232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F500745" w14:textId="76A9A690" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00012871" w:rsidP="00620D3E">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>vid</w:t>
             </w:r>
             <w:r w:rsidR="00FB76F5" w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ökad risk för nytt melanom (familjärt melanom, multipla melanom, dysplastiska </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -3612,51 +3580,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller många </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FB76F5" w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FB76F5" w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C33DAC7" w14:textId="6C96BFD3" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00620D3E">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fortsatt hos dermatolog (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>dermatoskopi</w:t>
             </w:r>
@@ -3667,114 +3634,113 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> +/-foto)</w:t>
             </w:r>
             <w:r w:rsidR="00BB319B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> oavsett </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BB319B">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>melanomstadium</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C5CCFBF" w14:textId="77777777" w:rsidR="00FB76F5" w:rsidRPr="004D3802" w:rsidRDefault="00FB76F5" w:rsidP="00620D3E">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3802">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hudklinik</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B99D56A" w14:textId="77777777" w:rsidR="002A3218" w:rsidRPr="007616F7" w:rsidRDefault="002A3218" w:rsidP="00620D3E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A3218" w:rsidRPr="007616F7" w:rsidSect="00330F6A">
-      <w:headerReference w:type="default" r:id="rId7"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="439F7052" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA">
+    <w:p w14:paraId="6A433E2A" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09D69601" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA">
+    <w:p w14:paraId="1FC0FC7D" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66F44887" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA">
+    <w:p w14:paraId="0C65C94E" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3803,136 +3769,136 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2227F1EC" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="71789DFC" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47CD65AD" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="004D3EA0" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47CD65AD" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
@@ -4025,51 +3991,51 @@
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1096F26E" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F10AC8D" wp14:editId="4DB87A5C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -4108,74 +4074,74 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26C1356F" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA"/>
+    <w:p w14:paraId="0E5039FB" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FCE7F67" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA">
+    <w:p w14:paraId="7264B5CE" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2BB5057A" w14:textId="77777777" w:rsidR="001B18DA" w:rsidRDefault="001B18DA">
+    <w:p w14:paraId="317E0062" w14:textId="77777777" w:rsidR="00566D40" w:rsidRDefault="00566D40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FCAE467" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E41EC8B" wp14:editId="121C4BC4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -4253,51 +4219,51 @@
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17991692" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62936BAD" wp14:editId="4C96C502">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5364,51 +5330,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5845,51 +5811,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6582,55 +6548,55 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1697274131">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -6689,50 +6655,52 @@
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00167DF8"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00190CBE"/>
+    <w:rsid w:val="0019257A"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B18DA"/>
     <w:rsid w:val="001B2DC5"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C1A38"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001C63F2"/>
     <w:rsid w:val="001F4134"/>
     <w:rsid w:val="001F44AC"/>
     <w:rsid w:val="001F54F5"/>
     <w:rsid w:val="00210995"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217B5D"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00220983"/>
     <w:rsid w:val="00222921"/>
     <w:rsid w:val="00225A2A"/>
     <w:rsid w:val="00227FDD"/>
     <w:rsid w:val="00230489"/>
     <w:rsid w:val="0023339F"/>
     <w:rsid w:val="00235B57"/>
@@ -6754,50 +6722,51 @@
     <w:rsid w:val="00291CE5"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A0B93"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A3218"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B02E4"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B217D"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C5DAA"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E048C"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="0030189E"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="003111D6"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00331305"/>
     <w:rsid w:val="00337197"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003441B5"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350A8A"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003512FB"/>
     <w:rsid w:val="00353D73"/>
     <w:rsid w:val="00354549"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00362C94"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00371C29"/>
@@ -6865,50 +6834,51 @@
     <w:rsid w:val="004D1162"/>
     <w:rsid w:val="004D65E7"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F025A"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F592E"/>
     <w:rsid w:val="004F620A"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00503BFF"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="0051459E"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="005450E6"/>
     <w:rsid w:val="0054533E"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005475A9"/>
     <w:rsid w:val="0054798B"/>
     <w:rsid w:val="00556FFE"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005642DC"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
+    <w:rsid w:val="00566D40"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00586EB9"/>
     <w:rsid w:val="00595143"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C7EDE"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="005E7592"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
@@ -7005,98 +6975,102 @@
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00841DA0"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00863132"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00870FBE"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="008728E4"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="0088274B"/>
     <w:rsid w:val="00885CEB"/>
     <w:rsid w:val="00886E4C"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008B6857"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008C7FA0"/>
     <w:rsid w:val="008D6101"/>
     <w:rsid w:val="008D752E"/>
     <w:rsid w:val="008E0086"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E2338"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E634D"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F0AE3"/>
+    <w:rsid w:val="008F44A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="0091330A"/>
     <w:rsid w:val="00914D02"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00922AA7"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00937090"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="0094780F"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00956B2A"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00963615"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00974731"/>
     <w:rsid w:val="00980E03"/>
     <w:rsid w:val="00991AE2"/>
     <w:rsid w:val="00996956"/>
     <w:rsid w:val="009A5EEC"/>
     <w:rsid w:val="009A79A8"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
+    <w:rsid w:val="009C1644"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C45AD"/>
     <w:rsid w:val="009D02EB"/>
     <w:rsid w:val="009D4E69"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1E50"/>
     <w:rsid w:val="009E2648"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F5DFB"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A040D2"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A14379"/>
     <w:rsid w:val="00A150D3"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A37D25"/>
     <w:rsid w:val="00A400F0"/>
@@ -7104,56 +7078,58 @@
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A4640E"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A63E9E"/>
     <w:rsid w:val="00A65612"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A87995"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB271A"/>
     <w:rsid w:val="00AB42CF"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD261C"/>
     <w:rsid w:val="00AD34A1"/>
+    <w:rsid w:val="00AD5C16"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE3D85"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B064E9"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B207F8"/>
     <w:rsid w:val="00B32D57"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B4355D"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B56196"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B67247"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
@@ -7351,52 +7327,52 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="13C8043B"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7752,197 +7728,197 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EF64E0"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00494D07"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -8020,607 +7996,607 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00494D07"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -8651,81 +8627,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8764,53 +8740,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8884,53 +8860,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -9004,53 +8980,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9100,53 +9076,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -9196,53 +9172,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -9278,53 +9254,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -9373,51 +9349,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -9461,51 +9437,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -9592,67 +9568,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -9696,152 +9672,152 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubtitleChar"/>
+    <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9858,51 +9834,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -10187,58 +10163,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3438</Characters>
+  <Pages>2</Pages>
+  <Words>502</Words>
+  <Characters>3574</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>178</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4032</CharactersWithSpaces>
+  <CharactersWithSpaces>3963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Rutin Melanom NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>