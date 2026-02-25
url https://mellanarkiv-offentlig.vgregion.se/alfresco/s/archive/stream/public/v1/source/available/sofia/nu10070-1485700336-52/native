--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -8,1620 +8,1801 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="09BD78B8" w14:textId="77777777" w:rsidR="00820609" w:rsidRDefault="00820609" w:rsidP="0044753E">
+    <w:p w:rsidR="00820609" w:rsidP="0044753E" w:rsidRDefault="00820609" w14:paraId="09BD78B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="026E41FB" w14:textId="77777777" w:rsidR="00820609" w:rsidRDefault="00820609" w:rsidP="0044753E">
+    <w:p w:rsidR="00820609" w:rsidP="0044753E" w:rsidRDefault="00820609" w14:paraId="026E41FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4831DD1F" w14:textId="77777777" w:rsidR="00017A46" w:rsidRDefault="00017A46" w:rsidP="0044753E">
+    <w:p w:rsidR="00017A46" w:rsidP="0044753E" w:rsidRDefault="00017A46" w14:paraId="4831DD1F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E4FDFB0" w14:textId="77777777" w:rsidR="00017A46" w:rsidRDefault="00017A46" w:rsidP="0044753E">
+    <w:p w:rsidR="00017A46" w:rsidP="0044753E" w:rsidRDefault="00017A46" w14:paraId="6E4FDFB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6F5177" w14:textId="3BFCDA4F" w:rsidR="00184167" w:rsidRDefault="00DE3F7D" w:rsidP="0044753E">
+    <w:p w:rsidR="00184167" w:rsidP="0044753E" w:rsidRDefault="00DE3F7D" w14:paraId="3E6F5177" w14:textId="3BFCDA4F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provtagningsrutin för </w:t>
       </w:r>
       <w:r w:rsidR="000C3A8E">
         <w:t xml:space="preserve">läkemedel </w:t>
       </w:r>
       <w:r>
         <w:t>på h</w:t>
       </w:r>
       <w:r w:rsidR="000C3A8E">
         <w:t>udmottagningen</w:t>
       </w:r>
-      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+      <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4397B1F0" w14:textId="77777777" w:rsidR="0063647B" w:rsidRDefault="0063647B" w:rsidP="009A32ED">
+    <w:p w:rsidR="0063647B" w:rsidP="009A32ED" w:rsidRDefault="0063647B" w14:paraId="4397B1F0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4F952390" w14:textId="58475513" w:rsidR="009A32ED" w:rsidRDefault="5C16CD87" w:rsidP="009A32ED">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="5C16CD87" w14:paraId="4F952390" w14:textId="58475513">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Provtagning biologiska läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="3C7342DC" w14:textId="08347A65" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082"/>
-    <w:p w14:paraId="2A4EFC4A" w14:textId="3309BC9F" w:rsidR="000C3A8E" w:rsidRDefault="00D116C8" w:rsidP="000C3A8E">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="3C7342DC" w14:textId="08347A65"/>
+    <w:p w:rsidR="000C3A8E" w:rsidP="4517AF44" w:rsidRDefault="00D116C8" w14:paraId="2A4EFC4A" w14:textId="3156173F">
       <w:pPr>
         <w:ind w:right="-143"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="434D2FB1">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(IL</w:t>
+        <w:t>IL</w:t>
       </w:r>
-      <w:r w:rsidR="0015037C">
+      <w:r w:rsidRPr="4032D565" w:rsidR="57DA7669">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12/23/17-hämmare, TNF-</w:t>
       </w:r>
-      <w:r w:rsidR="00FA4179">
+      <w:r w:rsidRPr="4032D565" w:rsidR="00FA4179">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>hämmare)</w:t>
+        <w:t>hämmare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stelara, Ustekinumab, Tremfya, Adalimumab, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Imraldi,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="52006777">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hyrimoz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="08AB13A5">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00712257" w14:paraId="2E563266" w14:textId="77777777" w:rsidTr="00DC54CC">
+      <w:tr w:rsidR="00712257" w:rsidTr="18B96F16" w14:paraId="2E563266" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="36EBF20B" w14:textId="4D279DFE" w:rsidR="00712257" w:rsidRDefault="00712257" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00712257" w14:paraId="36EBF20B" w14:textId="4D279DFE">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="14B16B7D" w14:textId="3706D2D6" w:rsidR="00712257" w:rsidRDefault="00712257" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00712257" w14:paraId="14B16B7D" w14:textId="3706D2D6">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="75754591" w14:textId="3C4EE78A" w:rsidR="00712257" w:rsidRDefault="00712257" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00712257" w14:paraId="75754591" w14:textId="3C4EE78A">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2EFABD7E" w14:textId="45027D07" w:rsidR="00712257" w:rsidRDefault="00712257" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00712257" w14:paraId="2EFABD7E" w14:textId="45027D07">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 6:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00712257" w14:paraId="29B0726E" w14:textId="77777777" w:rsidTr="00DC54CC">
+      <w:tr w:rsidR="00712257" w:rsidTr="18B96F16" w14:paraId="29B0726E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="11A82529" w14:textId="77777777" w:rsidR="00712257" w:rsidRPr="00DE3F7D" w:rsidRDefault="00712257" w:rsidP="00862079">
+          <w:p w:rsidRPr="00DE3F7D" w:rsidR="00712257" w:rsidP="00862079" w:rsidRDefault="00712257" w14:paraId="11A82529" w14:textId="74549995">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="59918F7B" w:rsidR="00712257">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Hb, LPK, TPK, diff, ALAT</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7AA641F3" w14:textId="4CEB4766" w:rsidR="00712257" w:rsidRPr="00DE3F7D" w:rsidRDefault="00712257" w:rsidP="00862079">
+              <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="59918F7B" w:rsidR="0A1A1D17">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="59918F7B" w:rsidR="00712257">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iff, ALAT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00DE3F7D" w:rsidR="00712257" w:rsidP="00862079" w:rsidRDefault="00712257" w14:paraId="7AA641F3" w14:textId="4CEB4766">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fertil</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00402961" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="00402961">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE3F7D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="573CFFFC" w14:textId="478AAFB1" w:rsidR="00712257" w:rsidRDefault="00712257" w:rsidP="00862079">
+          <w:p w:rsidR="00712257" w:rsidP="00862079" w:rsidRDefault="00712257" w14:paraId="573CFFFC" w14:noSpellErr="1" w14:textId="5235689F">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="3BD841F4" w14:textId="1C4BAD55" w:rsidR="00712257" w:rsidRPr="00FA4179" w:rsidRDefault="00712257" w:rsidP="00FA4179">
+            <w:r w:rsidR="00712257">
+              <w:rPr/>
+              <w:t>HIV/H</w:t>
+            </w:r>
+            <w:r w:rsidR="697BF445">
+              <w:rPr/>
+              <w:t>Bs-Ag/HCV-ak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00FA4179" w:rsidR="00712257" w:rsidP="00FA4179" w:rsidRDefault="00712257" w14:paraId="3BD841F4" w14:textId="1C4BAD55">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Quantiferon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="726711BE" w14:textId="1A1EB18D" w:rsidR="00712257" w:rsidRDefault="00967B17" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00967B17" w14:paraId="726711BE" w14:textId="1A1EB18D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="772099A2" w14:textId="34BB4CB1" w:rsidR="00712257" w:rsidRDefault="00967B17" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00967B17" w14:paraId="772099A2" w14:textId="34BB4CB1">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="38B2E68B" w14:textId="337A1ADD" w:rsidR="00712257" w:rsidRDefault="00967B17" w:rsidP="000C3A8E">
+          <w:p w:rsidR="00712257" w:rsidP="000C3A8E" w:rsidRDefault="00967B17" w14:paraId="38B2E68B" w14:textId="337A1ADD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46903E13" w14:textId="74FA1ADF" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="009A32ED" w:rsidP="00FD6F81">
+    <w:p w:rsidRPr="007A334E" w:rsidR="009A32ED" w:rsidP="00FD6F81" w:rsidRDefault="009A32ED" w14:paraId="46903E13" w14:textId="74FA1ADF">
       <w:pPr>
         <w:ind w:left="0" w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="621F4E50" w14:textId="77777777" w:rsidR="00C83906" w:rsidRDefault="00C83906" w:rsidP="00C83906">
+    <w:p w:rsidR="00C83906" w:rsidP="00C83906" w:rsidRDefault="00C83906" w14:paraId="621F4E50" w14:textId="3A89731E">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004123B5">
+      <w:bookmarkStart w:name="_Toc100327185" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc181866757" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="5"/>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Dupilumab</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="004123B5">
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>ralokinumab</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="004123B5">
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>ebrikizumab</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="4032D565" w:rsidR="6DF3E4AB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>IL4/13-Antagonister)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C83906" w14:paraId="5E659DEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660C482C" w14:textId="77777777" w:rsidR="00C83906" w:rsidRDefault="00C83906">
+          <w:p w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="660C482C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0039BC85" w14:textId="77777777" w:rsidR="00C83906" w:rsidRDefault="00C83906">
+          <w:p w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="0039BC85" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4201E972" w14:textId="77777777" w:rsidR="00C83906" w:rsidRDefault="00C83906">
+          <w:p w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="4201E972" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 12:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C83906" w14:paraId="20D6EC0A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="643"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6830FC" w14:textId="77777777" w:rsidR="00C83906" w:rsidRPr="00D116C8" w:rsidRDefault="00C83906">
+          <w:p w:rsidRPr="00D116C8" w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="7B6830FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D116C8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hb, LPK, TPK, Diff, ASAT, ALAT, Krea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="672C33F9" w14:textId="77777777" w:rsidR="00C83906" w:rsidRDefault="00C83906">
+          <w:p w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="672C33F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D2BE30" w14:textId="77777777" w:rsidR="00C83906" w:rsidRPr="00C26C42" w:rsidRDefault="00C83906">
+          <w:p w:rsidRPr="00C26C42" w:rsidR="00C83906" w:rsidRDefault="00C83906" w14:paraId="25D2BE30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D28F45C" w14:textId="5E22EDEB" w:rsidR="0063647B" w:rsidRDefault="0063647B" w:rsidP="64FCB082">
+    <w:p w:rsidR="0063647B" w:rsidP="64FCB082" w:rsidRDefault="0063647B" w14:paraId="0D28F45C" w14:textId="5E22EDEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00176281" w14:textId="77777777" w:rsidR="0063647B" w:rsidRDefault="0063647B" w:rsidP="64FCB082">
+    <w:p w:rsidR="0063647B" w:rsidP="64FCB082" w:rsidRDefault="0063647B" w14:paraId="00176281" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E0A91A" w14:textId="45B81561" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="51E0A91A" w14:textId="45B81561">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F01B184" w14:textId="330BE379" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="7F01B184" w14:textId="330BE379">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A9EE641" w14:textId="4B2D8210" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="00017A46">
+    <w:p w:rsidR="64FCB082" w:rsidP="00017A46" w:rsidRDefault="64FCB082" w14:paraId="4A9EE641" w14:textId="4B2D8210">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62BFEF6E" w14:textId="1C2AB1ED" w:rsidR="008A6FD0" w:rsidRPr="00813B63" w:rsidRDefault="008A6FD0" w:rsidP="008A6FD0">
-      <w:r w:rsidRPr="407C597E">
+    <w:p w:rsidRPr="00813B63" w:rsidR="008A6FD0" w:rsidP="16A290E2" w:rsidRDefault="008A6FD0" w14:paraId="62BFEF6E" w14:noSpellErr="1" w14:textId="41540241">
+      <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">JAK-hämmare </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">( </w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t>t.ex.Abrocitinib</w:t>
+        <w:t>t</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="60BD9C17">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>ex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="60BD9C17">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Abrocitinib</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Baricitinib</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Deukravaticinib</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">,  </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Upadacitinib</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="407C597E">
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Cibinqo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Sotyktu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Rinvoq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="5D7F23BF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>, Olumiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="008A6FD0">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9099" w:type="dxa"/>
         <w:tblInd w:w="573" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3571"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="715"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="1766"/>
         <w:gridCol w:w="1590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6FD0" w14:paraId="6190D44E" w14:textId="77777777" w:rsidTr="64FCB082">
+      <w:tr w:rsidR="008A6FD0" w:rsidTr="37B453D7" w14:paraId="6190D44E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3571" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5EC4B90E" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="5EC4B90E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3BFC2D9F" w14:textId="3A358438" w:rsidR="008A6FD0" w:rsidRDefault="4FECE3E2">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="4FECE3E2" w14:paraId="3BFC2D9F" w14:textId="3A358438">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="546EF6F1" w14:textId="20A8A401" w:rsidR="008A6FD0" w:rsidRDefault="4FECE3E2">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="4FECE3E2" w14:paraId="546EF6F1" w14:textId="20A8A401">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">   V8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="40044EA6" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="40044EA6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0049FAA5" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00E42181" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidRPr="00E42181" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="0049FAA5" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42181">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3121323B" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="3121323B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1x/1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6FD0" w14:paraId="12B6A583" w14:textId="77777777" w:rsidTr="64FCB082">
+      <w:tr w:rsidR="008A6FD0" w:rsidTr="37B453D7" w14:paraId="12B6A583" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3571" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0C2D9885" w14:textId="60222BE2" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="0C2D9885" w14:textId="60222BE2">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="006E61F3">
               <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006E61F3">
               <w:t>Diff</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006E61F3">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00DA5ED3">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="006E61F3">
               <w:t>ASAT, ALAT,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ALP, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Krea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006E61F3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C40D42C" w14:textId="4D388093" w:rsidR="008A6FD0" w:rsidRDefault="00DA5ED3">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="00DA5ED3" w14:paraId="4C40D42C" w14:textId="6CDC5C4C">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="00DA5ED3">
+              <w:rPr/>
               <w:t>K</w:t>
             </w:r>
-            <w:r w:rsidR="008A6FD0" w:rsidRPr="006E61F3">
+            <w:r w:rsidR="008A6FD0">
+              <w:rPr/>
               <w:t>ol</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00DA5ED3">
+              <w:rPr/>
               <w:t>esterol</w:t>
             </w:r>
-            <w:r w:rsidR="008A6FD0" w:rsidRPr="006E61F3">
+            <w:r w:rsidR="008A6FD0">
+              <w:rPr/>
               <w:t xml:space="preserve">, LDL, HDL, </w:t>
             </w:r>
+            <w:r w:rsidR="3B59B3D9">
+              <w:rPr/>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="543A847D">
+              <w:rPr/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008A6FD0">
+              <w:rPr/>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00294025">
+              <w:rPr/>
+              <w:t>riglyc</w:t>
+            </w:r>
+            <w:r w:rsidR="00287BE0">
+              <w:rPr/>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="2D24B810" w:rsidP="47133B77" w:rsidRDefault="2D24B810" w14:paraId="2B127625" w14:textId="14BACB2A">
+            <w:pPr>
+              <w:ind w:left="-37" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="2D24B810">
+              <w:rPr/>
+              <w:t>HIV/HBs-Ag/HCV-ak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="3C5E6676" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="008A6FD0" w:rsidRPr="006E61F3">
-[...3 lines deleted...]
-              <w:t>riglyc</w:t>
+            <w:r>
+              <w:t>Quantiferon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00287BE0">
-[...27 lines deleted...]
-          <w:p w14:paraId="0C8D9583" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00BF752D" w:rsidRDefault="008A6FD0">
+          </w:p>
+          <w:p w:rsidRPr="00BF752D" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="0C8D9583" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00386F19">
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00386F19">
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00386F19">
               <w:t xml:space="preserve"> (fertil</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r w:rsidRPr="00386F19">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="588" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2EAD717F" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00791A5A" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidRPr="00791A5A" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="2EAD717F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4EE7E3BC" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00090AB4" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="4EE7E3BC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="869" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="311891E4" w14:textId="16AB30AD" w:rsidR="008A6FD0" w:rsidRPr="00AC5384" w:rsidRDefault="4FECE3E2">
+          <w:p w:rsidRPr="00AC5384" w:rsidR="008A6FD0" w:rsidRDefault="4FECE3E2" w14:paraId="311891E4" w14:textId="16AB30AD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="008A6FD0">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="008A6FD0">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="008A6FD0">
               <w:br/>
             </w:r>
             <w:r w:rsidR="008A6FD0">
               <w:br/>
             </w:r>
             <w:r w:rsidR="008A6FD0">
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="16A1B591" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="16A1B591" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="54BF3811" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="54BF3811" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46D6CD73" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
-[...7 lines deleted...]
-          <w:p w14:paraId="3994967C" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="46D6CD73" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="3994967C" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="145DE77E" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
-[...4 lines deleted...]
-          <w:p w14:paraId="71869B72" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="145DE77E" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="71869B72" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="540659FA" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00090AB4" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="540659FA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6FD0" w14:paraId="69148FC8" w14:textId="77777777" w:rsidTr="64FCB082">
+      <w:tr w:rsidR="008A6FD0" w:rsidTr="37B453D7" w14:paraId="69148FC8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9099" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="03F85654" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRPr="00090AB4" w:rsidRDefault="008A6FD0">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w14:paraId="03F85654" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Deukravaticinib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00D24CD1">
               <w:t>CK (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D24CD1">
               <w:t>Kreatininfosfokinas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D24CD1">
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> vid misstanke på </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>myopati</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="470A7BE0" w14:textId="77777777" w:rsidR="008A6FD0" w:rsidRDefault="008A6FD0" w:rsidP="00017A46">
+    <w:p w:rsidR="008A6FD0" w:rsidP="00017A46" w:rsidRDefault="008A6FD0" w14:paraId="470A7BE0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D7B2661" w14:textId="528803E6" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w:rsidP="00FA4179">
+    <w:p w:rsidR="00FA4179" w:rsidP="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="1D7B2661" w14:textId="528803E6">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0" w:right="-143" w:firstLine="567"/>
       </w:pPr>
       <w:r>
         <w:t>Övriga läkemedel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187C161B" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w:rsidP="00FA4179">
+    <w:p w:rsidR="00FA4179" w:rsidP="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="187C161B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B68CC7E" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w:rsidP="00FA4179">
+    <w:p w:rsidR="00FA4179" w:rsidP="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="6B68CC7E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB2AB10" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="1CB2AB10" w14:textId="79B7A9BF">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="47133B77" w:rsidR="0005546D">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Acitretin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="47133B77" w:rsidR="15383835">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>, Neotigason</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0005546D" w14:paraId="4CCA3E34" w14:textId="77777777">
+      <w:tr w:rsidR="0005546D" w:rsidTr="37B453D7" w14:paraId="4CCA3E34" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0D593D63" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0D593D63" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3394B7C3" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="3394B7C3" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6B5A818A" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="6B5A818A" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0A2872D6" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0A2872D6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 6:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0005546D" w14:paraId="43576D9F" w14:textId="77777777">
+      <w:tr w:rsidR="0005546D" w:rsidTr="37B453D7" w14:paraId="43576D9F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="05C12F27" w14:textId="0BA96704" w:rsidR="0005546D" w:rsidRDefault="0005546D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B0181C">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="05C12F27" w14:textId="6D9BF072">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B0181C">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>Kreatinin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">, ALAT, ALP, Kolesterol, Triglycerider </w:t>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t xml:space="preserve">, ALAT, ALP, Kolesterol, </w:t>
+            </w:r>
+            <w:r w:rsidR="7C33C867">
+              <w:rPr/>
+              <w:t>f-</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t xml:space="preserve">Triglycerider </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00B0181C">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="0D3B3B12">
+              <w:rPr/>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>P-glukos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00BF752D" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="5F3AB1F9" w14:textId="5C22B737">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>U-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>hCG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>(fertil</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="52AAA064" w:rsidR="0005546D">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="69CA903F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00791A5A" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00791A5A" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="69CA903F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1B0CA538" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00090AB4" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="1B0CA538" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="423D439B" w14:textId="680F708E" w:rsidR="0005546D" w:rsidRPr="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="0005546D" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="423D439B" w14:textId="680F708E">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
@@ -1658,977 +1839,1020 @@
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0033008E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>grav.prev</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0033008E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> i 3 år efter avslut)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="138627D4" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="00FA4179">
+    <w:p w:rsidR="0005546D" w:rsidP="00FA4179" w:rsidRDefault="0005546D" w14:paraId="138627D4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A2FCB8" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="00FA4179">
+    <w:p w:rsidR="0005546D" w:rsidP="00FA4179" w:rsidRDefault="0005546D" w14:paraId="44A2FCB8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61786885" w14:textId="77777777" w:rsidR="0063647B" w:rsidRDefault="0063647B" w:rsidP="00FA4179">
+    <w:p w:rsidR="0063647B" w:rsidP="00FA4179" w:rsidRDefault="0063647B" w14:paraId="61786885" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="591113C9" w14:textId="77777777" w:rsidR="0063647B" w:rsidRDefault="0063647B" w:rsidP="00FA4179">
+    <w:p w:rsidR="0063647B" w:rsidP="00FA4179" w:rsidRDefault="0063647B" w14:paraId="591113C9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63F39EAA" w14:textId="77777777" w:rsidR="004C35D5" w:rsidRDefault="004C35D5" w:rsidP="00FA4179">
+    <w:p w:rsidR="004C35D5" w:rsidP="00FA4179" w:rsidRDefault="004C35D5" w14:paraId="63F39EAA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E79F0F1" w14:textId="26494548" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w:rsidP="00FA4179">
+    <w:p w:rsidR="00FA4179" w:rsidP="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="2E79F0F1" w14:textId="26494548">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Alitretinoin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9436" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1030"/>
         <w:gridCol w:w="1712"/>
         <w:gridCol w:w="1971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA4179" w14:paraId="1F459DB1" w14:textId="77777777" w:rsidTr="1770F68D">
+      <w:tr w:rsidR="00FA4179" w:rsidTr="2D3CDF5C" w14:paraId="1F459DB1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="171D0813" w14:textId="6D9CED0A" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="171D0813" w14:textId="6D9CED0A">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4FCB6F0F" w14:textId="4F470BB0" w:rsidR="00FA4179" w:rsidRDefault="396F995B">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="396F995B" w14:paraId="4FCB6F0F" w14:textId="4F470BB0">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="6F54B39F" w:rsidRPr="64FCB082">
+            <w:r w:rsidRPr="64FCB082" w:rsidR="6F54B39F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="64FCB082">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4A706818" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="4A706818" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="55562BCC" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="55562BCC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 6:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="65DB0B19" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="65DB0B19" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5 v efter avslut</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4179" w14:paraId="09FB8E48" w14:textId="77777777" w:rsidTr="1770F68D">
+      <w:tr w:rsidR="00FA4179" w:rsidTr="2D3CDF5C" w14:paraId="09FB8E48" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4CBF6073" w14:textId="6F1275E2" w:rsidR="00FA4179" w:rsidRPr="00BF752D" w:rsidRDefault="00FA4179" w:rsidP="1770F68D">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00FA4179" w:rsidP="1445D63E" w:rsidRDefault="00FA4179" w14:paraId="0E86872A" w14:textId="643F5332">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="on" w:after="100" w:afterAutospacing="on"/>
               <w:ind w:left="-37" w:right="-170"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t>Hb, LPK, TPK</w:t>
             </w:r>
             <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t>Krea</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t xml:space="preserve">, ASAT, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t xml:space="preserve">ALAT, </w:t>
             </w:r>
             <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0005546D">
-              <w:t xml:space="preserve">         </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Kolesterol, Triglycerider, </w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="0005546D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>Kolestero</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="1FFC5E43">
+              <w:rPr/>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="1FFC5E43">
+              <w:rPr/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>Triglyceride</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0F38920F">
+              <w:rPr/>
+              <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="18487BE3">
+              <w:rPr/>
               <w:t>P</w:t>
             </w:r>
-            <w:r>
-              <w:t>-glukos, TSH, T4</w:t>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>gluko</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00FA4179" w:rsidP="57FFFF71" w:rsidRDefault="00FA4179" w14:paraId="4CBF6073" w14:textId="02E26914">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="on" w:after="100" w:afterAutospacing="on"/>
+              <w:ind w:left="-37" w:right="-170"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidR="1665374F">
+              <w:rPr/>
+              <w:t>Tyroidea</w:t>
+            </w:r>
+            <w:r w:rsidR="1665374F">
+              <w:rPr/>
+              <w:t xml:space="preserve"> (TSH, FT4)</w:t>
             </w:r>
             <w:r>
               <w:br/>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t xml:space="preserve">U-HCG </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="60B39C6A">
+              <w:rPr/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
+              <w:t>fertil</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="1770F68D">
+            <w:r w:rsidRPr="1445D63E" w:rsidR="00FA4179">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00FA4179">
+              <w:rPr/>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="64E3EAC0" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRPr="003441E0" w:rsidRDefault="00FA4179">
-[...7 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidRPr="003441E0" w:rsidR="00FA4179" w:rsidP="2D3CDF5C" w:rsidRDefault="00FA4179" w14:paraId="71410912" w14:textId="18C8BC61">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w:rsidRPr="003441E0" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="64E3EAC0" w14:textId="6AA3AD4D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="16B1B2D3" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
-[...11 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00FA4179" w:rsidP="2D3CDF5C" w:rsidRDefault="00FA4179" w14:paraId="02E1E509" w14:textId="583AC37C">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="16B1B2D3" w14:textId="1FBB3771">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3A2611C8" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRPr="008B13A1" w:rsidRDefault="00FA4179">
-[...7 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidRPr="008B13A1" w:rsidR="00FA4179" w:rsidP="2D3CDF5C" w:rsidRDefault="00FA4179" w14:paraId="12C2A190" w14:textId="0E6016DB">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00875EDD">
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w:rsidRPr="008B13A1" w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="3A2611C8" w14:textId="0C77B81A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="2D3CDF5C" w:rsidR="00FA4179">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="61850A49" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
-[...14 lines deleted...]
-          <w:p w14:paraId="3A3E7AD8" w14:textId="4AE736DB" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="61850A49" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="4D3E6BC6" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="23303DA3" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="3A3E7AD8" w14:textId="4AE736DB">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> (fertil </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4179" w14:paraId="71F5641B" w14:textId="77777777" w:rsidTr="1770F68D">
+      <w:tr w:rsidR="00FA4179" w:rsidTr="2D3CDF5C" w14:paraId="71F5641B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9436" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="128E2385" w14:textId="77777777" w:rsidR="00FA4179" w:rsidRDefault="00FA4179">
+          <w:p w:rsidR="00FA4179" w:rsidRDefault="00FA4179" w14:paraId="128E2385" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t>Nya prover tas 4 veckor efter doshöjning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36FCAF19" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="36FCAF19" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63001FB8" w14:textId="294AD5E6" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="63001FB8" w14:textId="789C79BB">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="60C1F40F" w:rsidR="0005546D">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Azatioprin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="60C1F40F" w:rsidR="50721F21">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>, Imurel</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="1695"/>
         <w:gridCol w:w="1707"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0005546D" w14:paraId="7625BACF" w14:textId="77777777">
+      <w:tr w:rsidR="0005546D" w:rsidTr="18803C37" w14:paraId="7625BACF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="16CDBC20" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="16CDBC20" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6DB6DFC7" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="6DB6DFC7" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Månad 0–3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1707" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1BB3D26D" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="1BB3D26D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Månad 4–6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5C9C6042" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="5C9C6042" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Från månad 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0005546D" w14:paraId="7CF2DBE1" w14:textId="77777777">
+      <w:tr w:rsidR="0005546D" w:rsidTr="18803C37" w14:paraId="7CF2DBE1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="207C9A8D" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="207C9A8D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA2463">
               <w:t>Hb, LPK, TPK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6741D6BB" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="6741D6BB" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA2463">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BA2463">
               <w:t>Krea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, ALAT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63D7B706" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
-[...33 lines deleted...]
-          <w:p w14:paraId="2906007D" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="63D7B706" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="65953B04" w14:textId="621E8D56">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="0F0AFBDC">
+              <w:rPr/>
+              <w:t>Bs-Ag</w:t>
+            </w:r>
+            <w:r w:rsidR="046D324B">
+              <w:rPr/>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0F0AFBDC">
+              <w:rPr/>
+              <w:t>HCV-ak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="2906007D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE7E14">
               <w:t xml:space="preserve">TPMT </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="664D94CC" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00BF752D" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="664D94CC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> (fertil </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="49524AB3" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00791A5A" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00791A5A" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="49524AB3" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:br/>
+            </w:r>
+            <w:r>
               <w:t>var 14:e dag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1707" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="750880C7" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00090AB4" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="750880C7" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00090AB4">
               <w:t>1 gång/månad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="624144A2" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00090AB4" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00090AB4" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="624144A2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00090AB4">
               <w:t>var 3:e månad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="49D95846" w14:textId="77777777" w:rsidR="00756CB7" w:rsidRDefault="00756CB7" w:rsidP="0005546D">
+    <w:p w:rsidR="00756CB7" w:rsidP="0005546D" w:rsidRDefault="00756CB7" w14:paraId="49D95846" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12FDB08C" w14:textId="62FB9E74" w:rsidR="6E7D7727" w:rsidRDefault="6E7D7727" w:rsidP="6E7D7727">
+    <w:p w:rsidR="64FCB082" w:rsidP="05D1A6E9" w:rsidRDefault="64FCB082" w14:paraId="6EFE3206" w14:textId="43D0D574">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="5643528C" w14:textId="5403DE46">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49633BF8" w14:textId="7CDD8AF2" w:rsidR="6E7D7727" w:rsidRDefault="6E7D7727" w:rsidP="6E7D7727">
-[...47 lines deleted...]
-    <w:p w14:paraId="0F3BF7BF" w14:textId="47D17744" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="0F3BF7BF" w14:textId="47D17744">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bexaroten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -2639,1828 +2863,1961 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8494" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1695"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0005546D" w14:paraId="42084B63" w14:textId="77777777" w:rsidTr="6E7D7727">
+      <w:tr w:rsidR="0005546D" w:rsidTr="682CB59C" w14:paraId="42084B63" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0A9C19C8" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0A9C19C8" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2195B465" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="2195B465" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="07365D03" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="07365D03" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4B9AF928" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="4B9AF928" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="13554ECC" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="13554ECC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4ABCA4BA" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="4ABCA4BA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1 gång/mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0005546D" w14:paraId="15470762" w14:textId="77777777" w:rsidTr="6E7D7727">
+      <w:tr w:rsidR="0005546D" w:rsidTr="682CB59C" w14:paraId="15470762" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5340EA4F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="5340EA4F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00070FC4">
               <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C69AE44" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="7C69AE44" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00070FC4">
               <w:t xml:space="preserve">ALAT, ASAT, ALP, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00070FC4">
               <w:t>Bilirubin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00070FC4">
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00070FC4">
               <w:t>Kreatinin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="7D4F512C" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="7D4F512C" w14:textId="25C25699">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
-            <w:r w:rsidRPr="00070FC4">
-[...3 lines deleted...]
-          <w:p w14:paraId="66EA0988" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="530D9F5F">
+              <w:rPr/>
+              <w:t>yroidea</w:t>
+            </w:r>
+            <w:r w:rsidR="530D9F5F">
+              <w:rPr/>
+              <w:t xml:space="preserve"> (TSH, FT4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="66EA0988" w14:textId="4D4336FA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
-            <w:r w:rsidRPr="00070FC4">
-[...3 lines deleted...]
-          <w:p w14:paraId="3B7C8CAF" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00E42DD8" w:rsidRDefault="0005546D">
+            <w:r w:rsidR="530D9F5F">
+              <w:rPr/>
+              <w:t>F-</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>Triglycerider, Kolesterol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E42DD8" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="3B7C8CAF" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00386F19">
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00386F19">
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00386F19">
               <w:t xml:space="preserve"> (fertil</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r w:rsidRPr="00386F19">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="342DED17" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="342DED17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60ED6B30" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="60ED6B30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F35F67E" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0F35F67E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="243E0263" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="243E0263" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="79EE55CB" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="79EE55CB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="475E580A" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="475E580A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="096444E3" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="096444E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66B3765B" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="66B3765B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DD05C40" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0DD05C40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D6FB8E7" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0D6FB8E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12152B7F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="12152B7F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="513255BE" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="513255BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1310331E" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="1310331E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F85B83F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="6F85B83F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77FA4B7C" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="77FA4B7C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="582EC4F6" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="582EC4F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="357C88D8" w14:textId="321C56D6" w:rsidR="009978EC" w:rsidRDefault="009978EC">
+    <w:p w:rsidR="009978EC" w:rsidRDefault="009978EC" w14:paraId="357C88D8" w14:textId="321C56D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38EDA2D6" w14:textId="1DD07416" w:rsidR="0089110A" w:rsidRDefault="0089110A" w:rsidP="0089110A">
+    <w:p w:rsidR="0089110A" w:rsidP="0089110A" w:rsidRDefault="0089110A" w14:paraId="38EDA2D6" w14:textId="1DD07416">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ciklosporin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9354" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1302"/>
         <w:gridCol w:w="1678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A5138" w14:paraId="78161C0F" w14:textId="64580BBF" w:rsidTr="00756CB7">
+      <w:tr w:rsidR="006A5138" w:rsidTr="05D1A6E9" w14:paraId="78161C0F" w14:textId="64580BBF">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2BB513FE" w14:textId="77777777" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="2BB513FE" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5CCCD1DC" w14:textId="6F736E03" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="5CCCD1DC" w14:textId="6F736E03">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="389BD5EA" w14:textId="07194BF6" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="389BD5EA" w14:textId="07194BF6">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4D6A488D" w14:textId="474890B3" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="4D6A488D" w14:textId="474890B3">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="016E1B33" w14:textId="07AC4709" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="016E1B33" w14:textId="07AC4709">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="20C77B73" w14:textId="2BAF64B7" w:rsidR="003F2163" w:rsidRDefault="003F2163">
+          <w:p w:rsidR="003F2163" w:rsidRDefault="003F2163" w14:paraId="20C77B73" w14:textId="2BAF64B7">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7195" w14:paraId="55B0BDFA" w14:textId="2D9F5D74" w:rsidTr="00756CB7">
+      <w:tr w:rsidR="00AC7195" w:rsidTr="05D1A6E9" w14:paraId="55B0BDFA" w14:textId="2D9F5D74">
         <w:trPr>
           <w:trHeight w:val="2643"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="42F6E06E" w14:textId="2FE61998" w:rsidR="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidR="00AC7195" w:rsidP="05D1A6E9" w:rsidRDefault="00AC7195" w14:paraId="42F6E06E" w14:textId="20DCF5DF">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00825DEA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">Hb, LPK, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">TPK, </w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">ALAT, ALP, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Bilirubin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidRPr="00825DEA">
-[...6 lines deleted...]
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kolesterol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="76E44CA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>f-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Triglycerider</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7" w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7" w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>g</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>nesium</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7" w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>, K,</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">Na, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Urat,</w:t>
             </w:r>
-            <w:r w:rsidR="00756CB7">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="00756CB7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Krea</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00825DEA">
+            <w:r w:rsidRPr="05D1A6E9" w:rsidR="6B94F97F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>eGFR</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A392781" w14:textId="73CBCE08" w:rsidR="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          </w:p>
+          <w:p w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="5A392781" w14:textId="73CBCE08">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t>Blodtryck</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B5C83CF" w14:textId="3919E61A" w:rsidR="00AC7195" w:rsidRPr="00BF752D" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="1B5C83CF" w14:textId="3919E61A">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00386F19">
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00386F19">
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00386F19">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00386F19">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="0082178D">
               <w:t xml:space="preserve"> fertil</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0082178D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0082178D">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀)</w:t>
             </w:r>
             <w:r w:rsidRPr="00386F19">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6CCD66B2" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00AC7195" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="6CCD66B2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B75AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E6CE7B1" w14:textId="0495B2E1" w:rsidR="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="5E6CE7B1" w14:textId="0495B2E1">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4761E91D" w14:textId="1238C7B8" w:rsidR="00756CB7" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
+          <w:p w:rsidR="00756CB7" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="4761E91D" w14:textId="1238C7B8">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40FAEC46" w14:textId="77777777" w:rsidR="00756CB7" w:rsidRPr="00B75AD6" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
-[...8 lines deleted...]
-          <w:p w14:paraId="47395C1D" w14:textId="1200535B" w:rsidR="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00B75AD6" w:rsidR="00756CB7" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="40FAEC46" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="47395C1D" w14:textId="1200535B">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1267E063" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00AC7195" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="1267E063" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B75AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3617EE9D" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00B75AD6" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00B75AD6" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="3617EE9D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B9DF3B6" w14:textId="27528A94" w:rsidR="00AC7195" w:rsidRPr="003B407F" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="003B407F" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="6B9DF3B6" w14:textId="27528A94">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3D942F0F" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00AC7195" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="3D942F0F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B75AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78DE3640" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00B75AD6" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00B75AD6" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="78DE3640" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="259B7D10" w14:textId="249B141A" w:rsidR="00AC7195" w:rsidRPr="00050A79" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00050A79" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="259B7D10" w14:textId="249B141A">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5EF77CEA" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00AC7195" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="5EF77CEA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B75AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="578015F1" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00B75AD6" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00B75AD6" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="578015F1" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C11E5FB" w14:textId="6C5EF618" w:rsidR="00AC7195" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
+          <w:p w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="7C11E5FB" w14:textId="6C5EF618">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4145497B" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00AC7195" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00AC7195" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="4145497B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B75AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A20CD86" w14:textId="77777777" w:rsidR="00AC7195" w:rsidRPr="00B75AD6" w:rsidRDefault="00AC7195" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00B75AD6" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00AC7195" w14:paraId="1A20CD86" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7195">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55D0F8EA" w14:textId="1213EFF5" w:rsidR="00AC7195" w:rsidRPr="00386F19" w:rsidRDefault="00756CB7" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00386F19" w:rsidR="00AC7195" w:rsidP="00AC7195" w:rsidRDefault="00756CB7" w14:paraId="55D0F8EA" w14:textId="1213EFF5">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00553CBE" w14:paraId="4A4BF0D2" w14:textId="77777777" w:rsidTr="00F11A9B">
+      <w:tr w:rsidR="00553CBE" w:rsidTr="05D1A6E9" w14:paraId="4A4BF0D2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9354" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="17B30823" w14:textId="3AD61132" w:rsidR="00553CBE" w:rsidRPr="00875EDD" w:rsidRDefault="00553CBE" w:rsidP="00AC7195">
+          <w:p w:rsidRPr="00875EDD" w:rsidR="00553CBE" w:rsidP="00AC7195" w:rsidRDefault="00553CBE" w14:paraId="17B30823" w14:textId="3AD61132">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF42B7">
               <w:t>B-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FF42B7">
               <w:t>CyA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FF42B7">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FF42B7">
               <w:t>cyklosporinkoncentration</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FF42B7">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00F11A9B">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00F11A9B" w:rsidRPr="00FF42B7">
+            <w:r w:rsidRPr="00FF42B7" w:rsidR="00F11A9B">
               <w:t>Tas enligt läkarordination, på morgonen 12 timmar efter senaste tablettintag</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E5B19DB" w14:textId="77777777" w:rsidR="007F5825" w:rsidRDefault="007F5825" w:rsidP="005D0DC7">
+    <w:p w:rsidR="007F5825" w:rsidP="005D0DC7" w:rsidRDefault="007F5825" w14:paraId="5E5B19DB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BA9E2A5" w14:textId="56717D43" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="6BA9E2A5" w14:textId="56717D43">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04AE3D5A" w14:textId="4CE1F795" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="04AE3D5A" w14:textId="4CE1F795">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E651DD" w14:textId="09DDE1F5" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="25E651DD" w14:textId="09DDE1F5">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E5C47A" w14:textId="0ABD338E" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="04E5C47A" w14:textId="0ABD338E">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F5B328C" w14:textId="26855776" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="5F5B328C" w14:textId="26855776">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2737CA58" w14:textId="5ED580AE" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="2737CA58" w14:textId="5ED580AE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23B0782D" w14:textId="1C4A94B3" w:rsidR="00CF1404" w:rsidRDefault="00CF1404" w:rsidP="0089110A">
+    <w:p w:rsidR="00CF1404" w:rsidP="0089110A" w:rsidRDefault="00CF1404" w14:paraId="23B0782D" w14:textId="1C4A94B3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dapson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B7968" w14:paraId="5320F9E7" w14:textId="77777777" w:rsidTr="00F6442B">
+      <w:tr w:rsidR="000B7968" w:rsidTr="17DCD88F" w14:paraId="5320F9E7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7CFE8AF7" w14:textId="77777777" w:rsidR="000B7968" w:rsidRDefault="000B7968">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="000B7968" w14:paraId="7CFE8AF7" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4C262A6E" w14:textId="0F195A0C" w:rsidR="000B7968" w:rsidRDefault="002519A1">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="002519A1" w14:paraId="4C262A6E" w14:textId="0F195A0C">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F368BCF" w14:textId="766B0542" w:rsidR="000B7968" w:rsidRDefault="002519A1">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="002519A1" w14:paraId="6F368BCF" w14:textId="766B0542">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1A9E79D7" w14:textId="02C7250D" w:rsidR="000B7968" w:rsidRDefault="002519A1">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="002519A1" w14:paraId="1A9E79D7" w14:textId="02C7250D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4CB4E779" w14:textId="0509B7AF" w:rsidR="000B7968" w:rsidRDefault="002519A1">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="002519A1" w14:paraId="4CB4E779" w14:textId="0509B7AF">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var</w:t>
             </w:r>
             <w:r w:rsidR="00816DB1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>annat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7968" w14:paraId="5CDBDE52" w14:textId="77777777" w:rsidTr="00251BEF">
+      <w:tr w:rsidR="000B7968" w:rsidTr="17DCD88F" w14:paraId="5CDBDE52" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="946"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="120895B7" w14:textId="3BE21D10" w:rsidR="00992A6E" w:rsidRDefault="00992A6E" w:rsidP="00992A6E">
+          <w:p w:rsidR="00992A6E" w:rsidP="00992A6E" w:rsidRDefault="00992A6E" w14:paraId="120895B7" w14:textId="3BE21D10">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00335E55">
               <w:t xml:space="preserve">Hb, LPK, TPK, EPK, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00335E55">
               <w:t>Krea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="34C3566A" w14:textId="44897F1A" w:rsidR="00101767" w:rsidRPr="00BF752D" w:rsidRDefault="007D643E" w:rsidP="00992A6E">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00101767" w:rsidP="00992A6E" w:rsidRDefault="007D643E" w14:paraId="34C3566A" w14:textId="44897F1A">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidR="00956261">
               <w:t>-6-PD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5FA53418" w14:textId="207CCBFD" w:rsidR="006D1C7E" w:rsidRDefault="00657869">
+          <w:p w:rsidR="006D1C7E" w:rsidRDefault="00657869" w14:paraId="5FA53418" w14:textId="207CCBFD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="00BB4161">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44D6F4E1" w14:textId="640348AD" w:rsidR="000B7968" w:rsidRDefault="000B7968">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="000B7968" w14:paraId="44D6F4E1" w14:textId="640348AD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="544B48F6" w14:textId="15547AC0" w:rsidR="006D1C7E" w:rsidRPr="006D1C7E" w:rsidRDefault="000B7968">
+          <w:p w:rsidRPr="006D1C7E" w:rsidR="006D1C7E" w:rsidRDefault="000B7968" w14:paraId="544B48F6" w14:textId="15547AC0">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="006D1C7E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CC59FBC" w14:textId="56861422" w:rsidR="006D1C7E" w:rsidRPr="003B407F" w:rsidRDefault="006D1C7E">
+          <w:p w:rsidRPr="003B407F" w:rsidR="006D1C7E" w:rsidRDefault="006D1C7E" w14:paraId="2CC59FBC" w14:textId="56861422">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="48C97078" w14:textId="77777777" w:rsidR="000B7968" w:rsidRDefault="000B7968">
+          <w:p w:rsidR="000B7968" w:rsidRDefault="000B7968" w14:paraId="48C97078" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="348DC88A" w14:textId="24687610" w:rsidR="006D1C7E" w:rsidRPr="00050A79" w:rsidRDefault="006D1C7E">
+          <w:p w:rsidRPr="00050A79" w:rsidR="006D1C7E" w:rsidRDefault="006D1C7E" w14:paraId="348DC88A" w14:textId="24687610">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="738BFFA9" w14:textId="2E6258A1" w:rsidR="000B7968" w:rsidRPr="00251BEF" w:rsidRDefault="008B2B72">
+          <w:p w:rsidRPr="00251BEF" w:rsidR="000B7968" w:rsidRDefault="008B2B72" w14:paraId="738BFFA9" w14:textId="2E6258A1">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">B12 och </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Fola</w:t>
             </w:r>
             <w:r w:rsidR="00251BEF">
               <w:t>t</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006905BD" w14:paraId="33B0385C" w14:textId="77777777" w:rsidTr="00251BEF">
+      <w:tr w:rsidR="006905BD" w:rsidTr="17DCD88F" w14:paraId="33B0385C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="868"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1A6D10F7" w14:textId="77777777" w:rsidR="003F443F" w:rsidRDefault="00F6442B" w:rsidP="00251BEF">
+          <w:p w:rsidR="003F443F" w:rsidP="00251BEF" w:rsidRDefault="00F6442B" w14:paraId="1A6D10F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t>Vid dosökning: Kontroll</w:t>
             </w:r>
             <w:r w:rsidR="00354BFC">
               <w:t xml:space="preserve">monitorering </w:t>
             </w:r>
             <w:r>
               <w:t>efter 1–2 veckor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55CCFA6E" w14:textId="6BB1ADFF" w:rsidR="006905BD" w:rsidRDefault="006905BD" w:rsidP="00251BEF">
+          <w:p w:rsidR="006905BD" w:rsidP="00251BEF" w:rsidRDefault="006905BD" w14:paraId="55CCFA6E" w14:textId="081AD5B6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="006905BD">
+              <w:rPr/>
               <w:t>Retikulocyter</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="006905BD">
+              <w:rPr/>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="006905BD">
+              <w:rPr/>
+              <w:t>Tas vid</w:t>
+            </w:r>
+            <w:r w:rsidR="006905BD">
+              <w:rPr/>
               <w:t xml:space="preserve"> patologiskt Hb </w:t>
             </w:r>
             <w:r w:rsidR="002806E5">
+              <w:rPr/>
               <w:t>och/eller EPK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CA43C75" w14:textId="77777777" w:rsidR="00756CB7" w:rsidRDefault="00756CB7" w:rsidP="0005546D">
+    <w:p w:rsidR="00756CB7" w:rsidP="0005546D" w:rsidRDefault="00756CB7" w14:paraId="7CA43C75" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DA671B8" w14:textId="07D11F23" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="2DA671B8" w14:textId="07D11F23">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="003328C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>imetylfumarat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -4474,221 +4831,241 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Skilarence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003328C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5240"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790C6D" w14:paraId="498F3EF8" w14:textId="77777777" w:rsidTr="00790C6D">
+      <w:tr w:rsidR="00790C6D" w:rsidTr="17DCD88F" w14:paraId="498F3EF8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="65657DBA" w14:textId="77777777" w:rsidR="00790C6D" w:rsidRDefault="00790C6D">
+          <w:p w:rsidR="00790C6D" w:rsidRDefault="00790C6D" w14:paraId="65657DBA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="54C2A05F" w14:textId="0D27F3FC" w:rsidR="00790C6D" w:rsidRDefault="00790C6D">
+          <w:p w:rsidR="00790C6D" w:rsidRDefault="00790C6D" w14:paraId="54C2A05F" w14:textId="0D27F3FC">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790C6D" w14:paraId="6FF1806F" w14:textId="77777777" w:rsidTr="00790C6D">
+      <w:tr w:rsidR="00790C6D" w:rsidTr="17DCD88F" w14:paraId="6FF1806F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="176F88F6" w14:textId="77777777" w:rsidR="00790C6D" w:rsidRDefault="00790C6D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007307ED">
+          <w:p w:rsidR="00790C6D" w:rsidP="17DCD88F" w:rsidRDefault="00790C6D" w14:paraId="176F88F6" w14:textId="1DEBCB6D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007307ED">
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t>Diff</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007307ED">
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007307ED">
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t>Kreatinin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007307ED">
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t xml:space="preserve">, ALAT, ALP, </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007307ED">
-[...3 lines deleted...]
-          <w:p w14:paraId="0FFAEBF3" w14:textId="58EFDBC3" w:rsidR="00790C6D" w:rsidRPr="00E42DD8" w:rsidRDefault="00790C6D">
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
+              <w:t>rin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="17DCD88F" w:rsidR="7C5507D6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>testrems</w:t>
+            </w:r>
+            <w:r w:rsidR="00790C6D">
+              <w:rPr/>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E42DD8" w:rsidR="00790C6D" w:rsidRDefault="00790C6D" w14:paraId="0FFAEBF3" w14:textId="58EFDBC3">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00386F19">
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00386F19">
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00386F19">
               <w:t xml:space="preserve"> (fertil</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r w:rsidRPr="00386F19">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6E035475" w14:textId="77777777" w:rsidR="00790C6D" w:rsidRDefault="00790C6D">
+          <w:p w:rsidR="00790C6D" w:rsidRDefault="00790C6D" w14:paraId="6E035475" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="205B7703" w14:textId="6B85AE6C" w:rsidR="00790C6D" w:rsidRPr="00386F19" w:rsidRDefault="00790C6D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="00790C6D" w:rsidRDefault="00790C6D" w14:paraId="205B7703" w14:textId="6B85AE6C">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07B6296A" w14:textId="57319570" w:rsidR="006A7CA9" w:rsidRDefault="006A7CA9">
+    <w:p w:rsidR="006A7CA9" w:rsidRDefault="006A7CA9" w14:paraId="07B6296A" w14:textId="57319570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB5742C" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0089110A">
+    <w:p w:rsidR="0005546D" w:rsidP="0089110A" w:rsidRDefault="0005546D" w14:paraId="0BB5742C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC6F1C6" w14:textId="77777777" w:rsidR="000766E2" w:rsidRDefault="000766E2" w:rsidP="00B70C77">
+    <w:p w:rsidR="000766E2" w:rsidP="00B70C77" w:rsidRDefault="000766E2" w14:paraId="3AC6F1C6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41E046E7" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="0005546D">
+    <w:p w:rsidR="0005546D" w:rsidP="0005546D" w:rsidRDefault="0005546D" w14:paraId="41E046E7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hydroxykloroquin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -4709,1172 +5086,1254 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kloroquinfosfat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8642" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="0005546D" w14:paraId="1ABC8494" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="540CF5F1" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="540CF5F1" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1043F938" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="1043F938" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1 gång/år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005546D" w14:paraId="282B9566" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D36F430" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00E42DD8" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00E42DD8" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="4D36F430" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00045091">
               <w:t xml:space="preserve">Hb, LPK, TPK, ALAT, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00045091">
               <w:t>Kreatin</w:t>
             </w:r>
             <w:r>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5042A7C8" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00386F19" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00386F19" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="5042A7C8" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CCD0FB4" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="008E75FC">
+    <w:p w:rsidR="0005546D" w:rsidP="008E75FC" w:rsidRDefault="0005546D" w14:paraId="5CCD0FB4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B5B8F1E" w14:textId="495A8F44" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
-      <w:pPr>
+    <w:p w:rsidR="10AA2003" w:rsidP="42B81A10" w:rsidRDefault="10AA2003" w14:paraId="26C7349E" w14:textId="09ED4A0E">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26C7349E" w14:textId="6BB5F7C2" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
-      <w:pPr>
+    <w:p w:rsidR="42B81A10" w:rsidP="42B81A10" w:rsidRDefault="42B81A10" w14:paraId="24AD1C82" w14:textId="506EE740">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4192727E" w14:textId="77777777" w:rsidR="005D5806" w:rsidRDefault="005D5806">
-      <w:pPr>
+    <w:p w:rsidR="008E75FC" w:rsidP="42B81A10" w:rsidRDefault="001D36E0" w14:paraId="5F461685" w14:textId="6C6A2BB5">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="567"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="42B81A10" w:rsidR="001D36E0">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Isotretinoin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B42DEC" w14:paraId="441FDB80" w14:textId="77777777" w:rsidTr="00631787">
+      <w:tr w:rsidR="00B42DEC" w:rsidTr="33F55933" w14:paraId="441FDB80" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="08168DF4" w14:textId="77777777" w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC">
+          <w:p w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC" w14:paraId="08168DF4" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="64506E34" w14:textId="6DF1B362" w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC">
+          <w:p w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC" w14:paraId="64506E34" w14:textId="6DF1B362">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="24E6C4FD" w14:textId="77777777" w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC">
+          <w:p w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC" w14:paraId="24E6C4FD" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">5 v efter </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>beh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B42DEC" w14:paraId="43F3F7CC" w14:textId="77777777" w:rsidTr="00631787">
+      <w:tr w:rsidR="00B42DEC" w:rsidTr="33F55933" w14:paraId="43F3F7CC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C38F5E7" w14:textId="129C4E76" w:rsidR="00B42DEC" w:rsidRPr="00BF752D" w:rsidRDefault="00B42DEC" w:rsidP="00BE6697">
-[...1 lines deleted...]
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00B42DEC" w:rsidP="42B81A10" w:rsidRDefault="00B42DEC" w14:paraId="7C38F5E7" w14:textId="38C1F0B3">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="on" w:after="100" w:afterAutospacing="on"/>
               <w:ind w:left="-37" w:right="-170"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t xml:space="preserve">ALAT, </w:t>
             </w:r>
             <w:r w:rsidR="00BE6697">
+              <w:rPr/>
               <w:t>f-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t xml:space="preserve">Triglycerider </w:t>
             </w:r>
             <w:r w:rsidR="00F648FE">
+              <w:rPr/>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t>U-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t>hCG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="009B11FF">
+              <w:rPr/>
               <w:t>(</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
+              <w:t>fertil</w:t>
+            </w:r>
+            <w:r w:rsidR="00B42DEC">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009B11FF">
+            <w:r w:rsidRPr="42B81A10" w:rsidR="009B11FF">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4BD00B2E" w14:textId="77777777" w:rsidR="002E312C" w:rsidRDefault="00A30A7E">
+          <w:p w:rsidR="002E312C" w:rsidRDefault="00A30A7E" w14:paraId="4BD00B2E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4174FF82" w14:textId="6B0EB246" w:rsidR="00BF27A0" w:rsidRPr="00E54992" w:rsidRDefault="002E312C">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidRPr="00E54992" w:rsidR="00BF27A0" w:rsidP="33F55933" w:rsidRDefault="002E312C" w14:paraId="4174FF82" w14:textId="617A46C4">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidR="002E312C">
+              <w:rPr/>
               <w:t>U-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="002E312C">
+              <w:rPr/>
               <w:t>hCG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="002E312C">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="002E312C">
+              <w:rPr/>
+              <w:t>(fertil</w:t>
+            </w:r>
+            <w:r w:rsidR="002E312C">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="33F55933" w:rsidR="002E312C">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t xml:space="preserve">♀), var 3:e </w:t>
             </w:r>
-            <w:r w:rsidR="00BE6697">
+            <w:r w:rsidRPr="33F55933" w:rsidR="00BE6697">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="613FF931" w14:textId="77777777" w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC">
-[...4 lines deleted...]
-          <w:p w14:paraId="67C677EF" w14:textId="4FD48594" w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC">
+          <w:p w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC" w14:paraId="613FF931" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B42DEC" w:rsidRDefault="00B42DEC" w14:paraId="67C677EF" w14:textId="4FD48594">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>U-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>hCG</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> (fertil </w:t>
             </w:r>
             <w:r w:rsidR="0096143E">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C967D8" w14:paraId="4EE71D0D" w14:textId="77777777" w:rsidTr="00631787">
+      <w:tr w:rsidR="00C967D8" w:rsidTr="33F55933" w14:paraId="4EE71D0D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="17AFD0BA" w14:textId="2A6D7F63" w:rsidR="00C967D8" w:rsidRDefault="00C967D8">
+          <w:p w:rsidR="00C967D8" w:rsidRDefault="00C967D8" w14:paraId="17AFD0BA" w14:textId="2A6D7F63">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Sjuksköterskebesök: </w:t>
             </w:r>
             <w:r w:rsidR="00C62D32">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> veckor efter behandlingsstart eller enligt läkarordination. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F91C544" w14:textId="2E1AB38F" w:rsidR="00756CB7" w:rsidRDefault="00756CB7" w:rsidP="64FCB082">
+    <w:p w:rsidR="00756CB7" w:rsidP="64FCB082" w:rsidRDefault="00756CB7" w14:paraId="0F91C544" w14:textId="2E1AB38F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="755FE3EA" w14:textId="49DF199C" w:rsidR="001A4D8F" w:rsidRDefault="00FA228B" w:rsidP="00563E48">
+    <w:p w:rsidR="001A4D8F" w:rsidP="00563E48" w:rsidRDefault="00FA228B" w14:paraId="755FE3EA" w14:textId="49DF199C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FA228B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kolkicin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00563E48" w14:paraId="08613244" w14:textId="77777777" w:rsidTr="00756CB7">
+      <w:tr w:rsidR="00563E48" w:rsidTr="68145AEE" w14:paraId="08613244" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="67F5AB3E" w14:textId="77777777" w:rsidR="00563E48" w:rsidRDefault="00563E48">
+          <w:p w:rsidR="00563E48" w:rsidRDefault="00563E48" w14:paraId="67F5AB3E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="56B757AB" w14:textId="7575A50D" w:rsidR="00563E48" w:rsidRDefault="00F54913">
+          <w:p w:rsidR="00563E48" w:rsidRDefault="00F54913" w14:paraId="56B757AB" w14:textId="7575A50D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="52AB1569" w14:textId="22EBD5FD" w:rsidR="00563E48" w:rsidRDefault="00F54913">
+          <w:p w:rsidR="00563E48" w:rsidRDefault="00F54913" w14:paraId="52AB1569" w14:textId="22EBD5FD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidR="00DC0970">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>gång/år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00563E48" w14:paraId="6E52361F" w14:textId="77777777" w:rsidTr="00756CB7">
+      <w:tr w:rsidR="00563E48" w:rsidTr="68145AEE" w14:paraId="6E52361F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7E70B59E" w14:textId="64AC6A09" w:rsidR="00563E48" w:rsidRPr="00BF752D" w:rsidRDefault="00563E48">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FA228B">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="00563E48" w:rsidRDefault="00563E48" w14:paraId="7E70B59E" w14:textId="284A710A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="00563E48">
+              <w:rPr/>
               <w:t xml:space="preserve">Hb, LPK, TPK, ALAT, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA228B">
+            <w:r w:rsidR="00563E48">
+              <w:rPr/>
               <w:t>Kre</w:t>
             </w:r>
             <w:r w:rsidR="00247353">
+              <w:rPr/>
               <w:t>a</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:t>, B12</w:t>
+            <w:r w:rsidR="00563E48">
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="7E63487A">
+              <w:rPr/>
+              <w:t>Holotranskobalamin</w:t>
+            </w:r>
+            <w:r w:rsidR="7E63487A">
+              <w:rPr/>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="75832EE0">
+              <w:rPr/>
+              <w:t>B12</w:t>
+            </w:r>
+            <w:r w:rsidR="2E04737D">
+              <w:rPr/>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="44F471BF" w14:textId="3208B63C" w:rsidR="00563E48" w:rsidRPr="00E54992" w:rsidRDefault="00563E48">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00090AB4">
+          <w:p w:rsidRPr="00E54992" w:rsidR="00563E48" w:rsidRDefault="00563E48" w14:paraId="510FB53C" w14:textId="176ABEFB">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="68145AEE" w:rsidR="00563E48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>→</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00E54992" w:rsidR="00563E48" w:rsidRDefault="00563E48" w14:paraId="44F471BF" w14:textId="5DE4EC47">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="68145AEE" w:rsidR="024B4400">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7F154703" w14:textId="70CCB092" w:rsidR="00563E48" w:rsidRDefault="00F47660">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00090AB4">
+          <w:p w:rsidR="00563E48" w:rsidP="68145AEE" w:rsidRDefault="00F47660" w14:paraId="5E506AAF" w14:textId="758BF871">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="68145AEE" w:rsidR="00F47660">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>→</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00563E48" w:rsidRDefault="00F47660" w14:paraId="7F154703" w14:textId="1707FEF9">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="68145AEE" w:rsidR="72F5F5E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F4D21A3" w14:textId="77777777" w:rsidR="001A4D8F" w:rsidRDefault="001A4D8F" w:rsidP="008E75FC">
+    <w:p w:rsidR="001A4D8F" w:rsidP="008E75FC" w:rsidRDefault="001A4D8F" w14:paraId="6F4D21A3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C2A4BB0" w14:textId="605F3A8E" w:rsidR="00DB0B38" w:rsidRDefault="008A0A23" w:rsidP="008A0A23">
+    <w:p w:rsidR="00DB0B38" w:rsidP="008A0A23" w:rsidRDefault="008A0A23" w14:paraId="0C2A4BB0" w14:textId="605F3A8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DB0B38" w:rsidRPr="00DB0B38">
+      <w:r w:rsidRPr="00DB0B38" w:rsidR="00DB0B38">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Metotrexat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1599DAE4" w14:textId="77777777" w:rsidR="008A0A23" w:rsidRDefault="008A0A23" w:rsidP="008A0A23">
+    <w:p w:rsidR="008A0A23" w:rsidP="008A0A23" w:rsidRDefault="008A0A23" w14:paraId="1599DAE4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3340"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="763"/>
         <w:gridCol w:w="2813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007953EC" w14:paraId="427DB65E" w14:textId="0386BFE0" w:rsidTr="005D5806">
+      <w:tr w:rsidR="007953EC" w:rsidTr="473E3A0B" w14:paraId="427DB65E" w14:textId="0386BFE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="43FE248B" w14:textId="77777777" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="43FE248B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="07CCD1D9" w14:textId="77777777" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="07CCD1D9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="579B3424" w14:textId="0A9EB288" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="579B3424" w14:textId="0A9EB288">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="782C3FC3" w14:textId="3C654534" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="782C3FC3" w14:textId="3C654534">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="54971140" w14:textId="35D7E041" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="54971140" w14:textId="35D7E041">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="06C423AE" w14:textId="41DA4919" w:rsidR="008074F5" w:rsidRDefault="008074F5">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="06C423AE" w14:textId="41DA4919">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2813" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="637BB543" w14:textId="558E1CFB" w:rsidR="008074F5" w:rsidRDefault="00137E07">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="00137E07" w14:paraId="637BB543" w14:textId="558E1CFB">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007953EC" w14:paraId="08217012" w14:textId="41C3E727" w:rsidTr="005D5806">
+      <w:tr w:rsidR="007953EC" w:rsidTr="473E3A0B" w14:paraId="08217012" w14:textId="41C3E727">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3340" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4F5D0721" w14:textId="63D76B93" w:rsidR="008074F5" w:rsidRPr="00DE3F7D" w:rsidRDefault="008074F5" w:rsidP="002C570B">
+          <w:p w:rsidRPr="00DE3F7D" w:rsidR="008074F5" w:rsidP="002C570B" w:rsidRDefault="008074F5" w14:paraId="4F5D0721" w14:textId="63D76B93">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE3F7D">
               <w:t xml:space="preserve">Hb, LPK, TPK, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:t>Diff</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002C6B4C" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="002C6B4C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE3F7D">
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DE3F7D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A67386" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="00A67386">
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00293E7C" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="00293E7C">
               <w:t>Krea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00293E7C" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="00293E7C">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE3F7D">
               <w:t>ALAT</w:t>
             </w:r>
-            <w:r w:rsidR="00541136" w:rsidRPr="00DE3F7D">
+            <w:r w:rsidRPr="00DE3F7D" w:rsidR="00541136">
               <w:t>, ASAT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EE755DB" w14:textId="1F3D0E8C" w:rsidR="008074F5" w:rsidRDefault="008074F5" w:rsidP="002C570B">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A87E9F">
+          <w:p w:rsidR="008074F5" w:rsidP="002C570B" w:rsidRDefault="008074F5" w14:paraId="3EE755DB" w14:textId="5B3B294E">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t>Fib-</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A87E9F">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
+              <w:t>4 (</w:t>
+            </w:r>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t xml:space="preserve">ASAT, ALAT, TPK + ålder) – </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A87E9F">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t>pat</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A87E9F">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t xml:space="preserve"> &gt;35 år</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BD5765E" w14:textId="31DD13F1" w:rsidR="008074F5" w:rsidRDefault="008074F5" w:rsidP="002C570B">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00386F19">
+          <w:p w:rsidR="008074F5" w:rsidP="002C570B" w:rsidRDefault="008074F5" w14:paraId="4BD5765E" w14:textId="4B728CD2">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t>U-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t>hCG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
+              <w:t>(fertil</w:t>
+            </w:r>
             <w:r w:rsidR="00473C67">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00473C67">
+            <w:r w:rsidRPr="6ED6728D" w:rsidR="00473C67">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r w:rsidRPr="00386F19">
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F73AC82" w14:textId="619BF6AB" w:rsidR="008074F5" w:rsidRPr="00BF752D" w:rsidRDefault="008074F5" w:rsidP="002C570B">
-[...6 lines deleted...]
-            <w:r w:rsidR="008F0826">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="008074F5" w:rsidP="002C570B" w:rsidRDefault="008074F5" w14:paraId="3F73AC82" w14:textId="623D2113">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
+              <w:t>HIV</w:t>
+            </w:r>
+            <w:r w:rsidR="15E29182">
+              <w:rPr/>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> serologi</w:t>
+            <w:r w:rsidR="008074F5">
+              <w:rPr/>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="3E38DEDA">
+              <w:rPr/>
+              <w:t>bs-ag</w:t>
+            </w:r>
+            <w:r w:rsidR="0ABC14F7">
+              <w:rPr/>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="3E38DEDA">
+              <w:rPr/>
+              <w:t>HCV-ak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4D7113E6" w14:textId="743AA6E4" w:rsidR="008074F5" w:rsidRDefault="00283406">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="00283406" w14:paraId="4D7113E6" w14:textId="743AA6E4">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7A0CAABC" w14:textId="34259C88" w:rsidR="008074F5" w:rsidRPr="00D44737" w:rsidRDefault="008074F5">
+          <w:p w:rsidRPr="00D44737" w:rsidR="008074F5" w:rsidRDefault="008074F5" w14:paraId="7A0CAABC" w14:textId="34259C88">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="00D44737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="00D44737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1966B25F" w14:textId="21F2E539" w:rsidR="008074F5" w:rsidRPr="00050A79" w:rsidRDefault="00D44737">
+          <w:p w:rsidRPr="00050A79" w:rsidR="008074F5" w:rsidRDefault="00D44737" w14:paraId="1966B25F" w14:textId="21F2E539">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r w:rsidR="008074F5">
               <w:br/>
             </w:r>
-            <w:r w:rsidR="008074F5" w:rsidRPr="00875EDD">
+            <w:r w:rsidRPr="00875EDD" w:rsidR="008074F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4E901278" w14:textId="7E50910C" w:rsidR="008074F5" w:rsidRDefault="00D44737">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="00D44737" w14:paraId="4E901278" w14:textId="7E50910C">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6B506730" w14:textId="73D9754A" w:rsidR="008074F5" w:rsidRDefault="00D44737">
+          <w:p w:rsidR="008074F5" w:rsidRDefault="00D44737" w14:paraId="6B506730" w14:textId="73D9754A">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2813" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="28F5F75A" w14:textId="502EEA7D" w:rsidR="008074F5" w:rsidRPr="008A0A23" w:rsidRDefault="00FC690B">
+          <w:p w:rsidRPr="008A0A23" w:rsidR="008074F5" w:rsidRDefault="00FC690B" w14:paraId="28F5F75A" w14:textId="502EEA7D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00875EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00875EDD">
@@ -5903,898 +6362,935 @@
             <w:r w:rsidRPr="002D08F5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D08F5">
               <w:t>pat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002D08F5">
               <w:t xml:space="preserve"> &gt;35 å</w:t>
             </w:r>
             <w:r>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="00592CD0">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00C72AD5">
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r w:rsidR="00592CD0">
               <w:t>x/år</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1387A4BA" w14:textId="209DB3DD" w:rsidR="00C72AD5" w:rsidRDefault="00C72AD5">
+          <w:p w:rsidR="00C72AD5" w:rsidRDefault="00C72AD5" w14:paraId="1387A4BA" w14:textId="209DB3DD">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008001D8" w14:paraId="6F36573C" w14:textId="77777777" w:rsidTr="005D5806">
+      <w:tr w:rsidR="008001D8" w:rsidTr="473E3A0B" w14:paraId="6F36573C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3C4CF3EB" w14:textId="4461D658" w:rsidR="008001D8" w:rsidRPr="002B654E" w:rsidRDefault="00043E4F">
+          <w:p w:rsidRPr="002B654E" w:rsidR="008001D8" w:rsidRDefault="00043E4F" w14:paraId="3C4CF3EB" w14:textId="4461D658">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="002B654E">
               <w:t xml:space="preserve">Obs! Provtagning bör göras </w:t>
             </w:r>
-            <w:r w:rsidR="0045015D" w:rsidRPr="002B654E">
+            <w:r w:rsidRPr="002B654E" w:rsidR="0045015D">
               <w:t>1–2</w:t>
             </w:r>
             <w:r w:rsidRPr="002B654E">
               <w:t xml:space="preserve"> dagar före nästa dos</w:t>
             </w:r>
-            <w:r w:rsidR="002B654E" w:rsidRPr="002B654E">
+            <w:r w:rsidRPr="002B654E" w:rsidR="002B654E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="208CF73F" w14:textId="62CCC25A" w:rsidR="00DB0B38" w:rsidRDefault="00DB0B38" w:rsidP="006B403B">
+    <w:p w:rsidR="00DB0B38" w:rsidP="006B403B" w:rsidRDefault="00DB0B38" w14:paraId="208CF73F" w14:textId="62CCC25A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A970DDC" w14:textId="7CF3B43A" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="2A970DDC" w14:textId="7CF3B43A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="752F9562" w14:textId="4F8E4D8E" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="752F9562" w14:textId="4F8E4D8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61930DC5" w14:textId="567405A0" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="61930DC5" w14:textId="567405A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A4B6803" w14:textId="7FACE0DB" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="2A4B6803" w14:textId="7FACE0DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="757273D5" w14:textId="549FF287" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="757273D5" w14:textId="549FF287">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66606716" w14:textId="61A0B259" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="66606716" w14:textId="61A0B259">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171FDD78" w14:textId="5E45E52E" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="171FDD78" w14:textId="5E45E52E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB7032F" w14:textId="140426EC" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+    <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="3AB7032F" w14:textId="140426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DF35123" w14:textId="54E34085" w:rsidR="0005546D" w:rsidRDefault="008A0A23" w:rsidP="004C35D5">
+    <w:p w:rsidR="0005546D" w:rsidP="004C35D5" w:rsidRDefault="008A0A23" w14:paraId="3DF35123" w14:textId="54E34085">
       <w:pPr>
         <w:ind w:left="0" w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0005546D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mycophenolate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0005546D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0005546D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>mofetil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9372" w:type="dxa"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="2625"/>
+        <w:gridCol w:w="1231"/>
         <w:gridCol w:w="1833"/>
         <w:gridCol w:w="1823"/>
         <w:gridCol w:w="1860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0005546D" w14:paraId="0492050C" w14:textId="77777777" w:rsidTr="004C35D5">
+      <w:tr w:rsidR="0005546D" w:rsidTr="68A8D8E0" w14:paraId="0492050C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3A7C72AC" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="3A7C72AC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="53480AD9" w14:textId="6818D2E2" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="53480AD9" w14:textId="6818D2E2">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mån 1–3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0DD502EC" w14:textId="284FFB69" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="0DD502EC" w14:textId="284FFB69">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mån 4–6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3FDDD447" w14:textId="2AF047AB" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="3FDDD447" w14:textId="2AF047AB">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mån 7–12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3C2578A4" w14:textId="19CA852E" w:rsidR="0005546D" w:rsidRDefault="0005546D">
+          <w:p w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="3C2578A4" w14:textId="19CA852E">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>&gt;12 mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0005546D" w14:paraId="23CFFE66" w14:textId="77777777" w:rsidTr="004C35D5">
+      <w:tr w:rsidR="0005546D" w:rsidTr="68A8D8E0" w14:paraId="23CFFE66" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="589EB99C" w14:textId="0BBD1187" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="589EB99C" w14:textId="45ACDB20">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>Hb, LPK, TPK,</w:t>
             </w:r>
-            <w:r w:rsidR="1F0AE7E1" w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="1F0AE7E1">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>neutrof</w:t>
+            </w:r>
+            <w:r w:rsidR="36645A8A">
+              <w:rPr/>
+              <w:t>ila</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="34EFBB6F" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="-37" w:right="-143"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="6E7D7727">
-              <w:t>neutrof</w:t>
+            <w:r>
+              <w:t>Kreatinin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-          <w:p w14:paraId="34EFBB6F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+            <w:r>
+              <w:t>, ALAT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="0116E1DB" w14:textId="62868FAA">
             <w:pPr>
               <w:ind w:left="-37" w:right="-143"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="6E7D7727">
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="65749335" w14:textId="53FF7621">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>HIV</w:t>
+            </w:r>
+            <w:r w:rsidR="45603EB1">
+              <w:rPr/>
+              <w:t>/HBs-ag/HCV-ak</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44403EAE" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00BF752D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="6E7D7727">
+          <w:p w:rsidRPr="00BF752D" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="44403EAE" w14:textId="757DF324">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>U-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>hCG</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
+              <w:t>(fertil</w:t>
+            </w:r>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidRPr="68A8D8E0" w:rsidR="0005546D">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r w:rsidRPr="6E7D7727">
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6FB17EA9" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="6FB17EA9" w14:textId="74EB796D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="0005546D">
+              <w:rPr/>
               <w:t>var 14:e dag</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13277253" w14:textId="609BE237" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
-[...21 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="542D33E6" w14:textId="71843986">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="68A8D8E0" w:rsidR="1F1570C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="13277253" w14:textId="625EDA12">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidP="68A8D8E0" w:rsidRDefault="0005546D" w14:paraId="0755175A" w14:textId="1A59DAD5">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3248E00B" w14:textId="098D271D" w:rsidR="0005546D" w:rsidRPr="00924212" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidRPr="00924212" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="3248E00B" w14:textId="098D271D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="6E7D7727">
               <w:t>1 x/månad</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="666D9835" w14:textId="3544EEEF" w:rsidR="0005546D" w:rsidRPr="00924212" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidRPr="00924212" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="666D9835" w14:textId="3544EEEF">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="6E7D7727">
               <w:t>var 6:e månad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15751228" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="003B407F" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidRPr="003B407F" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="15751228" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="47464765" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="47464765" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="6E7D7727">
               <w:t xml:space="preserve">1 x var </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6E7D7727">
               <w:t>2:a</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="6E7D7727">
               <w:t xml:space="preserve"> mån</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76801D7A" w14:textId="71EE4481" w:rsidR="6E7D7727" w:rsidRDefault="6E7D7727" w:rsidP="6E7D7727">
-[...22 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="6E7D7727" w:rsidP="6E7D7727" w:rsidRDefault="6E7D7727" w14:paraId="76801D7A" w14:noSpellErr="1" w14:textId="56ECCAAB">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00050A79" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="5EAE2B01" w14:textId="41F57FF8">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidRPr="68A8D8E0" w:rsidR="72253D9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00050A79" w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="6E2DD6BD" w14:textId="2DA1131B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F9403D3" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="6F9403D3" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="6E7D7727">
               <w:t>1 x var 3:e mån</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="490A931C" w14:textId="11F9665A" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
-[...4 lines deleted...]
-          <w:p w14:paraId="1C63968A" w14:textId="4C95E83D" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="490A931C" w14:textId="11F9665A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="1C63968A" w14:textId="4C95E83D">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="6E7D7727">
               <w:t>var 6:e månad</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3392DA5D" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="6E7D7727">
+          <w:p w:rsidR="0005546D" w:rsidP="6E7D7727" w:rsidRDefault="0005546D" w14:paraId="3392DA5D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0005546D" w14:paraId="4D738B74" w14:textId="77777777" w:rsidTr="004C35D5">
+      <w:tr w:rsidR="0005546D" w:rsidTr="68A8D8E0" w14:paraId="4D738B74" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7D5F5602" w14:textId="77777777" w:rsidR="0005546D" w:rsidRPr="00875EDD" w:rsidRDefault="0005546D">
+          <w:p w:rsidRPr="00875EDD" w:rsidR="0005546D" w:rsidRDefault="0005546D" w14:paraId="7D5F5602" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Nya prover tas 4 veckor efter doshöjning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E97505F" w14:textId="77777777" w:rsidR="0005546D" w:rsidRDefault="0005546D" w:rsidP="009F5CE1">
+    <w:p w:rsidR="0005546D" w:rsidP="009F5CE1" w:rsidRDefault="0005546D" w14:paraId="6E97505F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="326DDE69" w14:textId="72E3CDAD" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="326DDE69" w14:textId="72E3CDAD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6983896C" w14:textId="1F9BE900" w:rsidR="64FCB082" w:rsidRDefault="64FCB082" w:rsidP="64FCB082">
+    <w:p w:rsidR="64FCB082" w:rsidP="64FCB082" w:rsidRDefault="64FCB082" w14:paraId="6983896C" w14:textId="1F9BE900">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157C3B25" w14:textId="28C6D2F2" w:rsidR="009942DC" w:rsidRDefault="009942DC" w:rsidP="009F5CE1">
+    <w:p w:rsidR="009942DC" w:rsidP="009F5CE1" w:rsidRDefault="009942DC" w14:paraId="157C3B25" w14:textId="05F3961E">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="75FB8C17" w:rsidR="009942DC">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="008F29AC">
+      <w:r w:rsidRPr="75FB8C17" w:rsidR="008F29AC">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>soralen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="75FB8C17" w:rsidR="3D10DE97">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>, PUVA</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8642" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3681"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E97E83" w14:paraId="48C8A4FD" w14:textId="77777777" w:rsidTr="008F29AC">
+      <w:tr w:rsidR="00E97E83" w:rsidTr="75FB8C17" w14:paraId="48C8A4FD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="64AA29A3" w14:textId="13EB6943" w:rsidR="00E97E83" w:rsidRDefault="00EE6B63">
+          <w:p w:rsidR="00E97E83" w:rsidRDefault="00EE6B63" w14:paraId="64AA29A3" w14:textId="13EB6943">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Inför start</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F0C2E13" w14:textId="75680338" w:rsidR="00E97E83" w:rsidRDefault="00057386">
+          <w:p w:rsidR="00E97E83" w:rsidRDefault="00057386" w14:paraId="6F0C2E13" w14:textId="75680338">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">1 v (efter 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>beh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="41508344" w14:textId="4332C1C3" w:rsidR="00E97E83" w:rsidRDefault="00057386">
+          <w:p w:rsidR="00E97E83" w:rsidRDefault="00057386" w14:paraId="41508344" w14:textId="4332C1C3">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Var 3:e mån</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97E83" w14:paraId="74E5D126" w14:textId="77777777" w:rsidTr="008F29AC">
+      <w:tr w:rsidR="00E97E83" w:rsidTr="75FB8C17" w14:paraId="74E5D126" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="546E5D38" w14:textId="71620F7C" w:rsidR="00E97E83" w:rsidRPr="00E42DD8" w:rsidRDefault="00EE6B63">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0080008D">
+          <w:p w:rsidRPr="00E42DD8" w:rsidR="00E97E83" w:rsidRDefault="00EE6B63" w14:paraId="546E5D38" w14:textId="774249DA">
+            <w:pPr>
+              <w:ind w:left="0" w:right="-143"/>
+            </w:pPr>
+            <w:r w:rsidR="00EE6B63">
+              <w:rPr/>
               <w:t xml:space="preserve">Hb, LPK, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0080008D">
+            <w:r w:rsidR="00EE6B63">
+              <w:rPr/>
               <w:t>Kreatinin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0080008D">
+            <w:r w:rsidR="00EE6B63">
+              <w:rPr/>
               <w:t xml:space="preserve">, ALAT, ALP, </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EE6B63">
+              <w:rPr/>
               <w:t>urin</w:t>
             </w:r>
-            <w:r w:rsidRPr="0080008D">
-              <w:t>sticka</w:t>
+            <w:r w:rsidR="3E17291E">
+              <w:rPr/>
+              <w:t>testremsa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="28FB08FC" w14:textId="50FC58FE" w:rsidR="00E97E83" w:rsidRPr="00386F19" w:rsidRDefault="00BD789A">
+          <w:p w:rsidRPr="00386F19" w:rsidR="00E97E83" w:rsidRDefault="00BD789A" w14:paraId="28FB08FC" w14:textId="50FC58FE">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="419464A4" w14:textId="18BB294F" w:rsidR="00E97E83" w:rsidRPr="00386F19" w:rsidRDefault="00BD789A">
+          <w:p w:rsidRPr="00386F19" w:rsidR="00E97E83" w:rsidRDefault="00BD789A" w14:paraId="419464A4" w14:textId="18BB294F">
             <w:pPr>
               <w:ind w:left="0" w:right="-143"/>
             </w:pPr>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00090AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>→</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AD14A47" w14:textId="77777777" w:rsidR="00A9315B" w:rsidRPr="009F5CE1" w:rsidRDefault="00A9315B" w:rsidP="008A0A23">
+    <w:p w:rsidRPr="009F5CE1" w:rsidR="00A9315B" w:rsidP="008A0A23" w:rsidRDefault="00A9315B" w14:paraId="5AD14A47" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A9315B" w:rsidRPr="009F5CE1" w:rsidSect="00B96AFF">
+    <w:sectPr w:rsidRPr="009F5CE1" w:rsidR="00A9315B" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="340EF4F7" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F">
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="340EF4F7" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5699AA9C" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F">
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="5699AA9C" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="20F6A947" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F">
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="20F6A947" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6875,146 +7371,146 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4319A0EE" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="4319A0EE" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="493F9FA7" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="493F9FA7" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B524348" w14:textId="3DF5D208" w:rsidR="00A9315B" w:rsidRDefault="00A9315B">
+  <w:p w:rsidR="00A9315B" w:rsidRDefault="00A9315B" w14:paraId="1B524348" w14:textId="3DF5D208">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="426823D6" w14:textId="7EF59CC1" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+  <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="426823D6" w14:textId="7EF59CC1">
     <w:pPr>
       <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="10AA2003">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">Psoriasispatienter som INTE behandlas för högt kolesterol/diabetes: årlig kontroll av kolesterol, LDL, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="10AA2003">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>fP</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="10AA2003">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>-glukos.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2683BFE6" w14:textId="0E816293" w:rsidR="10AA2003" w:rsidRDefault="10AA2003" w:rsidP="10AA2003">
+  <w:p w:rsidR="10AA2003" w:rsidP="10AA2003" w:rsidRDefault="10AA2003" w14:paraId="2683BFE6" w14:textId="0E816293">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="71831A30" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="71831A30" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BE53D10" wp14:editId="14644836">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -7055,2680 +7551,2680 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DA721F7" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F"/>
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="3DA721F7" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C95B0DE" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F">
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="4C95B0DE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="484A1D64" w14:textId="77777777" w:rsidR="0008217F" w:rsidRDefault="0008217F">
+    <w:p w:rsidR="0008217F" w:rsidRDefault="0008217F" w14:paraId="484A1D64" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BB9C692" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00294791" w:rsidP="00DA65C4">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00294791" w14:paraId="1BB9C692" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="559043AF" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRDefault="008A4EB9" w:rsidP="00413A60">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="008A4EB9" w14:paraId="559043AF" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="121D733F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D21044D4"/>
     <w:lvl w:ilvl="0" w:tplc="F0FE0746">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78E43D3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="C7A0C4DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="CC3830A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F286BDDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="35625100">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D05A9D6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="638A3624">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7DB6330E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38014E05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D354E31E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42A916AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BF4B3E6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="663" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1383" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2103" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2823" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3543" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4263" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4983" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5703" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6423" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F5E02E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2626E43C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EFE46FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C7CAA84"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="236983044">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="861477783">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="444931515">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="739910959">
@@ -9764,71 +10260,71 @@
   <w:num w:numId="18" w16cid:durableId="256527698">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="595210488">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1717390212">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="127549471">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1115758229">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004E61"/>
     <w:rsid w:val="000051D5"/>
@@ -10785,234 +11281,302 @@
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F90CBD"/>
     <w:rsid w:val="00F93542"/>
     <w:rsid w:val="00F939CE"/>
     <w:rsid w:val="00FA228B"/>
     <w:rsid w:val="00FA4179"/>
     <w:rsid w:val="00FB02B0"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC3CF9"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FC51E8"/>
     <w:rsid w:val="00FC690B"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD6EEE"/>
     <w:rsid w:val="00FD6F81"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF42B7"/>
     <w:rsid w:val="00FF6107"/>
     <w:rsid w:val="00FF779D"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="024B4400"/>
+    <w:rsid w:val="046D324B"/>
     <w:rsid w:val="052FCF0C"/>
+    <w:rsid w:val="05D1A6E9"/>
+    <w:rsid w:val="08AB13A5"/>
     <w:rsid w:val="09EF5501"/>
+    <w:rsid w:val="0A1A1D17"/>
+    <w:rsid w:val="0ABC14F7"/>
+    <w:rsid w:val="0D3B3B12"/>
+    <w:rsid w:val="0F0AFBDC"/>
+    <w:rsid w:val="0F38920F"/>
     <w:rsid w:val="10AA2003"/>
     <w:rsid w:val="13050F37"/>
+    <w:rsid w:val="1445D63E"/>
+    <w:rsid w:val="15383835"/>
+    <w:rsid w:val="15E29182"/>
+    <w:rsid w:val="1665374F"/>
+    <w:rsid w:val="16A290E2"/>
     <w:rsid w:val="1770F68D"/>
+    <w:rsid w:val="17DCD88F"/>
     <w:rsid w:val="18487BE3"/>
+    <w:rsid w:val="18803C37"/>
+    <w:rsid w:val="18B96F16"/>
     <w:rsid w:val="1D65749E"/>
     <w:rsid w:val="1F0AE7E1"/>
+    <w:rsid w:val="1F1570C6"/>
+    <w:rsid w:val="1FFC5E43"/>
     <w:rsid w:val="201BE03E"/>
     <w:rsid w:val="238601BC"/>
     <w:rsid w:val="24AD6531"/>
     <w:rsid w:val="28899B65"/>
     <w:rsid w:val="2ADC8C28"/>
+    <w:rsid w:val="2AFB53B3"/>
+    <w:rsid w:val="2D24B810"/>
+    <w:rsid w:val="2D3CDF5C"/>
+    <w:rsid w:val="2E04737D"/>
     <w:rsid w:val="329B3A4D"/>
+    <w:rsid w:val="33F55933"/>
+    <w:rsid w:val="36645A8A"/>
     <w:rsid w:val="3781C85E"/>
+    <w:rsid w:val="37B453D7"/>
     <w:rsid w:val="38DB97F9"/>
     <w:rsid w:val="396F995B"/>
+    <w:rsid w:val="3B59B3D9"/>
+    <w:rsid w:val="3D10DE97"/>
     <w:rsid w:val="3E004754"/>
     <w:rsid w:val="3E105FE9"/>
+    <w:rsid w:val="3E17291E"/>
+    <w:rsid w:val="3E38DEDA"/>
+    <w:rsid w:val="4032D565"/>
     <w:rsid w:val="4057033F"/>
     <w:rsid w:val="407C597E"/>
+    <w:rsid w:val="42B81A10"/>
+    <w:rsid w:val="434D2FB1"/>
+    <w:rsid w:val="4517AF44"/>
+    <w:rsid w:val="45603EB1"/>
+    <w:rsid w:val="47133B77"/>
+    <w:rsid w:val="473E3A0B"/>
     <w:rsid w:val="4B1DB633"/>
     <w:rsid w:val="4FECE3E2"/>
+    <w:rsid w:val="50721F21"/>
+    <w:rsid w:val="51F3022C"/>
+    <w:rsid w:val="52006777"/>
+    <w:rsid w:val="52AAA064"/>
+    <w:rsid w:val="530D9F5F"/>
+    <w:rsid w:val="543A847D"/>
+    <w:rsid w:val="57DA7669"/>
+    <w:rsid w:val="57FFFF71"/>
+    <w:rsid w:val="59918F7B"/>
     <w:rsid w:val="5B59857B"/>
     <w:rsid w:val="5C16CD87"/>
     <w:rsid w:val="5C3A6683"/>
+    <w:rsid w:val="5D7F23BF"/>
     <w:rsid w:val="5E5C77BA"/>
     <w:rsid w:val="5E7EEA20"/>
+    <w:rsid w:val="60B39C6A"/>
+    <w:rsid w:val="60BD9C17"/>
+    <w:rsid w:val="60C1F40F"/>
     <w:rsid w:val="6372ABBD"/>
     <w:rsid w:val="6456232D"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="649E906D"/>
     <w:rsid w:val="64FCB082"/>
+    <w:rsid w:val="68145AEE"/>
+    <w:rsid w:val="682CB59C"/>
     <w:rsid w:val="687578DD"/>
+    <w:rsid w:val="68A8D8E0"/>
     <w:rsid w:val="69300420"/>
+    <w:rsid w:val="697BF445"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6B94F97F"/>
     <w:rsid w:val="6D600C55"/>
     <w:rsid w:val="6D9B774C"/>
+    <w:rsid w:val="6DF3E4AB"/>
     <w:rsid w:val="6DFDE779"/>
     <w:rsid w:val="6E7D7727"/>
+    <w:rsid w:val="6ED6728D"/>
     <w:rsid w:val="6F322112"/>
     <w:rsid w:val="6F54B39F"/>
     <w:rsid w:val="71F0E4F9"/>
+    <w:rsid w:val="72253D9A"/>
+    <w:rsid w:val="72F5F5E5"/>
     <w:rsid w:val="73BD0C50"/>
     <w:rsid w:val="7498AB39"/>
+    <w:rsid w:val="75832EE0"/>
+    <w:rsid w:val="75FB8C17"/>
+    <w:rsid w:val="76E44CA6"/>
     <w:rsid w:val="7A7FAB8A"/>
+    <w:rsid w:val="7C2BF122"/>
+    <w:rsid w:val="7C33C867"/>
+    <w:rsid w:val="7C5507D6"/>
     <w:rsid w:val="7DAD3DCA"/>
+    <w:rsid w:val="7E63487A"/>
     <w:rsid w:val="7F2E9C27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F74D067"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{E9308957-7F40-4C05-B333-185563D341AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11037,75 +11601,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -11140,57 +11704,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -11248,729 +11812,729 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:right="0"/>
     </w:pPr>
@@ -12037,609 +12601,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12648,94 +13212,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12744,496 +13308,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -13300,116 +13864,116 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00831C35"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
@@ -13427,75 +13991,75 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A66D1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A66D1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A66D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A66D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A66D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="10029763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
@@ -14653,74 +15217,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Provtagningsrutin för läkemedel på hudmottagningen</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>6</revision>
+  <lastModifiedBy>Elin Ogenstrand</lastModifiedBy>
+  <revision>32</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>