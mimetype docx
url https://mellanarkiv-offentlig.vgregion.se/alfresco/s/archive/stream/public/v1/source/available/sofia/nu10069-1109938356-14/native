--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,459 +6,580 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="08E5F09C" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="004C3105" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="784C4199" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="001766D8" w:rsidRDefault="001F14D3" w:rsidP="001766D8">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="001766D8">
         <w:t>Remissbekräftelse från Primärvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207D7BE0" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09060C6E" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="004C3105" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48179973" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="004C3105" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="004C3105">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C66A12D" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
-[...1 lines deleted...]
-        <w:t>Ett enhetligt arbetssätt inom Vårdadministr</w:t>
+    <w:p w14:paraId="72248723" w14:textId="19631D76" w:rsidR="001F14D3" w:rsidRPr="004C3105" w:rsidRDefault="001F14D3" w:rsidP="3A4B6416">
+      <w:r>
+        <w:t xml:space="preserve">Ett enhetligt arbetssätt inom Vårdadministration och en snabbare process för att säkerställa att remissen är mottagen. </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7E612B31" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="001F14D3" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="001F14D3">
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C30324" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Var 14:e dag tas en uppföljningsrapport ur </w:t>
+    <w:p w14:paraId="70C30324" w14:textId="78BF0B14" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="002E4FDA" w:rsidP="001F14D3">
+      <w:r>
+        <w:t>Kontroll sker var</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>Cognos</w:t>
+      <w:r w:rsidR="001F14D3">
+        <w:t xml:space="preserve"> 14:e dag </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> som heter;</w:t>
+      <w:r>
+        <w:t xml:space="preserve">via </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="4983F92A">
+        <w:t>Power-BI rapport</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4FDA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>1000UtgåendeRemisserUtanRemissbekräftelse_somatik.</w:t>
+        <w:t>Remissbekräftelse saknas</w:t>
+      </w:r>
+      <w:r w:rsidR="001F14D3">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66951BE4" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3"/>
-    <w:p w14:paraId="015BE13C" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
+    <w:p w14:paraId="66951BE4" w14:textId="52000AB7" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="367E6FC7" w:rsidP="3A4B6416">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E4E6208" wp14:editId="63B901FA">
+            <wp:extent cx="5676900" cy="866775"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1749923612" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1749923612" name="Picture 1749923612"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5676900" cy="866775"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015BE13C" w14:textId="52BDEDDF" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:r w:rsidRPr="002F01FF">
         <w:t xml:space="preserve">Denna rapport visar antalet utgående remisser som inte erhållit någon bekräftelse från mottagaren. </w:t>
       </w:r>
+      <w:r w:rsidR="000D68F0">
+        <w:t>Samtliga sekreterare inom Vårdadministration har behörighet till rapporten.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CDC6163" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
-[...1 lines deleted...]
-        <w:t>Endast remisser som väntat mer än 14 dagar från beslutsdatum till dagens datum är med. Rapporten uppdateras en gång per vecka.</w:t>
+    <w:p w14:paraId="3CDC6163" w14:textId="4E6B9EFE" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
+      <w:r>
+        <w:t xml:space="preserve">Endast remisser som väntat mer än 14 dagar från beslutsdatum till dagens datum är med. Rapporten uppdateras </w:t>
+      </w:r>
+      <w:r w:rsidR="624D977E">
+        <w:t>dagligen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D90DB58" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3"/>
-    <w:p w14:paraId="693BB61A" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Gå in i </w:t>
+    <w:p w14:paraId="693BB61A" w14:textId="584370A2" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
+      <w:r>
+        <w:t xml:space="preserve">Gå in i Melior och kontrollera att det inte nyligen </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>Melior</w:t>
+      <w:r w:rsidR="00D93F3A">
+        <w:t>på något annat sätt är</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> och kontrollera att det inte nyligen är inskrivet att bekräftelse kommit på aktuell patient och/eller säkerställ att det inte finns en </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>inscannad</w:t>
+      <w:r w:rsidR="00D93F3A">
+        <w:t xml:space="preserve">journalfört </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002F01FF">
+      <w:r>
+        <w:t xml:space="preserve">att bekräftelse kommit på aktuell patient och/eller säkerställ att det inte finns en </w:t>
+      </w:r>
+      <w:r w:rsidR="43E1CAB9">
+        <w:t>inskannad</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> bekräftelse i E-arkiv.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C5FC75" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3"/>
     <w:p w14:paraId="7072D564" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
-      <w:r w:rsidRPr="002F01FF">
+      <w:r>
+        <w:t xml:space="preserve">Om bekräftelse går att hitta öppna aktuell remiss i Melior och fyll i sökordet ”Remissbekräftelse” med korrekta uppgifter. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E6A844" w14:textId="590C3EDF" w:rsidR="03802E48" w:rsidRDefault="03802E48" w:rsidP="3A4B6416">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Om bekräftelse går att hitta öppna aktuell remiss i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och fyll i sökordet ”Remissbekräftelse” med korrekta uppgifter. </w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6425360E" wp14:editId="1B83B926">
+            <wp:extent cx="4286848" cy="876422"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2037487904" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2057803246" name="Picture 2057803246"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4286848" cy="876422"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="007142B6" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3"/>
-    <w:p w14:paraId="1418EA74" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
+    <w:p w14:paraId="1418EA74" w14:textId="1EB89651" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002F01FF">
-        <w:t xml:space="preserve">Om ingen remissbekräftelse finns, skicka påminnelsebrev till aktuell vårdcentral och markera på </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> med ett B (=brev) och dagens datum. Använd standardbrev </w:t>
+        <w:t xml:space="preserve">Om ingen remissbekräftelse finns, skicka påminnelsebrev till aktuell vårdcentral. Använd standardbrev </w:t>
       </w:r>
       <w:r w:rsidRPr="002F01FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Brev då </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002F01FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rem.bekräftelse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002F01FF">
-        <w:t xml:space="preserve"> saknas i Korr/Intyg.</w:t>
+        <w:t xml:space="preserve"> saknas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47799">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F01FF">
+        <w:t xml:space="preserve"> Korr/Intyg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE72FAC" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="321C9C0F" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
+    <w:p w14:paraId="321C9C0F" w14:textId="579D5481" w:rsidR="001F14D3" w:rsidRPr="002F01FF" w:rsidRDefault="001F14D3" w:rsidP="001F14D3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F01FF">
-        <w:t>Om det vid nästa kontroll fortfarande inte inkommit en remissbekräftelse trots påminnelsebrev, ring upp vårdcentralen och be dem skicka sådan.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Om det vid nästa kontroll fortfarande inte inkommit en remissbekräftelse trots </w:t>
       </w:r>
+      <w:r w:rsidR="003B76FB">
+        <w:t xml:space="preserve">ett </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">påminnelsebrev, ring upp vårdcentralen och </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03BB4">
+        <w:t>säkerställ att remiss inkommit</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57C4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6675">
+        <w:t xml:space="preserve">Fyll i </w:t>
+      </w:r>
+      <w:r w:rsidR="002C16E7">
+        <w:t xml:space="preserve">sökordet ”Remissbekräftelse” </w:t>
+      </w:r>
+      <w:r w:rsidR="002C16E7">
+        <w:t xml:space="preserve">med </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6675">
+        <w:t>dagens datum</w:t>
+      </w:r>
+      <w:r w:rsidR="00116B09">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B4EEE4" w14:textId="75319330" w:rsidR="3A4B6416" w:rsidRDefault="3A4B6416" w:rsidP="3A4B6416">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65136238" w14:textId="1A50E7CE" w:rsidR="00D3189E" w:rsidRDefault="00D3189E" w:rsidP="00D3189E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35426838" w14:textId="618600CA" w:rsidR="3A4B6416" w:rsidRDefault="3A4B6416" w:rsidP="3A4B6416">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCC5D83" w14:textId="42394D38" w:rsidR="3A4B6416" w:rsidRDefault="3A4B6416" w:rsidP="3A4B6416">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0E9BC0FC" w14:textId="77777777" w:rsidR="001F14D3" w:rsidRDefault="001F14D3" w:rsidP="001F14D3"/>
     <w:p w14:paraId="11010C13" w14:textId="1EC5F282" w:rsidR="00747066" w:rsidRPr="00EA06BA" w:rsidRDefault="00747066" w:rsidP="00EA06BA"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00EA06BA" w:rsidSect="00330F6A">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F3C4ADE" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4">
+    <w:p w14:paraId="20B05A7C" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11807644" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4">
+    <w:p w14:paraId="1D55F582" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7AC0A7A4" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4">
+    <w:p w14:paraId="09A2B4AF" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -487,51 +608,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -565,73 +686,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15787E95" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4"/>
+    <w:p w14:paraId="27EEBF12" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EC1AB5F" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4">
+    <w:p w14:paraId="5899609B" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13A55FDA" w14:textId="77777777" w:rsidR="00DC52A4" w:rsidRDefault="00DC52A4">
+    <w:p w14:paraId="3F01E103" w14:textId="77777777" w:rsidR="00911191" w:rsidRDefault="00911191">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -669,91 +790,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5C36AAEB" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -875,92 +996,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3096,201 +3217,210 @@
   <w:num w:numId="14" w16cid:durableId="739639751">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1014303364">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1893156734">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="729766078">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1108769350">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1775899740">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2007589138">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00004278"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D68F0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00116B09"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001766D8"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001F14D3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C16E7"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E4FDA"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F4CE0"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
+    <w:rsid w:val="00333D58"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A634C"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B76FB"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
@@ -3334,308 +3464,336 @@
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00704C8B"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F6675"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911191"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00971D9A"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A44812"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B9706F"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF1AE8"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D3189E"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D93F3A"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC52A4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA06BA"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F03BB4"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F47799"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F57C4D"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="01ECDD06"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="03802E48"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="162449B4"/>
+    <w:rsid w:val="2D2ECD80"/>
+    <w:rsid w:val="2DBE0065"/>
+    <w:rsid w:val="2FCB228E"/>
+    <w:rsid w:val="30C1255D"/>
+    <w:rsid w:val="367E6FC7"/>
+    <w:rsid w:val="3A4B6416"/>
+    <w:rsid w:val="43E1CAB9"/>
+    <w:rsid w:val="4983F92A"/>
+    <w:rsid w:val="4C38E8F2"/>
+    <w:rsid w:val="5BAB973D"/>
+    <w:rsid w:val="624D977E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6F089C12"/>
+    <w:rsid w:val="768DF6D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6005,105 +6163,105 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6391,56 +6549,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>210</Words>
-  <Characters>1118</Characters>
+  <Words>198</Words>
+  <Characters>1054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1326</CharactersWithSpaces>
+  <CharactersWithSpaces>1250</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Remissbekräftelse från primärvården gemensam rutin Vårdadministraion</dc:title>
+  <dc:title>Remissbekräftelse från primärvården gemensam rutin Vårdadministration</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Julia Lansinger</lastModifiedBy>
-  <revision>23</revision>
+  <lastModifiedBy>Jenny Carlsson Hjorth</lastModifiedBy>
+  <revision>42</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>