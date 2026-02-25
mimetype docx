--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,1592 +6,1396 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="30A41ADD" w14:textId="1175A791" w:rsidR="00DB3B7B" w:rsidRDefault="00957484" w:rsidP="00957484">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc72840807"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00957484">
-        <w:t>Propofolsedering</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> på Endoskopimottagningen NU-sjukvården</w:t>
+        <w:t>Propofolsedering på Endoskopimottagningen NU-sjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1781F350" w14:textId="77777777" w:rsidR="00957484" w:rsidRPr="00957484" w:rsidRDefault="00957484" w:rsidP="00957484"/>
-    <w:p w14:paraId="2AF3298A" w14:textId="48F66C43" w:rsidR="008C7F0C" w:rsidRDefault="00D20779" w:rsidP="007155D5">
-[...7 lines deleted...]
-        <w:t>sedan föregående version</w:t>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="08743273" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56140802" w14:textId="0B2314F7" w:rsidR="007A334E" w:rsidRDefault="0021401E" w:rsidP="007A334E">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="6CC00E29" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:r>
+        <w:t xml:space="preserve">Infusion </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ringeracetat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> är utbytt mot Natriumklorid (NaCl) 9 mg/ml, under rubriken förberedelser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A77F62" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRPr="007A334E" w:rsidRDefault="00DB3B7B" w:rsidP="007A334E"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> / Syfte</w:t>
+    <w:p w14:paraId="1EEC376D" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="007A334E" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="6717263D" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bakgrund / Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AE53C1" w14:textId="422FF4B7" w:rsidR="009A07DC" w:rsidRDefault="0021401E" w:rsidP="009A07DC">
+    <w:p w14:paraId="7E22E399" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r>
         <w:t xml:space="preserve">En del patienter som behöver genomgå endoskopi kan inte göra detta i vaket tillstånd. Sedering med propofol kan vara ett alternativ för dessa patienter. Syftet med rutinen är att personalen på endoskopiavdelningen själv, utan anestesipersonal, ska kunna utföra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>nurse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>administered</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> propofol </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sedation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (NAPS) på ett säkert sätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104F4E49" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRPr="009A07DC" w:rsidRDefault="00DB3B7B" w:rsidP="009A07DC"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="1B8264F0" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="009A07DC" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="74670481" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>A</w:t>
-[...5 lines deleted...]
-        <w:t>ning</w:t>
+        <w:t>Ansvarsfördelningning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5C29B61E" w14:textId="089A3ED2" w:rsidR="0021401E" w:rsidRPr="0021401E" w:rsidRDefault="0021401E" w:rsidP="0021401E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="2F24C758" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="0021401E" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021401E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All personal som medverkar i procedurrelaterad </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> arbetar på eget yrkesansvar</w:t>
+        <w:t>All personal som medverkar i procedurrelaterad propofolsedering arbetar på eget yrkesansvar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473C765D" w14:textId="1DAF4669" w:rsidR="0021401E" w:rsidRPr="0021401E" w:rsidRDefault="0021401E" w:rsidP="0021401E">
+    <w:p w14:paraId="310045D3" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="0021401E" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD5B91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Skoperande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD5B91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> läkare (specialist i gastroenterologi)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ansvarar för NAPS, vilket innebär </w:t>
+        <w:t xml:space="preserve"> ansvarar för NAPS, vilket innebär </w:t>
       </w:r>
       <w:r w:rsidRPr="0021401E">
         <w:t xml:space="preserve">ansvar för patient och läkemedelstillförsel. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021401E">
         <w:t>Skoperande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0021401E">
         <w:t xml:space="preserve"> läkare skall ha reell klinisk kompetens att inför sedering adekvat värdera patientens hälsotillstånd och luftvägsproblematik samt adekvat tolka och snabbt åtgärda avvikande övervakningsvärden under och efter sedering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5C43CC" w14:textId="3EEEEFD1" w:rsidR="0021401E" w:rsidRDefault="00427702" w:rsidP="0021401E">
+    <w:p w14:paraId="728374BC" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r w:rsidRPr="00427702">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>L</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0021401E" w:rsidRPr="00427702">
+        <w:t>Leg. sjuksköterskor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve"> som administrerar </w:t>
+      </w:r>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve">ropofol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t>enl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve"> NAPS arbetar på delegation av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021401E">
+        <w:t>operande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve"> läkare. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Förutsättningen för delegationen är att l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve">eg. sjuksköterska </w:t>
+      </w:r>
+      <w:r>
+        <w:t>skall ha</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021401E">
+        <w:t xml:space="preserve"> reell klinisk kompetens att adekvat tolka och snabbt åtgärda avvikande övervakningsvärden under såväl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t>sederings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021401E">
+        <w:t>- som uppvakningsförloppet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38223C45" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="0021401E" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="146EF32B" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utbildning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7372C3" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:r>
+        <w:t xml:space="preserve">För att leg. sjuksköterska ska kunna uppnå reell kompetens enl. ovan, behövs utbildning på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-kliniken. För utbildningen ansvarar specialistsjuksköterska i anestesi och / eller anestesiolog. Utbildningen innehåller övervakning av vitalparametrar och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sederingsgrad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, hålla fri luftväg med enkla hjälpmedel samt ventilation med mask och andningsballong, kunskaper om läkemedel (propofol, atropin, efedrin). Utbildningen behöver uppdateras årligen, ansvaret ligger på VEC för endoskopiavdelningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B06A13F" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="1864B1D9" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienturval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A07A201" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Skoperande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> läkare ansvarar för att välja ut lämpade patienter utifrån journaluppgifter, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00B003D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>hälsodeklaration</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> och patientmöte. Patienterna skall uppfylla följande kriterier:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DEE7D7" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>elektiva patienter äldre än 18 år,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F70F707" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="002B1542">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ASA-klass</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> 1 eller 2, dvs frisk patient eller måttlig systemsjukdom utan funktionell begränsning,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC18BCD" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>planerad undersökningstid som högst 45 min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1D2385" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>eg. sjuksköterskor</w:t>
-[...51 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="394B5257" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRPr="0021401E" w:rsidRDefault="00DB3B7B" w:rsidP="0021401E"/>
-[...153 lines deleted...]
-    <w:p w14:paraId="382FDB4F" w14:textId="2B5D8DD5" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
+    <w:p w14:paraId="07E87C50" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r w:rsidRPr="00975BFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Uteslutningskriterier</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> är:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08788CF7" w14:textId="751423A9" w:rsidR="00B003D4" w:rsidRDefault="00B003D4" w:rsidP="00B003D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="7CF5B81D" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>akut endoskopi,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF6A382" w14:textId="0734AFE8" w:rsidR="00975BFF" w:rsidRDefault="00000000" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="79A5336F" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00975BFF" w:rsidRPr="002B1542">
+        <w:r w:rsidRPr="002B1542">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>ASA</w:t>
-[...5 lines deleted...]
-          <w:t>-klass</w:t>
+          <w:t>ASA-klass</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00975BFF">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00975BFF" w:rsidRPr="00975BFF">
+      <w:r w:rsidRPr="00975BFF">
         <w:t>≥</w:t>
       </w:r>
-      <w:r w:rsidR="00975BFF">
-[...3 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> 3, dvs allvarlig systemsjukdom med funktionell begränsning,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202AA891" w14:textId="0C7DEB9E" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="51B30FC0" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>graviditet,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0562D8D6" w14:textId="76979657" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5D701E47" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>anestesiproblem i anamnesen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47EE84FF" w14:textId="5FE5332C" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="3146685B" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stridor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E91B36" w14:textId="3A171E00" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="751E275F" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>sömnapné,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E6A790" w14:textId="22B4CC80" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="20D9702F" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>utpräglad RA,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D161488" w14:textId="669565E7" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="50B17A8A" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>mental utvecklingsstörning,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C733C9E" w14:textId="7DD05982" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="43B6D434" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>desorientering,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D06D3F3" w14:textId="4409E9B0" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="57F7A116" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>okooperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> patient,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B56EC57" w14:textId="2D9ABE88" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="51EBACCC" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>allergi mot propofol eller hjälpämnen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493BD6D9" w14:textId="5ABD8F99" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5950E5D9" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>adipositas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> med BMI &gt; 35,</w:t>
+        <w:t xml:space="preserve"> med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>BMI &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 35,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353AD8C5" w14:textId="4925F8A6" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="0F8EAA93" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>missbruksanamnes,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C0E254" w14:textId="2655E98B" w:rsidR="00975BFF" w:rsidRDefault="00975BFF" w:rsidP="00975BFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="6F327CBA" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">tecken för svår intubation, t. ex. kort hals, </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B003D4">
+        <w:t>tecken för svår intubation, t. ex. kort hals, inskränkt nack</w:t>
+      </w:r>
+      <w:r>
         <w:softHyphen/>
-      </w:r>
-      <w:r>
         <w:t>rör</w:t>
       </w:r>
-      <w:r w:rsidR="00B003D4">
+      <w:r>
         <w:softHyphen/>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>lighet, svårt att se bakre svalgväggen när patient gapar stort.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB39068" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRDefault="00DB3B7B" w:rsidP="00DB3B7B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="7EE7D5AA" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DDAD05" w14:textId="790F0DF5" w:rsidR="002B1542" w:rsidRDefault="002B1542" w:rsidP="00CB79E7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="1EFCE2C1" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0" w:firstLine="992"/>
       </w:pPr>
       <w:r>
         <w:t>Utrustning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51975B60" w14:textId="4E0EF9F7" w:rsidR="002B1542" w:rsidRDefault="002B1542" w:rsidP="002B1542">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> skall det finnas:</w:t>
+    <w:p w14:paraId="6693D3A9" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:r>
+        <w:t>På salen på endoskopiavdelningen (eller i nära anslutning om så angivet) skall det finnas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E40390" w14:textId="2BEAD434" w:rsidR="002B1542" w:rsidRDefault="002B1542" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="502BFA85" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tippbar undersökningsbrits,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380997C3" w14:textId="7F41FA0D" w:rsidR="002B1542" w:rsidRDefault="002B1542" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="4236B162" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>bra allmän belysning,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2122C8D3" w14:textId="749F2E26" w:rsidR="002B1542" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="473FDA1D" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>knapp för akutlarm</w:t>
-[...2 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>knapp för akutlarm,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093AB132" w14:textId="3A814125" w:rsidR="002B1542" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="779F5862" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">vägguttag för </w:t>
-[...5 lines deleted...]
-        <w:t>samt tub med syrgas</w:t>
+        <w:t>vägguttag för syrgas samt tub med syrgas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D641367" w14:textId="5849DD7F" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="370E9D3D" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>sugutrustning,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E43873E" w14:textId="77777777" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="46B30DE4" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>självexpanderande andningsballong,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C32EA6" w14:textId="55A8EC5D" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5E28D0C6" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>ansiktsmasker i olika storlekar,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C80A000" w14:textId="7F147806" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5EDE19D0" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>svalgtuber i olika storlekar,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4D723E" w14:textId="5BDE415B" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="09913142" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>larynxmasker</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i olika storlekar,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787E2330" w14:textId="1AED5ABA" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="002B1542">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="221B6BA6" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Philips monitor för EKG, NIBP, POX</w:t>
-[...2 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>Philips monitor för EKG, NIBP, POX,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62121149" w14:textId="48F51ED4" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="00A60560">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="10FD7B66" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pulsoxymeter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006B6015">
-[...3 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> (vid uppvakningsplatsen),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4B065E" w14:textId="3F413B16" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="00A60560">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="6773C574" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stetoskop,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448493C8" w14:textId="22A123F6" w:rsidR="00A60560" w:rsidRDefault="00000000" w:rsidP="00A60560">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5F6AE554" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00A60560" w:rsidRPr="006B6015">
+        <w:r w:rsidRPr="006B6015">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>akutvagn</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A60560">
-[...6 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> med halvautomatisk defibrillator (på korridoren utanför salen),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D141125" w14:textId="6CFCBA3F" w:rsidR="00A60560" w:rsidRDefault="00A60560" w:rsidP="00A60560">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="22ECC0D4" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>akutläkemedel (efedrin, atropin).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421A2CA5" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRPr="002B1542" w:rsidRDefault="00DB3B7B" w:rsidP="00DB3B7B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="6FAE3B69" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="002B1542" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52488CE8" w14:textId="256589F5" w:rsidR="00270FA8" w:rsidRDefault="006B6015" w:rsidP="001A61A0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="0A2A2668" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Förberedelser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AAFAD4" w14:textId="22D7C74D" w:rsidR="006B6015" w:rsidRDefault="008A605A" w:rsidP="00CB79E7">
+    <w:p w14:paraId="0E100F9E" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r>
         <w:t xml:space="preserve">Patienten skall vara </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="008A605A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>fastande</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> inför endoskopi i sedering.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Patienten skall ha en välfungerande PVK med långsamt pågående inf </w:t>
+        <w:t xml:space="preserve"> inför endoskopi i sedering. Patienten skall ha en välfungerande PVK med långsamt pågående infusion Natriumklorid 9 mg/ml. Patienten skall vara övervakad med EKG, NIBP, och POX. Patienten skall få 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005544A">
+        <w:t xml:space="preserve"> L/min</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> O2 via</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005544A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0005544A">
-        <w:t>Ringeracetat</w:t>
+      <w:r>
+        <w:t>näsgrimma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0005544A">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">en </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> (får ökas till max 5 L/min).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1933DDD8" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="75D258D8" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sedering med propofol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A74B36" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:r>
+        <w:t xml:space="preserve">Vid NAPS ges bara propofol, och inga andra sederande läkemedel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0005544A">
-        <w:t>näsgrimma</w:t>
+      <w:r>
+        <w:t>ffa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003F64F9">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> inga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>opioider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Propofol är ett kortverkande anestesimedel, som i mindre doser kan användas för sedering. Propofol har en smal terapeutisk bredd och kan leda till ofri luftväg, apné och cirkulationssvikt. Dessa risker är större vid snabb injektion, samt hos äldre och sjukare patienter. Efter avslutad tillförsel ses en snabb återhämtning, till skillnad från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>midazolam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> finns det dock ingen antagonist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7DA8D2" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRDefault="00DB3B7B" w:rsidP="00CB79E7"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="4FEBEF18" w14:textId="44EC6AB3" w:rsidR="005F0107" w:rsidRDefault="00CC7492" w:rsidP="005F0107">
+    <w:p w14:paraId="29FD0A18" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="6B790C63" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dosering av Propofol</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vid NAPS:</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">Initialdos 0,5 mg / kg kroppsvikt </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>långsamt</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> iv</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> iv.</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Underhållsdos 10 – 20 mg i intervaller av minst 1 min</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Underhållsdos 10 – 20 mg i intervaller av minst 1 min.</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">Dosering sker utifrån effekt där målet är nivå 2 – 3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Ramsay.</w:t>
       </w:r>
-      <w:r w:rsidR="005F0107">
+      <w:r>
         <w:br/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> är 400 mg, rådgör med narkosläkare ifall det behövs mer.</w:t>
+        <w:t>Maxdos är 400 mg, rådgör med narkosläkare ifall det behövs mer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EF56BB" w14:textId="1B0426DD" w:rsidR="005F0107" w:rsidRPr="00CC7492" w:rsidRDefault="00CC7492" w:rsidP="005F0107">
+    <w:p w14:paraId="1DDD31B8" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRPr="00CC7492" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sederingsskala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>enl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC7492">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Ramsay</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för läkemedelsinducerad medvetandesänkning:</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Nivå 1: klarvaken</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Nivå 2: dåsig</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Nivå 3: väckbar genom normal samtalston</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t xml:space="preserve">Nivå 4: </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="005F0107">
+        <w:t>Nivå 4: väckbar genom höjd samtalston eller kraftig omruskning</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
         <w:t>Nivå 5: medvetslös, svarar ej på fysisk stimulering</w:t>
       </w:r>
-      <w:r w:rsidR="005F0107">
+      <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4831B23D" w14:textId="616A7094" w:rsidR="008A605A" w:rsidRDefault="008A605A" w:rsidP="008A605A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="49C92E25" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Larmrutiner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6DCF35" w14:textId="68C7C691" w:rsidR="008A605A" w:rsidRDefault="008A605A" w:rsidP="008A605A">
+    <w:p w14:paraId="45FC142A" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r>
         <w:t>Ansvarig narkosläkare på c-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (SOL, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 51435) skall informeras inför första </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>51435</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) skall informeras inför första propofolsedering på dagen. Narkossjuksköterska (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>propofolsedering</w:t>
+        <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> på da</w:t>
-[...2 lines deleted...]
-        <w:t>gen. Narkossjuksköterska (</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>50764</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>) och narkosläkare (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F53A71">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 51435) kan ringas vid frågor. I fall av hjärtstopp, eller akut livshotande tillstånd, dra ett </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>51435</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) kan ringas vid frågor. I fall av hjärtstopp, eller akut livshotande tillstånd, dra ett </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00F53A71" w:rsidRPr="00F53A71">
+        <w:r w:rsidRPr="00F53A71">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>hjärtstoppslarm</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t xml:space="preserve"> genom att ringa till växeln på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t>tel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t xml:space="preserve"> 2222.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190D78EF" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRDefault="00DB3B7B" w:rsidP="008A605A"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="729E571C" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="3F80D4CB" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sederingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="36B0DCAB" w14:textId="341ED56F" w:rsidR="005F4D53" w:rsidRPr="005F4D53" w:rsidRDefault="005F4D53" w:rsidP="005F4D53">
+    <w:p w14:paraId="0976602B" w14:textId="6EB3B32C" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
       <w:r>
         <w:t xml:space="preserve">Patienten skall efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sederingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> övervakas av leg. sjuksköterska med delegation </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ovan. Graden av övervakning skall anpassas till patientens tillstånd efter bedömning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>skoperande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> läkare. </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">När patienten är fullt vaken och alla vitala funktioner är stabila kan den skrivas ut utav </w:t>
+        <w:t xml:space="preserve"> läkare. När patienten är fullt vaken och alla vitala funktioner är stabila kan den skrivas ut utav </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t>skoperande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t xml:space="preserve"> läkare eller leg. sjuksköterska med delegation. Patienterna skall redan i god tid inför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t>sederingen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t xml:space="preserve"> informeras om att under </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F53A71">
+      <w:r>
         <w:t>behandlingdygnet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F53A71">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> såsom t. ex. köra bil, hantera motorredskap, ta hand om spädbarn, eller underteckna viktiga handlingar.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> inte utföra handlingar som behöver koncentration såsom t. ex. köra bil, hantera motorredskap, ta hand om spädbarn, eller underteckna viktiga handlingar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5669FCE7" w14:textId="77777777" w:rsidR="00DB3B7B" w:rsidRDefault="00DB3B7B" w:rsidP="008A605A">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7BAD9571" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB"/>
+    <w:p w14:paraId="1D541655" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A605A">
+        <w:t>Referenser</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="606E1432" w14:textId="34E52931" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="008A605A">
-[...7 lines deleted...]
-        <w:t>eferenser</w:t>
+    <w:p w14:paraId="3DE98402" w14:textId="77777777" w:rsidR="003D33BB" w:rsidRDefault="003D33BB" w:rsidP="003D33BB">
+      <w:r>
+        <w:t xml:space="preserve">Svensk Förening för Anestesi och Intensivvård (SFAI): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="005F4D53">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Rekommendationer för procedurrelaterad propofolsedering</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (2013)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="20EDDCF6" w:rsidR="009C6C0C" w:rsidRDefault="008A605A" w:rsidP="003F64F9">
-[...25 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="13A74F84" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="003F64F9"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DA05762" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C">
+    <w:p w14:paraId="287260BE" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1346BABF" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C">
+    <w:p w14:paraId="693331B2" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E7E1E32" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C">
+    <w:p w14:paraId="4B64DA86" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -1602,63 +1406,63 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -1680,87 +1484,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B8803E6" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C"/>
+    <w:p w14:paraId="7049FCDA" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="083F4641" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C">
+    <w:p w14:paraId="0F1B5719" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2F28C03F" w14:textId="77777777" w:rsidR="00EE533C" w:rsidRDefault="00EE533C">
+    <w:p w14:paraId="57214874" w14:textId="77777777" w:rsidR="009E0679" w:rsidRDefault="009E0679">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1784,104 +1588,104 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -1919,51 +1723,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1990,92 +1794,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3357,51 +3161,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4177,51 +3981,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4815,581 +4619,609 @@
   <w:num w:numId="19" w16cid:durableId="2046177863">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1704481143">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="189294760">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="81612021">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1754353113">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="549152802">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="382871979">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00000B3B"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005544A"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="0008654C"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="0009115A"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D4598"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00106DED"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00126FDB"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001965B4"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A61A0"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="0021401E"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00233C6E"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002629F2"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
+    <w:rsid w:val="002A7800"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B1542"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D33BB"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F599F"/>
     <w:rsid w:val="003F64F9"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00427702"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004C1C2C"/>
+    <w:rsid w:val="004C1FB1"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="0050174F"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="005655A6"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00573843"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A1768"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D45A8"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E760F"/>
     <w:rsid w:val="005F0107"/>
     <w:rsid w:val="005F2E6D"/>
     <w:rsid w:val="005F4D53"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="0064728C"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006877E3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B6015"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00740229"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00796283"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A605A"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00926018"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00933B9C"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957484"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00975BFF"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B5609"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
+    <w:rsid w:val="009E0679"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E281B"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A60560"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD5B91"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AE3D16"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B003D4"/>
     <w:rsid w:val="00B01BA3"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B05EE6"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA2F66"/>
     <w:rsid w:val="00BB3249"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C00ED4"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C95A1E"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB79E7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC7492"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF6D1C"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB3B7B"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E73563"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC5E5C"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE533C"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F53A71"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{F87D4FDB-6158-4143-B475-FE333CDB3F7C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5737,196 +5569,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -6004,606 +5836,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -6634,81 +6466,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -6747,53 +6579,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -6867,53 +6699,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -6987,53 +6819,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7083,53 +6915,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7179,53 +7011,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -7261,53 +7093,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -7356,51 +7188,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -7444,51 +7276,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -7575,67 +7407,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -7679,143 +7511,143 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002B1542"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8167,74 +7999,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5573</Characters>
+  <Pages>1</Pages>
+  <Words>1003</Words>
+  <Characters>5722</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6611</CharactersWithSpaces>
+  <CharactersWithSpaces>6712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Propofolsedering på Endoskopimottagningen NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator>Lars Brühne</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>5</revision>
-  <lastPrinted>2024-01-11T07:02:00.0000000Z</lastPrinted>
+  <revision>10</revision>
+  <lastPrinted>2024-01-11T16:02:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>