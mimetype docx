--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -1,2286 +1,2063 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="78892598" w:rsidP="78892598" w:rsidRDefault="78892598" w14:paraId="693FC5ED" w14:textId="5016382C">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="78892598" w:rsidP="78892598" w:rsidRDefault="78892598" w14:paraId="036482E5" w14:textId="66640ADF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="78892598" w:rsidP="78892598" w:rsidRDefault="78892598" w14:paraId="204F1FFF" w14:textId="41982033">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="78892598" w:rsidP="78892598" w:rsidRDefault="78892598" w14:paraId="469BA07E" w14:textId="1D935FE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00837AC9" w:rsidRDefault="00715720" w14:paraId="06422525" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Kronisk hjärtsvikt </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00837AC9" w:rsidRDefault="00715720" w14:paraId="3297BE4E" w14:textId="77777777">
+    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00837AC9" w:rsidRDefault="00715720" w14:paraId="3297BE4E" w14:textId="4CAAA4FC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Definition </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00715720" w:rsidRDefault="00715720" w14:paraId="026C8337" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
+    <w:p w:rsidR="00EC42AC" w:rsidP="00A44608" w:rsidRDefault="00EC42AC" w14:paraId="374A40E5" w14:textId="66953EEC">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
-      <w:r w:rsidRPr="007369C7">
-        <w:t xml:space="preserve">Hjärtsvikt är ett kliniskt syndrom som karakteriseras av typiska symtom (t.ex. trötthet, andfåddhet och bensvullnad), där vanliga statusfynd (t.ex. basala lungrassel, perifera ödem eller halsvensstas) kan finnas men är ej nödvändiga för diagnos. Dessa symtom orsakas av en strukturell eller funktionell hjärtdysfunktion som resulterar i nedsatt </w:t>
+      <w:r>
+        <w:t>Hjärtsvikt är ett kliniskt syndrom som karakteriseras av</w:t>
+      </w:r>
+      <w:r w:rsidR="00814CA5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>typiska symtom (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> trötthet, andfåddhet och bensvullnad), där vanliga statusfynd (t.ex. basala lungrassel, perifera ödem eller halsvensstas) kan finnas men är ej nödvändiga för diagnos. Dessa symtom orsakas av en strukturell eller funktionell hjärtdysfunktion som resulterar i nedsatt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>cardiac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...5 lines deleted...]
-        <w:spacing w:after="43" w:line="249" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> output eller förhöjda fyllnadstryck i vila eller vid ansträngning.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC42AC" w:rsidP="00A44608" w:rsidRDefault="00EC42AC" w14:paraId="36A86AE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
-      <w:r w:rsidRPr="007369C7">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00715720" w:rsidRDefault="00715720" w14:paraId="50806A1F" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Hjärtsvikt delas in i tre olika typer beroende på ultraljudsfynd. För att ställa diagnosen hjärtsvikt krävs:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC42AC" w:rsidP="00EC42AC" w:rsidRDefault="00EC42AC" w14:paraId="761923D5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AA5195D" wp14:editId="4ACACF7D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>16764</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>377952</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7539228" cy="216407"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="26429" name="Group 26429"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7539228" cy="216407"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7539228" cy="216407"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="32459" name="Picture 32459"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="-4571" y="-4063"/>
+                            <a:ext cx="7531608" cy="219456"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="144" name="Rectangle 144"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6507734" y="34798"/>
+                            <a:ext cx="527337" cy="236474"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="00EC42AC" w:rsidP="00EC42AC" w:rsidRDefault="00EC42AC" w14:paraId="51983E07" w14:textId="77777777">
+                              <w:pPr>
+                                <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                                <w:ind w:left="0" w:right="0"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:color w:val="4A4A4A"/>
+                                  <w:sz w:val="28"/>
+                                </w:rPr>
+                                <w:t>Rutin</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr horzOverflow="overflow" vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Group 26429" style="position:absolute;left:0;text-align:left;margin-left:1.3pt;margin-top:29.75pt;width:593.65pt;height:17.05pt;z-index:251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="75392,2164" o:spid="_x0000_s1026" w14:anchorId="1AA5195D" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBml9aKwwIAAJMGAAAOAAAAZHJzL2Uyb0RvYy54bWycVdtu2zAMfR+wfxD0&#10;ntqOnbgxmhTDuhYFhjVYtw9QZNkWJkuCpNz29aPkS5umu/WhLqkLeXh4xFxdH1qBdsxYruQSJxcx&#10;RkxSVXJZL/H3b7eTS4ysI7IkQkm2xEdm8fXq/burvS7YVDVKlMwgCCJtsddL3DiniyiytGEtsRdK&#10;MwmblTItceCaOioN2UP0VkTTOJ5He2VKbRRl1sLqTbeJVyF+VTHqHqrKMofEEgM2F74mfDf+G62u&#10;SFEbohtOexjkDShawiUkHUPdEEfQ1vCzUC2nRllVuQuq2khVFacs1ADVJPGLau6M2upQS13saz3S&#10;BNS+4OnNYemX3Z3Rj3ptgIm9roGL4PlaDpVp/X9AiQ6BsuNIGTs4RGExn6WL6RSaTGFvmsyzOO84&#10;pQ0Qf3aNNp/+fDEa0kYnYDSnBfz1DIB1xsDflQK33NYw3Adp/ylGS8yPrZ5AszRxfMMFd8cgPGiL&#10;ByV3a07XpnOAzLVBvFzidJrNFhhJ0oLm4YRPjLpF4Nlf9Gf9TXAj758E2giub7kQnn1v95BBty/6&#10;/krVnaZuFN22TLrukRgmAL2StuHaYmQK1m4YwDT3ZdK1yzrDHG18wgoSf4WH45GRYtwIKJ+AecwW&#10;ZPOKUCbZLE8wAkFMsniedgmeCSaZx6NgFtls7g+MfSeFNtbdMdUibwBGgAJkk4LsPtse1HCk567D&#10;EQACLK9jGCZ2YA28M97+6708NkQzgODDPrU4ybKhwZ4tImvBkF+EavqT47Oyv6NqPovzPIVAQFaa&#10;5YvLU7Jm0zxN8/5xpfMsD9HfyhUphPRESuW11ZHuV+CpDQC95Q6bQ1/DRpVHUHSjzM8HGPKVUPsl&#10;Vr2F/dyHBvldjMS9BJr9iB0MMxibwTBOfFRhEHcwPmydqnjoqU/cZevxQP+CFSYfWCej9bkfTj39&#10;lqx+AQAA//8DAFBLAwQKAAAAAAAAACEAs2/RTzcqAAA3KgAAFAAAAGRycy9tZWRpYS9pbWFnZTEu&#10;cG5niVBORw0KGgoAAAANSUhEUgAACacAAABICAYAAADoSds+AAAAAXNSR0IArs4c6QAAAARnQU1B&#10;AACxjwv8YQUAAAAJcEhZcwAALiMAAC4jAXilP3YAACnMSURBVHhe7d2Lcts4tqhhSvIldqfr1EzV&#10;1K6pc97/JXZnHmgqie92bN0Of0jLRtQSYRthZEn/l0ZTN1IkJQuLCyDYSJIkSZIkSZIkSZIkSZL0&#10;qw343/9++Wue7nUYDNJLNxoUl6Au8+7d28zn/e3gQfq3PX1ve+13t/j+w+7ll+YfVu790vJL279p&#10;/vhceP7k5KSZtdPbu7vm5uamGY/HzXQ+a2azWTMaHC1eKEk6GKMh8cPy9mjU/Pnnn83nz59TnfP0&#10;9NQMh23t1lX/zOrqrllTN/+249ZS7FPSd+zSt31f/5La729x/xTULr+0/cXl13x8vHfH+lVvW2F+&#10;xDJiGvO8at7CS4rrV3ncNk//3u8129in6s+vUPeU1G7/r/j+1aj9/lUft1ZuXm3d8dE/v9Lya/df&#10;rdrtq607Szr3H6v+wde/S+m3u/TZ1K77tt9/Mp21/x+k44sc70shLxX3w0+32wOXH4+PKZf18PDQ&#10;TCaT53kppb89SZL0M+pOcoFHR0fN8fFxc3p6mtqPuE99PR9Plq98qZPzupe8IfNH3U5dzjK5z+OT&#10;2Tg9/m6Vx30lefwQ03w7q2OLbbc31s1ev/2Vare/Bltek3Vhzdu/ksWdDUr7N76Lfdjme79G7XFL&#10;SXH7Cx996f233d5hzma7Svu/9+2rbK97y/r/fGQvSWtMp9OUwGNKiQMGSdLhirqA5BPJI3C/2DFN&#10;kiRJkl4hjjXi+CKOQfLCcxyDRCP34+Njc3193Xz//r359u1bc3V1lTqmkc8Cr6cwryRJehvqz2gv&#10;oqMZdezdclADCnVsdF6LTmjME6+PepgCplGPx2OSJGk/2TlNUhHJv3F78JBGTFt2ToMHC5J0uKJh&#10;iLMkOUMyklPRKCRJkiRJNYaDl4Zqjje4nZc4SYYGbzql0Th+e3ubGsfpoEbhMfJZzB8N39ymSJKk&#10;t6EeBXlB6t8fP34817/Uu3RW4zHq3rwdKS+r9XDcj9dLkqT9ZOuhpE4k7jgo4KyWSOaBgwg7IEjS&#10;YYqEEfVADN0fj1E/SJIkSVKtaXt8EQ3WHHvECCzg2INCrur+/j6NkEahgZzG8kUD+KIzWsyXN4hT&#10;JEnS21CnUiL/R30aI6lRLi8vU30cHcRpV+I15A7JIebzUY9HncwyKJIkaX/Zs0RSJ5J3HCRM2wML&#10;plgk+OycJkmHjEQUiSUK9UEkkyRJkiSpL+SmGCWNDmlxCTEav2OUFo5JOD5JxymjRYe2aAiPRnCY&#10;05Ik6e2iTs2nUUBdTJ1MPc1oahRuRz1N/RuvBbdXH5MkSfvJo3BJRZyxwoEDSbz8QEOSdLjijEcS&#10;SHnnZTuoSZIkSfoVSD9xfMHxRt7YTWc0RmRhdBYavaOx+/j4OB2nxHHJdLIYhYX5o/A4z+ed1iRJ&#10;0uvk9Sp1ap4HpF49zq6wwKhpUWczmtrFxUWqs2OUtZiXOpx6makkSdpf1vSSOnGQwYHCuC0xrDIH&#10;DXEAIkk6QG09EJ3TEPUDSaQ8KSVJkiTpcM3pXFZROM5glDQatumExvTh4SF1UqPBezUvlXc2S7mr&#10;+UtnNI5VVp+XJElvQ/2Zl1Wprl0WnuUS3U/jcfNAB/O2Dr++uUnlljqd0dS4Yg/LWszM/yVJ0p6y&#10;c5qkTiT6SAZS8oMNO6dJ0mHjjEYKqA9IPlGsGyRJkiT9CnRAy0dLo2MaI66Qn6Kz2adPn55HcyZv&#10;xXP5iTMUjlk4sYZR1Sg8xvwct6xrVJckSZtF/i9KiPvU3ZPlqGh5PRwjo8WlPuNyn3RC5/W2N0mS&#10;tP9S5PDXf75UH4kPKpdQSgbkQc46tfNvE2u+PC9go17Xn33X/fadateNMyG79P3ZVn93Kz+a2vf/&#10;FWIfRic0jI5GbTlq/vvf/y6GWua5ZeIuvX64PACZ28dVkg7NYD5rPn06bT5//pwahKgPIoH0mnp5&#10;uAhBNyrV/X3Xva/Zhi616198/1n38kvz18ZeJaX3r4192mhkeWu94vZXbl/f39++17+E5cc6xPT5&#10;PXmusP3F9e9+uqjr+1O7b3rf9yy/4y1Ky2ff1+y+2n3f9/4tKe6fwvL7Pu6q/n4UVH8/2+O3LqX5&#10;S799JbW/3aXPr9SQRUNYl9rvV62+P7++178Tq7bt/Vu5+Jq6p3bb+lz31yBf2bWI+NtiP6zuC7ad&#10;x5jGfojXcZ95yTeB2zRcM6VR+4YRVW5vm9mUZb5/J8wq958kSXqbYSH2yOOFiA9iin//+3+aQUfs&#10;S6yQxxMxb3Q6Hw36ba/K13+dfFvWYT1XtzuWmbZpVLf+1bFf9+pXq91/pflrj1trVe0/Nq1y/3xk&#10;tZ99Sd/f3ZLS315p+2vXv/a7X73/Ktsrtq3v36bS/KWcWUn1/q38/N6y/vYqkQ4cP5hRCOw5i5Sz&#10;TumY9tErC0nSdkS9AeoK6g/rDEmStC3EIV1FUj/iJEeODVb/7uIx0BDL61ZPaDk9PX3ukHZ1ddV8&#10;/fq1uby8TKOllTqdSpKk/fP94nuKCYgFos2KUdcitoiC/DavoUiSpI/LzmnSgSOoJ+EXSb8YXnk2&#10;naUhlXk8AnxeGwlESdLhSqNrLhNDIW5HnSFJkvS7xLHqpiLp94i/N44JUq6pnU6XZc7fI43Gw2Ez&#10;nk6bu4eH5uHxsbn/8aO5vr1tLq+vU+E2j0/IR6WlSZKkXcGopa8p8+Hg+fa0rfHjNpfxzgud1OjE&#10;Hlf8Idag/SpKHntIkqSPzc5p2nkEnV1F3SKAj05olMlk0tw/3KczVCLoD7w2An5J0mE6Pz9vzs7O&#10;0qV3EPVHJIgkSZIk7T9OWInLcSJOfox8HJ3T4jiB11G4f39/n0ZIY6Q0ck8PDw8pFxV4Dcuxd5ok&#10;SftlU/sSdT+Fq/rwPJ3Srq+vm4uLizQlVqCTWooPWsQeMdACIgaRJEkfl62Hkv6GgwCSgvnIaeQD&#10;84OGdQcQkqTD8PmPz6mDWjQurV7KR5Ik6XeKxqhNRVI/8tif4wFEY/Hx8XFzvOy4xt8hOSY6pVFo&#10;YI7C4xxPxLEEr49lNB5aSJJ0UPLOZuPxOMUJxAvED/loapGLDOYkJUn6+Oycpp2XOk4VijYjyGcf&#10;5UnANB0skoGr+9AgX5JEQ1M+QoIkSZKkw0PDMCc3rmsgTscK7ZTnaFRmhLQY/YTG5ujAxpTXk5/i&#10;tUy5z3PmnyRJ2i/U7evq92iHouMZsQVxROQfeTw6uRNH3NzcpE5q0cmd17NMXitJkj4uWxQlpcA9&#10;OqVFYpESHddy6w4cJEmHZTpbNBpFwxF1CIU6g8ckSZJ+J+KRriKpH3neKPJK3KfzGQ3GN9fXzfXN&#10;dXP3cN/c/3hoHh5/NI/jp2Y6nzWj46N2pvbvsy2D0TBN5+3ddomLspKPkiRJHx91+WtK1PsU6v30&#10;2IrVeJ64g0t70iHt9vY2dVSj0GmNx1fbsiRJ0sdi5zTpwKXAnkRgO+UgYDyZND+eHptHShvkE9BH&#10;UB8HATGVJB0mGpso1A/UCdEQBTo5S5Ik/U7EIV1F0tulBuPl7U34++JYgJFKKNzneIBRT25ub5tv&#10;37+nEdPILyE/bogGZo4rwPyMkBInvUw5abK4BpIkaZ+cfPqU4gFE/pHYgviBWCHiBB6nUxqd1OJS&#10;n8QVkiTp40rZgC9fvvR+pB+dWzbiTLkOpfmHi015t3W98jeJdYnpoP03rEx2lt6/tP1VyVaW3b34&#10;Tm/Zd+uw/2oWUfxuFZTWv7Rve/1sWrXLL81/fHSazlxtZvPm6PSkmT6Nm68X31Mwz0FAfhasJGk/&#10;DAs/61xah99/St6AdHp62vzxxx/Np9O6S+zUNjLV1n21cWP1+hdmL21f3/uvpDr2aWOOLsXPt306&#10;1iGmMc9rtq20/0tqt3+7cT+lx+W/Qmn7OrFqHetX3HeFt972the/O+nfZsX15/07FlCav+8OAsX1&#10;/wW/HV1Kn091zqH28+95/Uvzl96/pHb/1apd/9LvR/XnW7n/S8uvrvsK79+1/sxal/Upv39J7fZ/&#10;ZL/quxPLWV3eaHTc/voP2p/gRW4ozxEx79nZWbpNYzB5JDqhcTsuz0mRJEn6XU5GR82nT5+a8/Pz&#10;lMeMzmwRx1CIYXicEiLGGRSSphEH9YV1i/eIacRrMe2y7bi3Nm/Q93Hra/Zhjb6Pu0pK+6fv7e9S&#10;XLfCUWNp/nbjWMhG+fyxH+IxpvTzqDlurc7ZbVnx8yms/zZzDq9RWv++t7+0/Nq//drfztr985Z+&#10;Xo6cJh24yXzaBtztT8FouDi7dfz0nDzkfvEHR5K0d/jtz3//nxM0bZC6SNxURsuSJEmSto68T+R+&#10;iPU5SYUSDbaT6SSVeD5GN2PK6xixhMtp3dzcpNt0UGMkk8lkkpYrSZL0OxGD0FmeuIQR1bjMOLEJ&#10;sQzxC7hNnBIjs1G4H+1ikiSpH3ZOeyOCllDqRSjtgslk+px0JAgncI8EosG4JB2miHeIdagLIkET&#10;DVaGQJIkSdLuI+7flOsk/p9lz8dz3I8GXS6lRee0aPxl1DQahc0nSZKkbSBOIRYhLqHzPIU4JWKU&#10;k5OTnzraR9tYFEmS1B9r2ldaTdYEEjM20GqXzWeLS7ZRonMa33Xur/vOS5L2X3REyxuguE3dQOKm&#10;jYDS45IkSZJ2V8T3xPrE/HQ6i8IxwdHoKDXe8jw5Ixp66ZAWjb3RIS1GHMmPGyiSJEm/U8QtxDHE&#10;KDGCWsQuEa8g4qCIW5hPkiT1xyyBdOC4pGckIeOyCyYSJUkhGphI7lAWyZrlk5IkSZJ2VjTI5o2x&#10;3OZxRhXhOY4HaNzNO6YxpZBHigZe5suLJEnSNuTxCHEKnei59Dgd1b5//95cXl6mDmv5VYRg/CJJ&#10;Ur/sefIKBC9RVqVgxYBFO2w0Gj6fRZJfeiGCd0nSYaMuoHEqhr2H42pKkiRJu2+1Yxmd0fIRRGi0&#10;pfGWQoNujJSWN+SuYpnkliK/JEmS9LvEAAyI2IZpxCfRyZ64hg5rdFzjuYiBJElSf+yc9kZ5BzUC&#10;GmnXDQfDFLBHII4I1P2OS9Jh4vc/EjcURkyjcxrTxN5pkiRJ0s7LO5FF/B+X71xc/uo6dUwjZ0Tu&#10;CNF4S8nzRvntOI6gSJIk/S7ENasxSOQ5QRzDczEqbHTC5zbxjiRJ6o+d06QDR1BOgjE/89UEoiQd&#10;ttVGJhI3dEyjAWrReGUdIUmSJO2DyAFRyAvRMHt9fZ0ue3V3d/9TvijvmMZtxPFCTPOSH1dIkiT1&#10;LWKUiEGIb/IOa1wVgufojE+ntKurq+bi4iIVLvfZvkSSJPUk1c5fvnwpVrdU2jVKyYg2NFjeWq+Y&#10;zJjVzT8vLL5kUBmw1L5/6fPp3H7m7Zj9w++7yu9m9fqXvptbFmfARmKQ/ZU/Np7Omvv7hzSMMZdr&#10;4HkCeNTuW0nSxzQs/LzTaZmR0lI9MR6njmn/+Mc/mvPz8/T8fEbj1OaFFOuPYV3dWVp+qW7uO24r&#10;rl/l+5f2X+3+6bv+L21/af1Kxw0lw8UhUG+Is2IbYhr7NE0rv/+1n1/t96/0/n1i1ecdn39x3dg3&#10;Fdu/zW1H3789xe9W7ftX7r/a725tzqH6t7ugtP+qfzsq17/28y/99tZ+f2r3X+3619r1z7/ko79/&#10;7fevS5/LBvE6eJ+8PGuXT90Z8UnkhrjN64jzmdIhjRFDyAvF5a0wbSf54iRJkj6yUs6z5Oz8NMVJ&#10;xEinp6epxMm6k8nkOY7KY7iIvyj54+9RPf+W47ZtH3fvct6CWYnb+9S1faV9U1Lad8V9n/69H/uu&#10;ZgtKn11x++q+OkWv+e7Ga2Ia65w/t0lp+0pq/3ar+wkV1G5/af7anFFte0f197ewfYhlxDTmYfqW&#10;778jp0l7jh+J1R+KeIwyGS+uwR8d1uK1kqTDFY1c0YhFEibqh0V9URcsl6SAtqNIkiRJalI+h4bS&#10;yOsQK0e+Z9F4ungd8XyMJIKYjxMVb29vU8c0RkjjsZ/ibkNvSZJ0QOioT4mO+xEjERfRYY1CnBWd&#10;1WJ02ejMJkmSNrNzmnQAokNBSiy2IkmJSD6u65wWr5ckHRbqAuqA6JxGgiUfVdPaQZIkSdo+cjvR&#10;8Wy1LDqnvYyUFjE+jajkgmhsvbm5SZfw5LJWNMRGI6v5IEmSdIiIhSiMJEusRCd+Cp3VeDxipIjB&#10;Is4ihxod1SRJ0np2TpP2XCQgIwlJIWBGSki2QTaBdnROCyYiJelwUU9QL1AX0DGNS3yScEGqH3qu&#10;IqK+2lQkSZIkvZx8GA2jkfshlk8nmgwXz/MYuR86oNHQyohpFG7HpTxXO6Utbht7S5KkwxGxFVNi&#10;Izql0TmNDv0UOvTTyR/kSym8no5rxFWSJGkzO6dJe45kIoF03A4kKUk+jsdPz2d0RCJTkiRQJ0Tn&#10;NG6vdmSWJEmStD3kc8jt0CAaHdKipM5my2mMlEaDKiU6pUV8H/mgKJIkSYcq4qHo4E+cRSe1uBx6&#10;HktFDMZr48ReSZK0np3TpD1H8Bwd1PIEIwEzycnpdDEyTojXw4SkJB0u6gnqgePj49RBLX+s7+oh&#10;6qxNRZIkSdLLSYgRJ8clPSnE8NGYSgMqhduLXND0ObbntTFCiLG2JEk6ZMRHqYP/MsaKuApxUgAx&#10;1dXVVfP9+/c0pZMasdTZ2Vl6nSRJWs/OadKeW01UgsciQdnee34uT0Jym4BaknR4SMSAeoDOaSRh&#10;qDsoi7rBRitJkiRp26ITWnQwI14nlifnQye0u7v7dAkqGlFpTH052eTlcqCIWJ/n47YkSdKhiXgq&#10;OqgRM0WchXiODmmMpMYoavml0iVJ0mb2PJEOQN7pLESykg4GkZhEnoRcN58kaffNCj/vURfkCZj8&#10;sb77pkW9tKlIkiRJh2K+DH/XTcnezOazZjKdNI/jp+b+4aG5ub1trq6vmu+XF831zXVqLI3R0oil&#10;ie2J8SlpOcs4nzxRdE6TJEk6RHT6X+2glpfAa4iriJ0YBIKTAS4uLpbPSpKkdVI648uXL71nHfJK&#10;e51IrGxSaogcVG5B6f37Vrv+JZ37n33bsf2lz26Q/m1PGxKmZNx7lb5bpe1vQ9Dlrffp+7vH+pNw&#10;ZEowzW22mWvjM+zwLK3/Nj9BSdLvtxgZbVV+1gL1xfmns+bz58/N6elpeoyES2rUGrb1RqH+7NJ3&#10;3FMyK0QOpdigVim2KKlev9l233/b+79W6ftbjJ0L29f3/LVqP59tbl/1utfNzsq3ZXn7HWrXv1bt&#10;9td+N0t/e8XvTs/r3+d39zWK34/K3/7a/Vf7/a3O+dR+/2o/X2KnDrXfr5Lq/Vf5+dfaduxYo7Tv&#10;+Gzj8+V7QKxNzB0dyPhqzNqFpFfwv/Z+yoK1T7Bbjo+OeSZ1Pnv48dA8/nh8uWznvI35s+VLkiSp&#10;X+enn1IHNy7xeX5+nuKwyWSyyKe2t6OtDvkxwHO8Nlifsw3F44bup4teE7t2Khx3luavPS4qrX9p&#10;+SXF7d+yms+/1NZe+9mVVO9b3r9uFXrV93e/Vu3fTt99JWrfv/j9LORsOEaPzyCmsUymHL936Xv/&#10;9d3eUlr/0m9P/v6OnCYdgDjzNc74IFFJKf2YSJL2E8F+KeAnWRJnC+bS/Z4PhiRJkqRDQL4mL3me&#10;Jt0m7m7/I9k8bZ+fzpdpZzqvtbH602Tc3D3cN/d0THt6asbTSXotsf6gfU3fjRiSJEl6wShqcblP&#10;BohgBNvJZJLyrJz8S3yXFxCvUUqdGyRJ2nXWdNKeI8AlwQmCW24TEBMkL5KUJiolSX9H0uT45OT5&#10;jL6oS7i/3TFTJUmSpP0QcXbeQIm4P1uOPhENltFoyegbnHQYDZ80gj4+PqbGT5YXr1/kfSRJkvQ7&#10;5DEal/qMDmrj8fg51iM+W43VFnFf96hpkiTtOjunSXuO4DaC3uicRsKSYNgkpSRpE+qMo6PFpaCp&#10;O0yQSJIkSf3IGyuJw6Oxkktz0siJdJJI+xj3aeS8vr5ODZ/cjjwPz7GsWJ4kSZJ+n4jXyKPSSY04&#10;LU4moLMajxOn8RpeS8wHHuckA0mS9pmd06Q991NSsw1wSVZSuL14fPlCSZIyUX+QMKHOyMu8cA17&#10;SZIkSWWRr6FE/B2PEYcPl48TgzMCfjRuMmW0tBiFY11ntE2PS5IkqR90OIsSbXKcREDcRuc0Yjhi&#10;OjqipVgvi/0kSdp3dk6TDgDBLThTg0JAbLArSdqEeiOdvTd4OXsv5LclSZIkvV90SmOa3wYNltxm&#10;SqMmDZqXl5dpSm4H8fp8GcGOaZIkSb8XedOI4fK4jtFtKXGpTzqr0UktTjTgtUdHR+m1kiTtKzun&#10;SXsuOqIxJdilEOzS6SAlKs1VSpJW5Gf4gQQJhccS6w5JkiSpGvF2xNzkaKKQw6EBkxwOjZdx6U5G&#10;2YhGzxDzx7LiviRJkn6viNMiVsvjMwqxHDEdI6hFRzXivBhJTZKkfWbnNGnP5cFwXNITBMIkOg13&#10;JUmrojPaYPjSsJV3VpMkSZJUL/I1qyU6p93eLhouGSmN+Pzk5CSVOOFwtaOaJEmStidyp3lcl4sT&#10;f2mno1MandTiJIRou5MkaV+lWvLLly9bz2LMC22dpUTLcLEpG5XmL71/rc7GXFatsH4lNY3Ftft+&#10;kP71p/T+7cYvv8nbMSisXnH9s4b/dYr7v/DZMz/DAZPI/PbtWzrr9vj4OD1H0Ds6Pq36/kiSds9w&#10;NGhm81kzm07TpTupK2jYGg2HzdFo1PzrX/9KdcWmOq46dihUjbX1Uun9S+v/mrq1y7br1dL6leLm&#10;ktLyi3qOfUpql18d+1Xq+/tZu/4fef2ql838HYsoblv69361+65W7TFz9frP6uafFU7L6Xv/1ard&#10;f6XfLsR7xDSWybS27i/5Fevfpfr7V1Ba/rZjj5r9x6zzyr+fvte/78+3Rv7Z5+sZt1k3blPSySHt&#10;fTqlka9hxLSn8aT08ydJkqQPYlgZt/3f//fv5a2fRTxLvBhxZB5b8nyKK6ez5SPvU3vcX3vcVqt2&#10;/fuWf2brxOe8SXH+mv3Pe3e8fe26Y/W7G/Ok725h+SXb7qvwmu3v0vfyS7b9t1/K2ZWU3r+0/6rf&#10;v7D80udb3V5T+fnVfv/ekrNx5DTpAHDGBZ3SSHAifgTSKDjpliTpkFAPUNJBWxtYxkhpFEdIkyRJ&#10;kn6NTU0kxNsRhzPlhMKrq6t0UuHFxUUaRYNczqyQJJYkSdL++Pr1a4oJac8jdxv5Wk4qTrFhO40S&#10;+V0w5TFJkj4yO6dJe44kJ0MCc8btZDJJj0XQyohq7QvSY5Kkw5FGTSNhkTWKRYnh5SVJkiTVyRsP&#10;kcfexN08R84mRkqjUxpTHks5nOV8kiRJ2n+3t7epEA/SQS06pBFDEjtGTJmL9r51z0mS9JHYOU3a&#10;cyQ8SWiS2CQ45X4kR7lt3zRJOjzkKkhqRHlOYJjEkCRJkn6Z+fKkEAoi9uY+uRoaHxkdI3I2nERI&#10;WeRrTNhIkiQdkuPj4zSlY9r19XUq3MbJyUmKD4kTo0RuV5KkXWDnNGnPRdKTaQSu8Til8jLKkqQd&#10;RM4iJS/a21FPRF2xeN6khiRJklQr8jBx6XxibkbAYDSMm5ub1DktRkmL18brYx5JkiQdBjqnEQsS&#10;G9IpLR9ZNzqphYgdmRozSpJ2gZ3TpD1HknM6nf4tUI3OafZNk6TDMxysT1zQABZn4UmSJEmqMxot&#10;RkIjviY3Q46GBkY6pTESBg2P5GrAbTquMaUT27p4XZIkSfuLWDBvz6MNj/iRuPHr16+pgxr343XE&#10;jDBulCTtAjunSXuOhOfT09NzYEowG4FtBK6SJKWOaaenzfn5+XMDmSRJkqQ65GHIyzw8PKSOaUy5&#10;vy4nw2NRFicVLp+QJEnS3qPDGTEguVlytdGOR4c0Ykg6qTH6boykFic1wM5pkqSPzpZHac8RsHIW&#10;BRaJzUXnNAq3va6nJB0eUhWD7OefOiF1Tjs+bk5PT01mSJIkSZXmbUg9nU1TRzQaD8nPRCMiDY2M&#10;WIwYHYPLOPFYjLRmzkaSJOmwRIe0PDcbeVsKg1HkJzvYOU2StEtSTfXXf75UZzoWCZPNSpVi3kD6&#10;HiR8unStH7MOFrvi3Wq3v3P92nkp8ZqYPi+T5yqSVdX7vnLbS3pfftXeK6tdv5L5bPH9iDNrSWKS&#10;0KRDGmdPXF1dpUTnJu3skqSDM2uOR6NUf1BfUH+cnZ01f/75Zxo5jbq3q/6trdtKsUep7i8prV8p&#10;biypjU36jntrlbZvWIiba/dPrdL7l/bfttfvQ39/eO/K9d/2cdsuKx239P3dbWZ1X77a9ZtVHrXV&#10;/nY1w7r5a7d/mzkTlN6/7+9fbd330eveWuz/+AxjGp9J/ty2bPP7y6w1dcdgOOL/qeGP96GxkIJ8&#10;nxNP83h0LOP1jHDByBYPjz8qf8EkSZKkNipt48xoC+Q2bYHkdMnncpLDcRu7xvPxmohfKTGQxSaD&#10;YV3UWnvcwfp2KS2/NH8nFl2z/unAo+L9W7XHTfus18++VXPMCY4569bgYyv+bRdyZn2r/X5sPWdU&#10;yLnWfr9Lqr//b1g/R06Tdty6P3iCToJMzsjltiRJP2mDXQJK6ojVwLJ4oCFJkiQdiPmyYS8a9IiV&#10;OQEwci0RT9MpjcJtOqUxogUjWzyNx3ZMkyRJ0i9Dm2C0CxKX0g7I5T6/f//+00hqxK68jviUxxlp&#10;rasDgTlhSVLf7Jwm7bg8loxgk0CTgJSR0wwoJUnr5B3TorEtEhbWHZIkSdIiZqYQK3MpJeLleAx5&#10;DM1JgnRKo3GQEdPIy3BZT0mSJOlXiHxu5HIjBqUtkPgzLvnJYzxHnEpB5Hvzx8Dj8ZwkSX2yc5q0&#10;ByJwzANSzpigk5pBpSRpVZ6EYEpDG8PAU4dIkiRJWiCjEp3RyK9E7Bwd1Sg8Tke0q6ur5vLyMo2Y&#10;Fg2CkiRJ0q+Sx5fEoeRyIyblNidJEIvSWY3RfGknBCP8ctnPeO0qlmvsKknqmy2Q0o4jXoygMYJK&#10;Ak6KnQwkSesMhi+JCOoKOqZRSFRYd0iSJEkL0YBHjoUOasTKxMzxGJdHYnQKRqpIl/Fs78OYWpIk&#10;Sb8aMSZxKG2CcQIF4uQJYlE6pRGf0kEtRlHjdTHfuk5oEfNKktQnMyXSjlvXMS3O0I2EqSRJubxu&#10;IKlB8oI6g6kkSZKkBcJmYudoyKPQuMdI9TT80SEtLuEZeZgYkTg1GE4XDYaSJElSrRi9F8SaMVBF&#10;nEiRn0RBrEoHNS71GdM8pg28PookSX2yc5q0ByJwJKCMsyLooGYwKUlah/oiNZa1hds0nsWZd5Ik&#10;SZJeECNHQyCd0uiIRuMehdtxguDqSBYxryRJkvQrEWPmhfiTEjErt+NkCjqmxQkVeT448PrIDUuS&#10;1CdrGmnHETjGlICSpCgBZyRHJUn6m7Z+oI6IElbvS5IkSQdtGRrT0EeDHaNQ0CGNkwLJvdC4x3MU&#10;4mhyMVxOiccZuWI4MvUqSZKkX4NYlJiT9kDiT0bsJeaMK2LkHc+Ycp9OanG5Tx7LC8vJiyRJfUo1&#10;zV//+VLdCkkl1qVUqQ0q16Ctbpe31qt9/9rt6xNr1oYRizsbdK1f7b6vte19Oy8svu/1q17+fHFG&#10;A4Ugk7Mfrq+v020CU4LPLrN+d68k6QMaEjm19Q91zMnJSfPHH3805+fnKYlBkqOktu7beuxRWfeX&#10;lPZP7faX1r+kdvuGi0OId+s7tiopHTeUlNaP2CteE9PYZqa1Z6Ju9fvDe9d8f3jvys+3a/u3/d0q&#10;qV2/2t+u2u2v/u5Vrl/1327l+jfDwudT87fRKn4+s8oNaNc/1jGm8Z6v+W5U77+C4v4r7P+S0vr3&#10;/f4ltd+fWqXvQGn9SvPXfH+YtZTz6sKaDTpiF7aNQv3MdsR9CveHwzY+bv/+GCUtRqmPPEu8pgu/&#10;3dv9dCVJknQohoXAczKZ/JQLpg2ReJb4lpzw6GgR25Zi3E2Ij7u8ZrmxjJjGPG+Zd5PSMqrzHu/b&#10;bc9qj1vf+7l9BKVtq1XaN7WfXbsBbVneXmOXP5vXqM3ZlfS9//r+2y/+7Rbev+/tr/3+v+W3ydP3&#10;pB03my2uJU/gyNkPBJegg4EkSV0ICmmIo87Y9wMkSZIkaVXEwuRV6HgWJ2pEZ/Kn9jE6pUW+JTqm&#10;wfhZkiRJuyTiXk68uLy8TANdMKIase/Z2dnyVYuOBtHZgJg3csiSJNWwJpF23Gx5Bj0BJUEkhUAx&#10;gkxJktaJpEIM/87tvs9QkiRJkj6avPGNmDjyKVy+8/b2NjXekWuJyyjBjmmSJEnaNZH/5cQLYlxi&#10;3fv7+xTrciJGdESLgoiVbW+UJNWyc5q044bDRUe0CCg50xcEjpE0lSRpHeoPOqZR8oSDJEmSdAho&#10;ZKPESRvEx3RCY7Q0RpK4u719bqzL42RjZkmSJO0icsDEvNGuyAkZV1dXzdevX59jXGLjKCA+jqs2&#10;SZL0XnZOk3YcAWR0RCNAzM9e4LYJU0nSJpGMiEQDdUZ0UpMkSZL2XR4Pk0OhcY5OaTc3Nz+NlhaN&#10;cxEr85j5FkmSJO0SYlli2jwfTKczYmBGUKNwm0EwIk+8GgdLkvRedk6TdtygDQpJljJqWgSLkSQ1&#10;YJQklURdEXWH9YYkSZIORcTCNMBxWaOLi4vUOY0cC8+NliMM54WYGdyWJEmSdkXEsjESWowOTNzL&#10;lTXiJA3iYkYSjk5qdGY7OTlZLkWSpPexc5q04+azWTqbl7MZCCgjORqXpZAk6W/WNKRRb+Sjb0qS&#10;JEn7jgY5RoigAY5CfoWYmNxK5FSiM1qO56NIkiRJuyCuvpSfbJHHtJygQVvj3d3dcyc17kd8LElS&#10;DXuuSDtu2gaFJE8jgUryNALLuOSnJEmrqCuivmCaJyYkSZKkfUB0Ox8sSrq/Mn18emyub66b27u7&#10;ZjwZN0NGhTg9bY6Oj5vZfNZMp4vRJFYLyL+Yc5EkSdKuYCS0aEdkJLTjNuYlnuWEDdoYaVMk1qWT&#10;Gidw0EmNEdS4z2skSaqRMij/++WvYktkbbIlEjd9GdQsnk0rbF/t+pf2X9X696y07ZHQe6/Svvno&#10;+752+xn5bLD4U3xe19hmpnlnM57ndjw+PGoDxVnTfLu4aC6vrtLzDL1LcEmJQFKSpNx0/NT8nz//&#10;bD5//pzqDQr1BWfPxe0us9TM937DZb23q2q3v6Tv2KVW6ftRWv9apf1ffP9Z3Q4sxX61n99r/v7i&#10;PWKaz9P3/i/h/WN9Yvq8vvztF7avC3O2kfDizjuU9k3f3+2PfMz3K/S9/0p/e6X3r617+n7/0vzN&#10;sG79a397Smo/35La4+6Svrd/23//tXVnaf/0/fl37T/WjfwH65CvR8qZjIbNZDprxuNpu5DlY20h&#10;5mUEiIf7RUMb86c/Ud5nZdr3d0+SJEn6KCKuBlNi5zzO/uc//9mcnZ2ltkc6uk0mk+fXzCfTZnTU&#10;vrYQu3cqHPcWj0sKi+9b6dgh9uMmtetfc9xWe9yz9X2f/r1f6bMpYt93rEBp+dX57oLav53S+5e+&#10;P32/f61tf/9r25v6bm+r+W1BPr8jp0k7YPWPOu7PZ5zBME6jpz0/1v6Bl34kJEmHbdjWGdE4R5Ek&#10;SZJ2EbkQTq6ggSwaxkDDGp3QuM+IECNO5JvPm4cfP5obLuF5d9c8jp+a6XyWEtFkUdZNJUmSpEMR&#10;sTRTSrQ3ElszpUMaJ3cQZyNicEzauHrbHZQkSR+brZHSjohAMG5jOps2Dz8eUkDIYxEERsAYr5Mk&#10;KTcajhaNdKPF5Z/z+iLqGkmSJOmjy2PZv8Wx7d3Ij9CARkMalya6ublJlyeKzmuSJEmSXmLrPEaO&#10;eJoOasTSFC75GbF0dFDzBGhJUok1hfTBEfStBoPcjuQql6KYLK/1Ho/HPJIkrcMljuJynlFfMI16&#10;RJIkSdoFkRuhxIgOxLQxitpkPGlu726bW0ZLaws5lLhcUZyoIUmSJKl5jqERbY3EzlHolMaJHsTV&#10;3GbgjOikxonQkiR1sXOatGMI8iI4nLSBH8HfbBn8wU4FkqSS4WBxNhsNcohGvLyOkSRJknZNxLPE&#10;t+PJOI02v9oxjRiYkzRgDkWSJElaL2JlppE/jkEz6JxGjM1Iao+Pj8bVkqQiO6dJH1wEdKudBXh8&#10;0gaB89mMK1U8P4YYQtdgUJK0SdQr1BV5XWPdIUmSpF1B/Epns7icEPfpgMYlPO/v7heX75y8jKzG&#10;8/G6GHFNkiRJ0ksb46b88MnJyfPJzgyckV8yP67wJEnSJnZOk3YASdNc3GfEtPZeuk+wSKIVkWi1&#10;g4EkaZ35c7fmRbIh6o/V+kaSJEn6yIhloxDLRjxL49jj01MacR7kSaIhLTqlmTORJEmSXuSxdR4r&#10;53H232Lux0c7pkmSXqFp/j83WoLraqtxPwAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAIcnYYN8A&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBSE7wX/w/KE3uomSoJJ8yIibU9SqBZKb8/k&#10;mQSzuyG7JvHfdz3V4zDDzDfZZlKtGLi3jdEI4SIAwbowZaMrhO/j+8sahHWkS2qNZoQbW9jks6eM&#10;0tKM+ouHg6uEL9E2JYTauS6V0hY1K7IL07H23tn0ipyXfSXLnkZfrlq5DIJYKmq0X6ip413NxeVw&#10;VQgfI43bVfg27C/n3e33GH3+7ENGfJ5P21cQjif3H4Y7vkeH3DOdzFWXVrQIy9gHEaIkAnG3w3WS&#10;gDghJKsYZJ7JxwP5HwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBml9aKwwIAAJMGAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQCzb9FPNyoAADcqAAAUAAAAAAAAAAAAAAAAACkFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQAhydhg3wAAAAgBAAAPAAAAAAAAAAAAAAAAAJIvAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAACeMAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAACRMQAAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 32459" style="position:absolute;left:-45;top:-40;width:75315;height:2193;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxTSxTyAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8JA&#10;EITfC/0PxxZ8q5dYKzHmFCkVWpFCo+jrkluT0NxeyJ0m/fc9oeDjMDvf7GSrwTTiSp2rLSuIxxEI&#10;4sLqmksFh/3mOQHhPLLGxjIp+CUHq+XjQ4aptj1/0zX3pQgQdikqqLxvUyldUZFBN7YtcfDOtjPo&#10;g+xKqTvsA9w0chJFM2mw5tBQYUtvFRU/+cWEN47T8pi85xRHs69Pv9kWp3W/U2r0NKwXIDwN/n78&#10;n/7QCl4m09c53OYEBsjlHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDxTSxTyAAAAN4A&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:imagedata o:title="" r:id="rId13"/>
+                </v:shape>
+                <v:rect id="Rectangle 144" style="position:absolute;left:65077;top:347;width:5273;height:2365;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmalOJwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL01G0sQTV1FtKLHVoW0tyE7TYLZ2ZBdk9Rf3y0I3ubxPmexGkwtOmpdZVnBJIpBEOdW&#10;V1woOJ92LzMQziNrrC2Tgl9ysFqOnhaYatvzJ3VHX4gQwi5FBaX3TSqly0sy6CLbEAfux7YGfYBt&#10;IXWLfQg3tXyN46k0WHFoKLGhTUn55Xg1CvazZv11sLe+qN+/99lHNt+e5l6p5/GwfgPhafAP8d19&#10;0GF+ksD/M+ECufwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJmpTicMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00EC42AC" w:rsidP="00EC42AC" w:rsidRDefault="00EC42AC" w14:paraId="51983E07" w14:textId="77777777">
+                        <w:pPr>
+                          <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+                          <w:ind w:left="0" w:right="0"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:color w:val="4A4A4A"/>
+                            <w:sz w:val="28"/>
+                          </w:rPr>
+                          <w:t>Rutin</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Symtom förenliga med hjärtsvikt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC42AC" w:rsidP="00EC42AC" w:rsidRDefault="00EC42AC" w14:paraId="3D80AA60" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ultraljudsfynd förenliga med hjärtsvikt.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007164BC" w:rsidP="00A44608" w:rsidRDefault="00EC42AC" w14:paraId="57345112" w14:textId="08EDDD07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:spacing w:after="458" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I vissa situationer krävs förhöjda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>natriuretiska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> peptider. Se nedan.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00715720" w:rsidP="00837AC9" w:rsidRDefault="00715720" w14:paraId="12AA404A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">Typer av hjärtsvikt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA3C9F" w:rsidR="00E62B17" w:rsidP="74F64958" w:rsidRDefault="00E62B17" w14:paraId="15458A99" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00715720" w:rsidRDefault="00715720" w14:paraId="69741867" w14:textId="77777777">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00E62B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>HFrEF</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>Failure</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>reduced</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>Ejection</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>Fraction</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>): symtom +/- statusfynd. UCG:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00E62B17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>LVEF ≤ 40%.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00E62B17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E62B17" w:rsidP="00E62B17" w:rsidRDefault="00E62B17" w14:paraId="27E2C169" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="007369C7">
-[...6 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00715720" w:rsidRDefault="00715720" w14:paraId="25D90BE6" w14:textId="77777777">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Failure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mildly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>reduced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ejection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fraction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E62B17" w:rsidP="00E62B17" w:rsidRDefault="00E62B17" w14:paraId="4122AAF7" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="591" w:right="2688"/>
+      </w:pPr>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve">symtom +/- statusfynd. UCG: LVEF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00E62B17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00E62B17">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve">49%, förhöjda </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t>natriuretiska</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62B17">
+        <w:rPr/>
+        <w:t xml:space="preserve"> peptider och en av nedanstående:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E62B17" w:rsidP="00E62B17" w:rsidRDefault="00E62B17" w14:paraId="6A05AD0E" w14:textId="71E3BD19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
-[...38 lines deleted...]
-          <w:numId w:val="5"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...98 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00715720" w:rsidP="00715720" w:rsidRDefault="00715720" w14:paraId="12204EAF" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">vänsterkammarhypertrofi eller förstorat vänster förmak o diastolisk dysfunktion  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E62B17" w:rsidP="00E62B17" w:rsidRDefault="00E62B17" w14:paraId="76CCDE6E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...3 lines deleted...]
-        <w:t>HFmrEF</w:t>
+      <w:r>
+        <w:t>HFpEF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Heart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Failure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...3 lines deleted...]
-        <w:t>mildly</w:t>
+      <w:r>
+        <w:t>preserved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...3 lines deleted...]
-        <w:t>reduced</w:t>
+      <w:r>
+        <w:t>Ejection</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-[...3 lines deleted...]
-        <w:t>Ejection</w:t>
+      <w:r>
+        <w:t>Fraction</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...178 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>): symtom +/- statusfynd. UCG: EF</w:t>
       </w:r>
-      <w:r w:rsidRPr="007369C7">
-[...110 lines deleted...]
-      <w:r w:rsidR="091E9783">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline wp14:editId="7952FA80" wp14:anchorId="159A3A6D">
-            <wp:extent cx="4419983" cy="1731414"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BF1CE05" wp14:editId="0679A130">
+            <wp:extent cx="97536" cy="131064"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="236665128" name="" title=""/>
-[...3 lines deleted...]
-            <a:graphic>
+            <wp:docPr id="32458" name="Picture 32458"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPr id="32458" name="Picture 32458"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R05eefc40e0394882">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4419983" cy="1731414"/>
+                      <a:ext cx="97536" cy="131064"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:t xml:space="preserve">50%, förhöjda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>natriuretiska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> peptider och en av nedanstående:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E62B17" w:rsidP="00E62B17" w:rsidRDefault="00E62B17" w14:paraId="2C7E14D4" w14:textId="2C5CED26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">vänsterkammarhypertrofi eller förstorat vänster förmak </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>o  diastolisk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> dysfunktion  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B2675" w:rsidP="004B2675" w:rsidRDefault="004B2675" w14:paraId="39B455B4" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B2675" w:rsidP="004B2675" w:rsidRDefault="004B2675" w14:paraId="3BC1896E" w14:textId="77777777"/>
+    <w:p w:rsidRPr="004B2675" w:rsidR="004B2675" w:rsidP="004B2675" w:rsidRDefault="004B2675" w14:paraId="50BF3C59" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00867E81" w:rsidR="00715720" w:rsidP="0088157E" w:rsidRDefault="00715720" w14:paraId="41D290E7" w14:textId="5E2BC1B2">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hjärtsvikt är en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088157E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">symtomkonstellation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">där man alltid bör fastställa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088157E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">orsak </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">till hjärtsvikten, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>ischemisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00867E81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hjärtsjukdom, klaffel o.s.v. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="091E9783" w:rsidP="572557EF" w:rsidRDefault="091E9783" w14:paraId="6B3648B4" w14:textId="7AA78D93"/>
     <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="3E875273" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">HFrEF eller systolisk hjärtsvikt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027135C" w:rsidP="0027135C" w:rsidRDefault="0027135C" w14:paraId="18D6F260" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>failure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>reduced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>ejection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>fraction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027135C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ejektionsfraktionen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (EF, slagvolym dividerad med slutdiastolisk volym), är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tradionellt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> den viktigaste parametern för beskrivning av vänsterkammardysfunktion. EF är normalt &gt;55% och kvantifieras med UCG. EF har stor prognostisk betydelse (sämre prognos ju lägre EF) och har använts som </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>inklusionskriterium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i de flesta hjärtsviktsstudier. Evidens för effekt av läkemedels- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>devicebehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> finns huvudsakligen för patienter med </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027135C" w:rsidP="0027135C" w:rsidRDefault="0027135C" w14:paraId="091CFFAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>HFrEF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="6872E097" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">. Patienter i de stora hjärtsviktsstudierna hade i de flesta fallen en EF ≤35 %. I praktiken kan hjärtsviktspatienter med EF under 50% behandlas enligt riktlinjer för </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>HFrEF</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00603B62" w:rsidP="00603B62" w:rsidRDefault="00D8025F" w14:paraId="05B9654A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
-      <w:r w:rsidR="00D8025F">
-[...4 lines deleted...]
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D8025F">
-[...185 lines deleted...]
-    <w:p w:rsidR="572557EF" w:rsidP="572557EF" w:rsidRDefault="572557EF" w14:paraId="281DC29F" w14:textId="74F00154">
+    </w:p>
+    <w:p w:rsidR="002C5775" w:rsidP="00603B62" w:rsidRDefault="002C5775" w14:paraId="0A230EB0" w14:textId="2156459D">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="1A1EE064" w14:textId="77777777">
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="00636089">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Hjärtsvikt med nedsatt systolisk funktion (HFrEF).pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00731A25" w:rsidP="00731A25" w:rsidRDefault="00731A25" w14:paraId="2E5EC30E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>HFpEF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> eller diastolisk hjärtsvikt </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="2D932682" w14:textId="77777777">
+    <w:p w:rsidR="00EC2D35" w:rsidP="00EC2D35" w:rsidRDefault="00EC2D35" w14:paraId="1C1AED83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>failure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>preserved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ejection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>fraction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Den kliniska bilden är densamma som vid systolisk svikt. För diagnos krävs, förutom symtom, objektiva tecken på höga fyllnadstryck/ diastolisk dysfunktion. NT-pro BNP är förhöjt och vid UCG finner man dilatation av vänster förmak, vänster kammarhypertrofi, diastolisk dys-funktion, hög E/e-prim. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D155F9" w:rsidP="00EC2D35" w:rsidRDefault="00D155F9" w14:paraId="3DAD7228" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC2D35" w:rsidP="00EC2D35" w:rsidRDefault="00EC2D35" w14:paraId="501675EF" w14:textId="73527708">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1715"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>HFpEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">är ofta associerad med annan sjuklighet som hypertoni, njursvikt, sömnapnésyndrom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Evidensbaserad behandling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>är  bristfälligt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC2D35" w:rsidP="00EC2D35" w:rsidRDefault="00EC2D35" w14:paraId="08B72646" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:after="8"/>
+        <w:ind w:left="122"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D155F9" w:rsidP="00D155F9" w:rsidRDefault="00EC2D35" w14:paraId="673E1189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="436"/>
+        <w:ind w:left="132" w:right="1838"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>Failure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mildly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>educed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>Ejection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>Fraction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494D6B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EF 41–49 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3E4547"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> anses nu mer likna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HFpEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B7639" w:rsidP="00D155F9" w:rsidRDefault="002B7639" w14:paraId="5154E2E6" w14:textId="159A9B22">
+      <w:pPr>
+        <w:spacing w:after="436"/>
+        <w:ind w:left="132" w:right="1838"/>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00636089">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Hjärtsvikt med bevarad eller lätt sänkt systolisk funktion (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00636089">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>HFpEF</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00636089">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och HFmrEF).pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="135A54D8" w14:textId="37E1E5E8">
       <w:pPr>
         <w:spacing w:after="144" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="98" w:right="1690"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="09DF0C30" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Stadieindelning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="0728F14D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Görs enligt en klassificering gjord av New York </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Heart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Association, är symtombaserad och benämns NYHA-klass eller funktionsgrupp:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="48BDBCD0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:spacing w:after="6" w:line="253" w:lineRule="auto"/>
+        <w:ind w:right="2688" w:hanging="1304"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">i princip symtomfri.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="320146FD" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:spacing w:after="6" w:line="253" w:lineRule="auto"/>
+        <w:ind w:right="2688" w:hanging="1304"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">andfådd vid uttalad fysisk aktivitet (gång i backar).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="760D2010" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:spacing w:after="1" w:line="253" w:lineRule="auto"/>
+        <w:ind w:right="2688" w:hanging="1304"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">andfådd vid lätt till måttlig ansträngning (gång på planmark).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="709402F1" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:spacing w:after="6" w:line="253" w:lineRule="auto"/>
+        <w:ind w:right="2688" w:hanging="1304"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">andfådd i vila, vid minsta rörelse.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4DB3" w:rsidP="009B4DB3" w:rsidRDefault="009B4DB3" w14:paraId="7941BE93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Grupp II och III delas ibland in i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> där b innebär mer uttalade symtom.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E173CC" w:rsidR="00E173CC" w:rsidP="00E173CC" w:rsidRDefault="00E173CC" w14:paraId="39331910" w14:textId="77777777"/>
+    <w:p w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="77459307" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
-        <w:t>Heart</w:t>
+        <w:t>Remodellering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="008A440D" w:rsidP="008A440D" w:rsidRDefault="008A440D" w14:paraId="128AF5CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hjärtsvikt efter hjärtinfarkt beror dels på storleken på hjärtmuskelskadan, dels på en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>remodelleringsprocess</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> av det överlevande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>myokardiet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> med en successiv omvandling och bindvävsinlagring i hjärtmuskeln. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Myocyterna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> stimuleras till hypertrofi för att kompensera bortfallet av arbetande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>myokardceller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och minska belastningen på vänsterkammarväggen. Kammarens geometri och dimensioner ändras, s.k. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>remodellering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Neurohormonell aktivering bidrar till detta och finns både lokalt och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>syste-miskt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A440D" w:rsidP="008A440D" w:rsidRDefault="008A440D" w14:paraId="780406E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Aktiveringen ger även en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kärlkonstriktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och retention av natrium och vatten. Målen med modern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hjärtsviktbehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> har därför inriktats på att begränsa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>remodelleringsprocessen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> med läkemedel som blockerar neurohormonell aktivering: ACE-hämmare, betablockerare, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>angiotensinreceptorblockerare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och aldosteronhämmare.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008A440D" w:rsidR="008A440D" w:rsidP="008A440D" w:rsidRDefault="008A440D" w14:paraId="7BB60FD9" w14:textId="77777777"/>
+    <w:p w:rsidR="00393682" w:rsidP="008A440D" w:rsidRDefault="00393682" w14:paraId="4E97C696" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">Orsaker till hjärtsvikt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="423BA913" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ischemisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hjärtsjukdom (hos ca 75%).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="05D226CE" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hypertoni.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F56FE5" w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="6A276BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arytmi.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="055B9B15" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Klaffel.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="26591B12" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Alkoholöverkonsumtion.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="43703BFC" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Thyroidearubbning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="43BA0019" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Medfödda hjärtmissbildningar.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="51A298D8" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dilaterad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kardiomyopati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (idiopatisk).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="65CE8789" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:spacing w:after="496" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Övriga ovanliga orsaker: myokardit, cor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pulmonale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>konstriktiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>perikardit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, hemokromatos, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>amyloidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, läkemedel – droger.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005B6084" w:rsidR="005B6084" w:rsidP="005B6084" w:rsidRDefault="005B6084" w14:paraId="1538E1D0" w14:textId="77777777"/>
+    <w:p w:rsidR="00393682" w:rsidP="0097665F" w:rsidRDefault="00393682" w14:paraId="68D94136" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Differentialdiagnoser till </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
-        <w:t>failure</w:t>
+        <w:t>dyspné</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="70C1DBA8" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fysiologisk nedsättning av arbetsförmågan vid normalt åldrande.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="5814AFCB" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lungsjukdom.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="2CA8F103" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lungemboli.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="6832DA00" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Anemi.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="01E23102" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Endokrin sjukdom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-        <w:t>with</w:t>
+      <w:r>
+        <w:t>thyroideasjukdom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...113 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="09DF0C30" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve"> eller hypofysinsufficiens.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C32D27" w:rsidP="00C32D27" w:rsidRDefault="00C32D27" w14:paraId="5D7EC8A1" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:spacing w:after="459" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Psykogen andnöd.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005C352E" w:rsidR="005C352E" w:rsidP="005C352E" w:rsidRDefault="005C352E" w14:paraId="77699C87" w14:textId="77777777"/>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00393682" w:rsidP="0097665F" w:rsidRDefault="00393682" w14:paraId="5009A494" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
-        <w:t xml:space="preserve">Stadieindelning </w:t>
-[...19 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="46D4E061" w14:textId="77777777">
+        <w:t xml:space="preserve">Differentialdiagnoser till ödem </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="2F069980" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="55"/>
         </w:numPr>
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="6FB0CE17" w14:textId="77777777">
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Venös insufficiens.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="2B3B933A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="55"/>
         </w:numPr>
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="6CDF34ED" w14:textId="77777777">
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lymfödem.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="278BD5BD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="55"/>
         </w:numPr>
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00D8025F" w:rsidRDefault="00D8025F" w14:paraId="49FE4994" w14:textId="77777777">
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Njursjukdom.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="3A9379F2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="55"/>
         </w:numPr>
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
-[...8 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00D8025F" w:rsidP="00837AC9" w:rsidRDefault="00D8025F" w14:paraId="77459307" w14:textId="77777777">
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Leversjukdom.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="46B9FAED" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Andra orsaker till lågt albumin.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA193A" w:rsidP="00FA193A" w:rsidRDefault="00FA193A" w14:paraId="79A0172E" w14:textId="3DB31CFE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="575" w:right="2688" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>vasodi</w:t>
+      </w:r>
+      <w:r w:rsidR="004538B0">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>aterade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004538B0">
+        <w:t xml:space="preserve"> substanser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004538B0">
+        <w:t>fr.a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004538B0">
+        <w:t xml:space="preserve"> kalciumhämmare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="3A9E7B25" w14:textId="0FA0DD59">
+      <w:pPr>
+        <w:spacing w:after="290" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="4BCFBCEF" w:rsidP="682F87EC" w:rsidRDefault="4BCFBCEF" w14:paraId="4E1BA60E" w14:textId="6DC83430">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="682F87EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utredning vid misstanke om hjärtsvikt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956122" w:rsidP="00956122" w:rsidRDefault="00956122" w14:paraId="1277DE5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diagnosen hjärtsvikt ställs med hjälp av ekokardiografi (UCG). Inom NU sjukvården görs ekokardiografi i första hand via </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
-        <w:t>Remodellering</w:t>
+      <w:r>
+        <w:t>Klin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...5 lines deleted...]
-        <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
+      <w:r>
+        <w:t xml:space="preserve">. Fys. avdelning på NÄL eller Uddevallas sjukhus. I vissa fall görs det också i samband med mottagningsbesök på hjärtmottagning (NÄL/Uddevalla) eller hos inneliggande patienter på hjärtavdelning. Privata </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Kardoligmottagningar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Nära Specialistvård: Strömstad, Lysekil och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bäckerfors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) utför också ekokardiografi hos sina patienter i egen regi. Remiss till ekokardiografi under frågeställning hjärtsvikt ska innehålla uppgift om patients symtom, EKG och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>NTproBNP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Vid patologiskt fynd på ekokardiografi utförs vid behov utökad utredning och väljs lämplig behandling.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E3DE1" w:rsidP="00956122" w:rsidRDefault="0052000B" w14:paraId="26EF1A98" w14:textId="1B29540B">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
-      <w:r w:rsidRPr="007369C7">
-[...1000 lines deleted...]
-      <w:r w:rsidRPr="00DB1446">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2139A4A5" wp14:editId="3B6E17F9">
-[...5 lines deleted...]
-            </wp:cNvGraphicFramePr>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B89F5C0" wp14:editId="25E28471">
+            <wp:extent cx="5286756" cy="6190488"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="466" name="Picture 466" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="466" name="Picture 466" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5286375" cy="6191250"/>
+                      <a:ext cx="5286756" cy="6190488"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE578C" w:rsidP="00BE578C" w:rsidRDefault="00BE578C" w14:paraId="5EF71723" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidRPr="002002F2" w:rsidR="002002F2" w:rsidP="002002F2" w:rsidRDefault="002002F2" w14:paraId="3A288ADA" w14:textId="77777777">
+      <w:pPr>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w:rsidRPr="00BE578C" w:rsidR="00BE578C" w:rsidP="00BE578C" w:rsidRDefault="00BE578C" w14:paraId="1DA6FE73" w14:textId="77777777"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="4BCFBCEF" w:rsidP="682F87EC" w:rsidRDefault="4BCFBCEF" w14:paraId="46F82CCE" w14:textId="38526F94">
+      <w:r w:rsidRPr="682F87EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80E5C" w:rsidP="009D43F0" w:rsidRDefault="00B80E5C" w14:paraId="09B331FF" w14:textId="2DC1B737">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3654F5CB" w:rsidP="007E40C2" w:rsidRDefault="00393682" w14:paraId="1B6F43ED" w14:textId="084491BD">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1690"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="3989A32B" w14:textId="5A808C81">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="1690"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BE578C" w:rsidR="00BE578C" w:rsidP="002B7639" w:rsidRDefault="00BE578C" w14:paraId="1DA6FE73" w14:textId="76C11D8B">
+      <w:pPr>
+        <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00422973" w:rsidP="00422973" w:rsidRDefault="00422973" w14:paraId="5CEA1D71" w14:textId="483F7EB8">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Basalutredning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00422973" w:rsidP="00422973" w:rsidRDefault="00422973" w14:paraId="1C784D66" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t>Vid misstanke om hjärtsvikt ska anamnes, status, laboratorieprover</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">framför allt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -2300,278 +2077,270 @@
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> och EKG ingå i basalutredningen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00536A5A" w:rsidP="005B7BB3" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="0C60ECBC">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8811" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3675"/>
         <w:gridCol w:w="5136"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B7BB3" w:rsidTr="682F87EC" w14:paraId="7148E947" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="002269BB" w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="005B7BB3" w14:paraId="76DD4C61" w14:textId="332CA72C">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002269BB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Anam</w:t>
             </w:r>
             <w:r w:rsidRPr="002269BB" w:rsidR="00616662">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>nes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5136" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="00FD105E" w14:paraId="22C817E1" w14:textId="242E4CA8">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">Hereditet, alkoholvanor, rökning, vaskulär sjuklighet, hypertoni, diabetes, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>hypo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>-/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>hypertyreos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>, känt blåsljud, reumatisk feber, hastighet i symtomutveckling, funktionsgrupp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B7BB3" w:rsidTr="682F87EC" w14:paraId="6251714F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="002269BB" w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="00E00A2B" w14:paraId="152A4121" w14:textId="61083B31">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002269BB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5136" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="00727B98" w14:paraId="11115E0A" w14:textId="56DC4DE4">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:t>Hjärta (takykardi, extra ton, blåsljud), lungor (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>takypné</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">, lungrassel, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>pleuravätska</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">), halsvenstas, perifera ödem, perifer cyanos eller kalla händer och fötter, bukpalpation (leverförstoring, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>ascites</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>), viktökning och blodtryck.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B7BB3" w:rsidTr="682F87EC" w14:paraId="3ABF0AA4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="002269BB" w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="0000645F" w14:paraId="6974CF12" w14:textId="697297A7">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002269BB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Prover </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5136" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="0078463C" w:rsidP="002269BB" w:rsidRDefault="0078463C" w14:paraId="2C384985" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">Hematologistatus, el-, njur- och leverstatus, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>Salbumin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>thyreoideastatus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">, glukos, CRP eller SR. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005B7BB3" w:rsidP="0078463C" w:rsidRDefault="0078463C" w14:paraId="4138CA8B" w14:textId="06694524">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:t>Natriuretiska</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve"> peptider (NT-pro BNP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B7BB3" w:rsidTr="682F87EC" w14:paraId="44E5EDDF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3675" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="002269BB" w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="0078463C" w14:paraId="4E080EBE" w14:textId="3CE6A0EC">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002269BB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Undersökning</w:t>
             </w:r>
             <w:r w:rsidRPr="002269BB" w:rsidR="002269BB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5136" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="002269BB" w:rsidP="002269BB" w:rsidRDefault="00B27943" w14:paraId="2324B9FB" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">EKG.  </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B27943" w:rsidP="002269BB" w:rsidRDefault="00B27943" w14:paraId="6658D10F" w14:textId="7BC72D60">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:t xml:space="preserve">Hjärt-lungröntgen, fr.a. för uteslutande av annan sjukdom. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005B7BB3" w:rsidP="005B7BB3" w:rsidRDefault="005B7BB3" w14:paraId="262A6EB5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1690"/>
             </w:pPr>
           </w:p>
@@ -2584,286 +2353,278 @@
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00666155" w:rsidP="00833318" w:rsidRDefault="00666155" w14:paraId="38DE017B" w14:textId="539B5A05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Natriuretiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> peptider (NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00666155" w:rsidP="00833318" w:rsidRDefault="00666155" w14:paraId="37EB90D8" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007369C7">
+    <w:p w:rsidR="00297153" w:rsidP="00297153" w:rsidRDefault="00297153" w14:paraId="5B78CDE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="241" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="108" w:right="1690" w:hanging="10"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Värden för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>natriuretiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> peptider under nedanstående beslutsgränser och normalt EKG utesluter med stor sannolikhet hjärtsvikt och oftast behövs då inte UCG. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00297153" w:rsidRDefault="00297153" w14:paraId="447F7C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:spacing w:after="241" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="1690"/>
+      </w:pPr>
+      <w:r>
+        <w:t>NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
-      <w:r w:rsidRPr="007369C7">
+      <w:r w:rsidRPr="00297153">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
         </w:rPr>
         <w:t>akuta</w:t>
       </w:r>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve"> situationer med patient som söker för andnöd: &lt;50 års ålder: &lt;300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>ng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve">/l, &gt;50 års ålder: &lt;400 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>ng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> I icke-akuta situationer: NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve">/l- låg sannolikhet att obehandlad patient har hjärtsvikt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="69DC9C9A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>I icke-akuta situationer: NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve"> &lt;125 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>ng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Ju högre värde på NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve">/l gör hjärtsvikt osannolik. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="4F70ACAA" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ju högre värde på NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Remiss till UCG under frågeställning hjärtsvikt ska innehålla uppgift om EKG och NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> desto högre sannolikhet för hjärtsvikt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="309CE51A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Remiss till UCG under frågeställning hjärtsvikt ska innehålla uppgift om EKG och NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> För patient utan tidigare känd hjärtsvikt märks bokningsunderlag PSVHJS och prioriteras beroende på NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="0E0DED24" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>För patient utan tidigare känd hjärtsvikt märks bokningsunderlag PSVHJS och prioriteras beroende på NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> nivå: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297153" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="474F379F" w14:textId="568C9936">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve">:&gt; 2000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>prio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> NT-</w:t>
+      <w:r>
+        <w:t xml:space="preserve">: 14 dagar  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00522F8A" w:rsidP="00873D29" w:rsidRDefault="00297153" w14:paraId="61EF64AE" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>NT-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t xml:space="preserve">: 400–2000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007369C7">
+      <w:r>
         <w:t>prio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007369C7">
-[...39 lines deleted...]
-    <w:p w:rsidR="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="2A917A9C" w14:textId="66366B70"/>
+      <w:r>
+        <w:t xml:space="preserve">: 30 dagar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB683D" w:rsidP="00120FA8" w:rsidRDefault="00297153" w14:paraId="5C0F5EA1" w14:textId="0E65D4F1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid patologiskt fynd på ekokardiografi utförs vid behov utökad utredning och lämplig behandling väljs. Beslutsgränserna ska användas med hänsyn till ålder och övriga sjukdomar.   </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00666155" w:rsidP="005B7BB3" w:rsidRDefault="00666155" w14:paraId="2B2B580F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5592" w:type="pct"/>
         <w:tblInd w:w="-624" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2037"/>
         <w:gridCol w:w="2745"/>
         <w:gridCol w:w="2671"/>
         <w:gridCol w:w="2522"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00E67021" w:rsidR="00086158" w:rsidTr="00086158" w14:paraId="3A8116EB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
@@ -3027,73 +2788,75 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFEEC9" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w:rsidRPr="00E67021" w:rsidR="007F75DD" w:rsidP="00523350" w:rsidRDefault="00156820" w14:paraId="440E2346" w14:textId="6669EA8F">
             <w:pPr>
               <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="680"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00523A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
             <w:r w:rsidR="00523350">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00523A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ng</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00523A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/l</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1339" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFEEC9" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w:rsidRPr="00E67021" w:rsidR="007F75DD" w:rsidP="00523350" w:rsidRDefault="007D6715" w14:paraId="6D6C062D" w14:textId="283ECBE4">
             <w:pPr>
               <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="624"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3500,904 +3263,795 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hjärtsvikt sannolikt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000B2DF2" w:rsidP="005B7BB3" w:rsidRDefault="006C6244" w14:paraId="173E29D8" w14:textId="0B8A891A">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CBA584D" wp14:editId="49DFBB45">
             <wp:extent cx="5669915" cy="3954316"/>
             <wp:effectExtent l="0" t="0" r="6985" b="8255"/>
             <wp:docPr id="7" name="Platshållare för innehåll 5">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F519A86C-EB91-45CD-A41D-7805B824EEB1}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Platshållare för innehåll 5">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F519A86C-EB91-45CD-A41D-7805B824EEB1}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3954316"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00383A2C" w:rsidRDefault="00307898" w14:paraId="656BF697" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Utökad utredning </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="8311" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid0"/>
+        <w:tblW w:w="8878" w:type="dxa"/>
         <w:tblInd w:w="194" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2442"/>
-        <w:gridCol w:w="5869"/>
+        <w:gridCol w:w="2778"/>
+        <w:gridCol w:w="6100"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="00B26CFB" w14:paraId="190A7E9E" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="007472A9" w14:paraId="190A7E9E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="79DFF41D" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00A73520" w:rsidRDefault="00307898" w14:paraId="79DFF41D" w14:textId="382BCFC8">
             <w:pPr>
-              <w:ind w:left="113" w:right="624"/>
+              <w:ind w:left="0" w:right="624"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Utökad provtagning </w:t>
+              <w:t>Utökad</w:t>
+            </w:r>
+            <w:r w:rsidR="00A73520">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007369C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">provtagning </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5869" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="1FA50701" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="1FA50701" w14:textId="708B8A1C">
             <w:pPr>
               <w:ind w:left="2" w:right="624" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Järnstatus för uteslutande av järnbrist som behöver substitueras, se nedan, och uteslutande av hemokromatos som ovanlig orsak till hjärtsvikt. TSH, T4 för att utesluta </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007369C7">
+              <w:t xml:space="preserve">Järnstatus för uteslutande av järnbrist som behöver substitueras, se nedan, och uteslutande av hemokromatos som ovanlig orsak till hjärtsvikt. TSH, T4 för att utesluta thyroidea sjukdom. HbA1c som </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007369C7" w:rsidR="00E5304A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>thyroidea</w:t>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>screenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007369C7" w:rsidR="00E5304A">
+              <w:t>g</w:t>
+            </w:r>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> för diabetes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="00B26CFB" w14:paraId="11E9F18E" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="007472A9" w14:paraId="11E9F18E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2778" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="42A8314A" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="113" w:right="624"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Arbets-EKG </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5869" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6100" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="4977BF12" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="2" w:right="624" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">För </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. Kan därutöver ge prognostisk information. </w:t>
+              <w:t xml:space="preserve">För ischemidiagnostik. Kan därutöver ge prognostisk information. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="00B26CFB" w14:paraId="2B5AC660" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="007472A9" w14:paraId="2B5AC660" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2778" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="56E48A29" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="113" w:right="624"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">MR </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5869" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6100" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00307898" w:rsidRDefault="00307898" w14:paraId="18951BDE" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="2" w:right="624" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vid speciella frågeställningar och nydiagnostiserad </w:t>
+              <w:t xml:space="preserve">Vid speciella frågeställningar och nydiagnostiserad kardiomyopati fr.a. hos yngre. Möjliggör närmare karakterisering av myokardsjukdom (ischemi, myokardit, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>kardiomyopati</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> fr.a. hos yngre. Möjliggör närmare karakterisering av </w:t>
+              <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>myokardsjukdom</w:t>
+              <w:t>perikardsjukdom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (ischemi, myokardit, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>kardiomyopati</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>m.m.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">), </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> m.m.  </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="00B26CFB" w14:paraId="3D465622" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidTr="007472A9" w14:paraId="3D465622" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2778" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00F365BB" w:rsidRDefault="00307898" w14:paraId="54792997" w14:textId="762E05C2">
             <w:pPr>
               <w:spacing w:line="238" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Hjärtkateterisering</w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00F365BB" w:rsidRDefault="00307898" w14:paraId="473D6218" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Myokardbiopsi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5869" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="00081FEA" w:rsidRDefault="00307898" w14:paraId="18E8FD33" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="00307898" w:rsidP="007472A9" w:rsidRDefault="00307898" w14:paraId="18E8FD33" w14:textId="77777777">
             <w:pPr>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">På specialindikation. Vid oklar genes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="00383A2C" w:rsidRDefault="0025431D" w14:paraId="67492384" w14:textId="77777777">
+    <w:p w:rsidR="0025431D" w:rsidP="00383A2C" w:rsidRDefault="0025431D" w14:paraId="67492384" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Hjärtsviktsmottagning: Patientkategorier </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="0025431D" w:rsidRDefault="0025431D" w14:paraId="7BE476FC" w14:textId="72A243B4">
-[...21 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="0025431D" w:rsidRDefault="0025431D" w14:paraId="06B5A14E" w14:textId="77777777">
+    <w:p w:rsidR="000F11C5" w:rsidP="000F11C5" w:rsidRDefault="000F11C5" w14:paraId="52E3B107" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="33"/>
+        <w:ind w:left="0" w:right="1715"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Upptitrering och uppföljning av hjärtsviktspatienter görs på hjärtmottagningen på NÄL, Uddevalla sjukhus, inom primärvården och hos kardiologmottagningar Nära Specialistvård (Strömstad, Lysekil, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Bäckefors). Fördelning av patienterna görs enligt följande. Individuella avsteg kan behövas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009757D6" w:rsidR="009757D6" w:rsidP="009757D6" w:rsidRDefault="009757D6" w14:paraId="20AF4A71" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="009C5CB4" w:rsidRDefault="0025431D" w14:paraId="06B5A14E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="216"/>
-        <w:ind w:left="108" w:hanging="10"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nydiagnostiserad hjärtsvikt-Upptitrering </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="0025431D" w:rsidRDefault="0025431D" w14:paraId="00F9D547" w14:textId="77777777">
+    <w:p w:rsidR="0025431D" w:rsidP="005E51B0" w:rsidRDefault="0025431D" w14:paraId="00F9D547" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="59"/>
-        <w:ind w:left="108"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="682F87EC" w:rsidR="0025431D">
+      <w:r w:rsidRPr="682F87EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Hjärtmottagning </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="682F87EC" w:rsidRDefault="0025431D" w14:paraId="7933103C" w14:textId="499D70A4">
-[...85 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A27F1B" w:rsidP="00A27F1B" w:rsidRDefault="00A27F1B" w14:paraId="74B9682A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienter med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>med</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> HFrEF och efter individuell bedömning </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A27F1B" w:rsidP="00A27F1B" w:rsidRDefault="00A27F1B" w14:paraId="07DE1988" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Alla med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>stenoserande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>klaffvitier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A27F1B" w:rsidP="00A27F1B" w:rsidRDefault="00A27F1B" w14:paraId="6E863D10" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">NYHA klass II om EF under 35 % och/eller behov av utvidgad utredning (angio, MR </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) eller faktorer som talar för ökad risk eller upptitreringsproblem t.ex. lågt BT (under 100), höga njurvärden, lågt Natrium (under 130).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005E51B0" w:rsidR="005E51B0" w:rsidP="005E51B0" w:rsidRDefault="005E51B0" w14:paraId="3821719B" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="0025431D" w:rsidP="682F87EC" w:rsidRDefault="0025431D" w14:paraId="7CC035D5" w14:textId="64275BB5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="682F87EC" w:rsidR="0025431D">
+      <w:r w:rsidRPr="682F87EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Primärvård </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="0025431D" w:rsidP="682F87EC" w:rsidRDefault="0025431D" w14:paraId="74DE1430" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="108" w:right="1715"/>
       </w:pPr>
-      <w:r w:rsidRPr="682F87EC" w:rsidR="0025431D">
+      <w:r w:rsidRPr="682F87EC">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Stabila patienter som inte är i behov av utvidgad utredning samt de patienter som inte kräver specialistvård inom kardiologi tex. device</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C6244" w:rsidP="005B7BB3" w:rsidRDefault="00AF5857" w14:paraId="17CDC970" w14:textId="4FE880BD">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="259FAFB9" wp14:editId="7A25169C">
             <wp:extent cx="4248912" cy="3185160"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1096" name="Picture 1096"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1096" name="Picture 1096"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4248912" cy="3185160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="0019544D" w:rsidP="0019544D" w:rsidRDefault="0019544D" w14:paraId="34396CEC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="216"/>
         <w:ind w:left="108" w:hanging="10"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0019544D" w:rsidP="0019544D" w:rsidRDefault="0019544D" w14:paraId="1E4F1851" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="216"/>
         <w:ind w:left="108" w:hanging="10"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="0019544D" w:rsidP="00B81274" w:rsidRDefault="0019544D" w14:paraId="6F266D98" w14:textId="1A147812">
+    <w:p w:rsidRPr="00B532AB" w:rsidR="0019544D" w:rsidP="00B532AB" w:rsidRDefault="0019544D" w14:paraId="3047429A" w14:textId="6B531509">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Uppföljning-monitorering </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Hjärtmottagning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="0019544D" w:rsidP="0019544D" w:rsidRDefault="0019544D" w14:paraId="38D2D474" w14:textId="664D2DD9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">NYHA klass III och IV, instabil sviktsituation – alternerande läkar- </w:t>
       </w:r>
       <w:r w:rsidR="00B80E5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="0019544D" w:rsidP="0019544D" w:rsidRDefault="0019544D" w14:paraId="0B2D3D10" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="294" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">NYHA klass II och III+ ytterligare riskfaktor (kraftig nedsatt EF, arytmiproblematik, svår njursvikt etc.), stabil sviktsituation. Enbart läkarbesök, i de mesta fall årliga besök. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">NYHA klass II och III+ ytterligare riskfaktor (kraftig nedsatt EF, arytmiproblematik, svår njursvikt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E721E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E721E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), stabil sviktsituation. Enbart läkarbesök, i de mesta fall årliga besök. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="003446EF" w:rsidP="003446EF" w:rsidRDefault="003446EF" w14:paraId="15036CF4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:after="59"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Primärvård </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00957AA5" w:rsidR="003446EF" w:rsidP="003446EF" w:rsidRDefault="003446EF" w14:paraId="3F778908" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Okomplicerade NYHA II och III patienter. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="003446EF" w:rsidP="003446EF" w:rsidRDefault="003446EF" w14:paraId="67D0E12E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00957AA5">
         <w:t>Patienter med hög samsjuklighet och där kardiologisk specialistvård inte bedöms tillföra patientnytta.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="003446EF" w:rsidP="00B81274" w:rsidRDefault="003446EF" w14:paraId="535B836B" w14:textId="323FD7AE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">handling </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="003446EF" w:rsidP="003446EF" w:rsidRDefault="003446EF" w14:paraId="78CD7450" w14:textId="77777777">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> se avsnitt under Akut hjärtsvikt. </w:t>
+    <w:p w:rsidRPr="007369C7" w:rsidR="003446EF" w:rsidP="007B23BD" w:rsidRDefault="003446EF" w14:paraId="78CD7450" w14:textId="4A6DBC8C">
+      <w:pPr>
+        <w:spacing w:after="33"/>
+        <w:ind w:left="108" w:right="1715"/>
+      </w:pPr>
+      <w:r w:rsidRPr="682F87EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Akut </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="682F87EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>hjärtsvikt behandling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> se avsnitt under Akut</w:t>
+      </w:r>
+      <w:r w:rsidR="007B23BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hjärtsvikt. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="2EC49119" w14:textId="47D4BEC5">
-      <w:pPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="3C80EB19" w14:textId="32A4CC7A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="003446EF" w:rsidP="00B81274" w:rsidRDefault="003446EF" w14:paraId="7CF41619" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Hjärtsvikt med reducerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>ejektionsfraktion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> (HFREF) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001C3240" w:rsidR="003446EF" w:rsidP="001C3240" w:rsidRDefault="003446EF" w14:paraId="3B00B2CC" w14:textId="5641EF53">
       <w:pPr>
         <w:rPr>
@@ -4442,250 +4096,158 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31A5A31E-EAE3-4DD5-BBEA-233F3002B784}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Bildobjekt 2">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31A5A31E-EAE3-4DD5-BBEA-233F3002B784}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3378699"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="007C40D0" w:rsidP="682F87EC" w:rsidRDefault="007C40D0" w14:paraId="52CDA381" w14:textId="1BA8DC0A">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="98" w:right="1690" w:hanging="0"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="31FA5DE5" w14:textId="149381A8">
+        <w:ind w:left="98" w:right="1690"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="354B0430" w14:textId="22B7E573">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="14F2021F" w14:textId="548913E0">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00615EFF" w:rsidP="74F64958" w:rsidRDefault="00615EFF" w14:paraId="2D41128A" w14:textId="60052844">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00615EFF">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:t xml:space="preserve">Behandling för HFrEF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00615EFF">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-      </w:pPr>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> föreslår att lägga schema från behandlingsförslag utifrån fenotyp</w:t>
+        <w:t>föreslår att lägga schema från behandlingsförslag utifrån fenotyp</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00615EFF" w:rsidP="005B7BB3" w:rsidRDefault="00CA17FA" w14:paraId="3252CAF6" w14:textId="13B08C33">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76FF33C6" wp14:editId="6EA2FC9F">
             <wp:extent cx="5669915" cy="3521197"/>
             <wp:effectExtent l="0" t="0" r="6985" b="3175"/>
             <wp:docPr id="14" name="Platshållare för innehåll 5">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E2D8720-108F-40FC-AFBC-C762CC23ACA0}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Platshållare för innehåll 5">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E2D8720-108F-40FC-AFBC-C762CC23ACA0}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3521197"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="6991806C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="108"/>
         <w:rPr>
@@ -4717,51 +4279,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>lungstas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> eller ödem) ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> per os och ev </w:t>
       </w:r>
       <w:r w:rsidRPr="00E721E8">
         <w:t xml:space="preserve">intravenöst beroende på hur patienten mår.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="1794B731" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Loop-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -4789,95 +4351,95 @@
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Torem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> användas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="3F448C1F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Undvik </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>retardformer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> av loop-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="43C05961" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Thiazider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> är mindre effektiva vid GFR &lt;30 ml/min. Vid allvarlig hjärtsvikt har </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>thiazider</w:t>
       </w:r>
@@ -4885,203 +4447,204 @@
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> synergistisk effekt i kombination med loop </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="4531A917" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Metolazon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">: mycket potent, används som sista val. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="1D30C2CE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Eftersträva lägsta möjliga dos. Ofta behöver dosen minskas eller loop-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> utsättas när </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>ACEhämmare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/betablockerare är upptitrerade. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B55FF5" w:rsidR="00B55FF5" w:rsidP="00B55FF5" w:rsidRDefault="00200B0C" w14:paraId="4164D286" w14:textId="7271E1F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="294" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">I optimalt fall hos en upptitrerad patient ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> användas </w:t>
       </w:r>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>av patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> bara vid behov för att justera ökande/minskande vätskeförluster. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B55FF5" w:rsidR="00B55FF5" w:rsidP="00B55FF5" w:rsidRDefault="00B55FF5" w14:paraId="17092AEE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="294" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="3D6C234F" w14:textId="5C2CE548">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ACE-hämmare </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="78935A6C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Förstahandsbehandling tillsammans med betablockerare. Minskar mortalitet, minskar sjukhusinläggningar, förbättrar NYHA-klass och livskvalitet. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="4800E170" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="5070" w:type="dxa"/>
         <w:tblInd w:w="296" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="88" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2042"/>
         <w:gridCol w:w="2453"/>
         <w:gridCol w:w="2096"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="000500F6" w14:paraId="2D0CBB57" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
@@ -5350,196 +4913,204 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00B55FF5" w:rsidR="00200B0C" w:rsidP="00B55FF5" w:rsidRDefault="00200B0C" w14:paraId="74EC0D05" w14:textId="55C0AE3F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55FF5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kontraindikationer </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="1EBC780C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaterala njurartärstenoser. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="3F562852" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Tidigare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>angioneurotiskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Quincke</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">-) ödem av ACE hämmare. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="00200B0C" w:rsidP="00200B0C" w:rsidRDefault="00200B0C" w14:paraId="6755A1F6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="253" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Graviditet. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009D00D0" w:rsidR="005F6289" w:rsidP="002B6043" w:rsidRDefault="005F6289" w14:paraId="50AAD018" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D00D0">
         <w:t>Angiotensinreceptorblockerare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D00D0">
         <w:t xml:space="preserve"> (ARB) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="43FE0D93" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Som </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alternativ</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
-        <w:t xml:space="preserve">behandling för patienter som inte tolererat ACE-hämmare p.g.a. t.ex. hosta och ev. också </w:t>
+        <w:t xml:space="preserve">behandling för patienter som inte tolererat ACE-hämmare p.g.a. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007369C7">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve"> hosta och ev. också </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>angioödem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">. Minskar mortalitet, minskar sjukhusinläggningar. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="045B869D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="5063" w:type="dxa"/>
         <w:tblInd w:w="296" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="91" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="1999"/>
         <w:gridCol w:w="1531"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00081FEA" w14:paraId="26EACEEB" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00814CA5" w14:paraId="26EACEEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="4647F014" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
@@ -5596,51 +5167,51 @@
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Kandesartan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00081FEA" w14:paraId="1CA43065" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00814CA5" w14:paraId="1CA43065" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="1910CFD6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -5684,51 +5255,51 @@
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="00724179" w:rsidRDefault="005F6289" w14:paraId="2845E663" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">4 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00081FEA" w14:paraId="65920ED3" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidTr="00814CA5" w14:paraId="65920ED3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="61E150A8" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -5795,196 +5366,196 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="2F4FAC77" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="201"/>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00724179" w:rsidR="005F6289" w:rsidP="002B6043" w:rsidRDefault="005F6289" w14:paraId="1E98235B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00724179">
         <w:t xml:space="preserve">Insättning och upptitrering av ACE-hämmare alt ARB </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="4D911088" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="56" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Minska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24 timmar inför insättning. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002C7577" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="51340D45" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="484" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Undvik kaliumsparande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> och NSAID. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009D00D0" w:rsidR="005F6289" w:rsidP="002B6043" w:rsidRDefault="005F6289" w14:paraId="54EDDE11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009D00D0">
         <w:t xml:space="preserve">Polikliniskt via hjärtsviktsköterska </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="446D0F63" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosdubblering varannan vecka till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>måldos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="26F4214F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Natrium, Kalium, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolleras före dosökning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="7EAE8D17" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Blodtryck kontrolleras men låga tryck accepteras om patienten är symtomfri. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="0967B0CE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="268" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="526" w:right="1715" w:hanging="428"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid symtom på hypotoni bör i första hand </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretikadosen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> minskas såvida patienten ej har tecken på vätskeretention. Om så är fallet kan man backa ett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6014,255 +5585,266 @@
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> öka </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretikadosen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="005F6289" w:rsidP="006343C3" w:rsidRDefault="005F6289" w14:paraId="69F695A4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Inneliggande upptitrering </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="33D7A75F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosdubblering efter ett dygn/ett par dagar </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="733CA57A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Beaktande av hypotonisymtom eller njursvikt som kan kräva att man går långsammare fram och/eller minskar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretikadosen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="78A51B79" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">När patienten utskrivs förses hon/han med remiss för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> och kaliumkontroll efter 1+4 veckor med svar till utskrivande läkare. Ny kontroll av S-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter 3 månader. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="682F87EC" w:rsidRDefault="005F6289" w14:paraId="711BEF5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="483"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="682F87EC" w:rsidR="005F6289">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="682F87EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Problem och lösning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="57BA86BE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Informera om vad man bör göra vid feber, diarré eller kräkningar: uppehåll av ACE-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>hemmare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">, ARB, MRA. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="29D01DA3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Om intolerans mot ACE-hämmare t.ex. hosta, utslag, byt till ARB. Skifta från fulldos ACE-hämmare till fulldos ARB. </w:t>
+        <w:t xml:space="preserve">Om intolerans mot ACE-hämmare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E721E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E721E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hosta, utslag, byt till ARB. Skifta från fulldos ACE-hämmare till fulldos ARB. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Kandesartan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> är förstahandspreparat.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="300DBE4C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Angioödem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> är en ovanlig biverkan av ACE-hämmare. Om det uppstår kan man ofta byta till ARB.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="005F6289" w:rsidP="005F6289" w:rsidRDefault="005F6289" w14:paraId="1A4A3969" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Försämrad njurfunktion. Ökning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> upp till </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -6290,51 +5872,51 @@
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan behöva justeras. Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> stiger med mer än 50 % eller över 250 mol/l bör doshalvering av ACE-hämmaren eller utsättning övervägas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00E721E8" w:rsidR="00337BFE" w:rsidP="00337BFE" w:rsidRDefault="00337BFE" w14:paraId="523003EB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="294" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">P-kalium upp till 5,5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E721E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/l kan accepteras. Sätt ut andra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6364,860 +5946,894 @@
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/l ska ACE-hämmarbehandlingen avbrytas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00337BFE" w:rsidP="002B6043" w:rsidRDefault="00337BFE" w14:paraId="171341D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Betablockerare </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00337BFE" w:rsidP="00337BFE" w:rsidRDefault="00337BFE" w14:paraId="58D1850F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Förstahandsbehandling tillsammans med ACE-hämmare. Minskar mortalitet, minskar sjukhusinläggningar, förbättrar NYHA-klass och livskvalitet. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="6841" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid0"/>
+        <w:tblW w:w="7097" w:type="dxa"/>
         <w:tblInd w:w="296" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="86" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1865"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1792"/>
+        <w:gridCol w:w="1935"/>
+        <w:gridCol w:w="1835"/>
+        <w:gridCol w:w="1468"/>
+        <w:gridCol w:w="1859"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="000C2067" w14:paraId="1912FE51" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="00F9396A" w14:paraId="1912FE51" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="187313D2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Preparat </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="1835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="11CC1A7C" w14:textId="58D446AA">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Bisoprolol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">(1: </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007369C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ahandsval</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="5E20CD8E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Karvedilol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1859" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="2B7A9781" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0" w:firstLine="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Metoprololsucci</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>nat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="000C2067" w14:paraId="5EBC66DD" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="00F9396A" w14:paraId="5EBC66DD" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="444"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="08B323B9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Startdos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="1835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="5B6E2FD2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">1,25 mg x 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="2D2D6D4C" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">3,125 mg x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1859" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="42C6C690" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">12,5–25 mg x 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="000C2067" w14:paraId="600B48E1" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidTr="00F9396A" w14:paraId="600B48E1" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="446"/>
+          <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:tcW w:w="1935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="7CC32358" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Måldos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="1835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="652FD8DC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">10 mg x1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="779F4D5B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">25 mg x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1859" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="006D1536" w:rsidP="006D1536" w:rsidRDefault="006D1536" w14:paraId="3567894E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">200 mg x 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00B83C19" w:rsidR="000C2067" w:rsidP="00B83C19" w:rsidRDefault="000C2067" w14:paraId="40A3F782" w14:textId="4F85B614">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B83C19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kontraindikationer  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="6D5B1934" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Astma bronkiale. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="5AE2DE12" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="226" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>AV-block</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> II-III. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B83C19" w:rsidP="00B83C19" w:rsidRDefault="00B83C19" w14:paraId="03910E9C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B83C19" w:rsidR="000C2067" w:rsidP="00B83C19" w:rsidRDefault="000C2067" w14:paraId="4C6E2DE2" w14:textId="26541AB3">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B83C19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Insättning och dosering </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="39E30CAC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Långsammare dosupptitrering än vid ACE-hämmare. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="5669E698" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Bör ej </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>upptitreras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> utan kontroll. Patienten bör vara relativt stabil symtomatisk när betablockad insättes, men samtidigt bör betablockerare insättas tidigt. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="37C03354" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosdubblering varannan till var tredje vecka. Vid varje upptitreringstillfälle kontrolleras hjärtfrekvens. Tolerera frekvens ned mot 45/min om patienten ej har bradykardisymtom. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="637DFCBF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Blodtryck kontrolleras. Vid hypoton</w:t>
       </w:r>
       <w:r w:rsidRPr="008122D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">isymtom </w:t>
       </w:r>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">minskas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> om tecken till vätskeretention ej föreligger.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C30E8" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="7356266B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Om vätskeretention noteras avvakta med dosökning av betablockerare och öka då </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretikadosen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C30E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="4B0CBA73" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="252"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002021CA" w:rsidR="000C2067" w:rsidP="006343C3" w:rsidRDefault="000C2067" w14:paraId="4259B70D" w14:textId="0CE00170">
+    <w:p w:rsidRPr="002021CA" w:rsidR="000C2067" w:rsidP="006343C3" w:rsidRDefault="000C2067" w14:paraId="4259B70D" w14:textId="67829AB0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidR="000C2067">
-        <w:rPr/>
+      <w:r>
         <w:t>SGLT2-hämmare</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-    </w:p>
+      <w:r w:rsidR="00781421">
+        <w:t xml:space="preserve"> (för alla typer av hjärtsvikt</w:t>
+      </w:r>
+      <w:r w:rsidR="009E454D">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="682F87EC" w:rsidP="682F87EC" w:rsidRDefault="682F87EC" w14:paraId="7FA39CF3" w14:textId="18C7B5F8"/>
     <w:p w:rsidRPr="002021CA" w:rsidR="000C2067" w:rsidP="682F87EC" w:rsidRDefault="000C2067" w14:paraId="00840369" w14:textId="58A5F875">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1715"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">SGLT2-hämmare är läkemedel som hämmar återtransport av glukos i urinen och resulterar i ökad </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C2067">
-[...4 lines deleted...]
-        <w:rPr/>
+      <w:r>
         <w:t>diures</w:t>
       </w:r>
-      <w:r w:rsidR="000C2067">
-        <w:rPr/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:r w:rsidR="000C2067">
-        <w:rPr/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>natriures</w:t>
       </w:r>
-      <w:r w:rsidR="000C2067">
-        <w:rPr/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...81 lines deleted...]
-    <w:p w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="6F220C77" w14:textId="77777777">
+    </w:p>
+    <w:p w:rsidR="000C2067" w:rsidP="009E454D" w:rsidRDefault="004C2601" w14:paraId="7DA52AD1" w14:textId="0AE073D4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dapagliflozin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Forxiga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00743258">
+        <w:t>® 10 mg 1x1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002021CA" w:rsidR="00A60E7A" w:rsidP="009E454D" w:rsidRDefault="00A60E7A" w14:paraId="1633021D" w14:textId="4A8BC64E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Empagliflozin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Jardiance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ® 10 mg 1x1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002021CA" w:rsidR="000C2067" w:rsidP="00E654EC" w:rsidRDefault="3FEECC45" w14:paraId="462406B4" w14:textId="1ABF4304">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715"/>
+      </w:pPr>
+      <w:r w:rsidRPr="682F87EC">
+        <w:t>Begränsad erfarenhet vid GFR &lt;25 ml/min</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1F31">
+        <w:t xml:space="preserve"> för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B1F31">
+        <w:t>Forxiga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B1F31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00216BE4">
+        <w:t xml:space="preserve">och GFR &lt;20 ml/min för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00216BE4">
+        <w:t>Jardiance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E654EC">
+        <w:t>. B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="682F87EC">
+        <w:t>ehöver inte utsättas vid försämrande njurfunktion.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E654EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2067">
+        <w:t xml:space="preserve">Rekommenderas ej vid diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C2067">
+        <w:t>mellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C2067">
+        <w:t xml:space="preserve"> typ 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="6F220C77" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715"/>
+      </w:pPr>
       <w:r w:rsidRPr="002021CA">
         <w:t xml:space="preserve">Kontraindikationer: Graviditet, amning, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002021CA">
         <w:t>eGFR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002021CA">
         <w:t xml:space="preserve"> &lt;25 ml/min, Diabetes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002021CA">
         <w:t>mellitus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> I.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002021CA" w:rsidR="000C2067" w:rsidP="000C2067" w:rsidRDefault="000C2067" w14:paraId="084532B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:after="252" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="002021CA">
         <w:t>Potentiell</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002021CA">
         <w:t xml:space="preserve"> biverkningar: Urinvägsinfektione</w:t>
       </w:r>
       <w:r>
         <w:t>r,</w:t>
       </w:r>
       <w:r w:rsidRPr="002021CA">
         <w:t xml:space="preserve"> ovanligt: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002021CA">
         <w:t>euglykemisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002021CA">
@@ -7260,66 +6876,66 @@
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Mineralreceptorantagonist </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="29C0C0BC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Används som tillägg till ACE-hämmare och betablockerare i NYHA-klass II till IV.  Minskar mortalitet, sjukhusinläggningar och symtom.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="6083" w:type="dxa"/>
         <w:tblInd w:w="296" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="88" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1693"/>
         <w:gridCol w:w="1858"/>
         <w:gridCol w:w="2532"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00081FEA" w14:paraId="5AB3F56A" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00814CA5" w14:paraId="5AB3F56A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="62AEA3D1" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
@@ -7376,51 +6992,51 @@
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Eplerenon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00081FEA" w14:paraId="43DFDC7F" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00814CA5" w14:paraId="43DFDC7F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="44DAD746" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -7464,51 +7080,51 @@
           <w:tcPr>
             <w:tcW w:w="2532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="70F00AEB" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">25 mg x 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00081FEA" w14:paraId="679E443F" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidTr="00814CA5" w14:paraId="679E443F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="7E1AC92D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
@@ -7598,327 +7214,334 @@
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Eplerenon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> saknar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>spironolaktons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve"> endokrina biverkningar och har visat positiv effekt vid postinfarktsvikt och hos patienter med bättre funktionsklass (NYHA II</w:t>
+        <w:t xml:space="preserve"> endokrina biverkningar och har visat positiv effekt vid postinfarktsvikt och hos patienter med bättre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055739E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>funktionsklass (NYHA II</w:t>
       </w:r>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">). Generisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>eplerenon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> rekommenderas därför som förstahands MRA. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000149A2" w:rsidR="0058285C" w:rsidP="000149A2" w:rsidRDefault="0058285C" w14:paraId="46BFEA83" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000149A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kontraindikationer  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="4B9483A6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> &gt;220 mol/l eller endogent </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatininclearance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;30 ml/min.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="1B8B4BE7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="228" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">P-kalium &gt;4,8 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/l. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000149A2" w:rsidR="0058285C" w:rsidP="000149A2" w:rsidRDefault="0058285C" w14:paraId="49EB932A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000149A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Insättning och dosering </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="6D799F93" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Undvik kaliumsubstitution och kaliumsparande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="6DEBCB20" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Startdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25 mg, om högt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,5 mg </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="09DC8D3B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="79" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">OBS </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>elstatuskontroll</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> måste ske med noggrannhet. 1 vecka och 1 månad efter insättandet och sedan återkommande kontroller.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="6D22B49F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="226" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">I frånvaro av problem enligt nedan överväg dosökning till 50 mg.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000149A2" w:rsidR="0058285C" w:rsidP="000149A2" w:rsidRDefault="0058285C" w14:paraId="67782DB2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000149A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Problem och lösning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="087E0246" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Informera om vad man bör göra vid feber, diarré eller kräkningar: uppehåll. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0058285C" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="14E3BF35" w14:textId="69100DB7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="294" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Hyperkalemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> och försämrad njurfunktion. Vid P-Kalium &gt;5,3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
@@ -8006,99 +7629,99 @@
         <w:spacing w:after="59"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Digoxin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="0E0DE006" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid förmaksflimmer för reglering av kammarfrekvensen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="4557F383" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Kan övervägas som tillägg vid otillräcklig effekt av sedvanlig sviktbehandling fr.a. i NYHA-klass III-IV med nedsatt systolisk vänsterkammarfunktion. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="5A25CCAD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingen mortalitetssänkande effekt finns visad hos sviktpatienter med sinusrytm men ger ett minskat behov av sjukhusinläggningar.   </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0055739E" w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="7729DDF7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="244" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Digoxinkoncentrationen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör hållas relativt låg och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kontrolleas</w:t>
       </w:r>
@@ -8122,78 +7745,86 @@
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;1,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>nmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/l. </w:t>
       </w:r>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="1C3533C2" w14:textId="77777777">
+    <w:p w:rsidR="0058285C" w:rsidP="0058285C" w:rsidRDefault="0058285C" w14:paraId="1C3533C2" w14:textId="02224193">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="244" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Doseringen bör anpassas till </w:t>
       </w:r>
       <w:r w:rsidRPr="002F355C">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kroppsvikt</w:t>
       </w:r>
       <w:r w:rsidRPr="002F355C">
         <w:rPr>
           <w:rStyle w:val="Kommentarsreferens"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F355C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2637" w:rsidR="00AD2637">
+        <w:rPr>
+          <w:rStyle w:val="Kommentarsreferens"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2637">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>ch</w:t>
       </w:r>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> njurfunktion, P-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> och P-Kalium bör kontrolleras</w:t>
       </w:r>
@@ -8220,51 +7851,51 @@
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> sättas ut om patient blir stabilare och man kan upptitrera betablockare </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007D4840" w:rsidR="003E5CEA" w:rsidP="003E5CEA" w:rsidRDefault="003E5CEA" w14:paraId="437E8183" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="244" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Serum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Digoxin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0055739E">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> och EKG bör kontrolleras inom 1–2 veckor efter första insättning av läkemedlet. Blodprov bör tas på morgonen före dagens första medicinintag.</w:t>
       </w:r>
     </w:p>
@@ -8296,50 +7927,51 @@
         <w:ind w:left="108" w:hanging="10"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007D4840" w:rsidR="003E5CEA" w:rsidP="003E5CEA" w:rsidRDefault="003E5CEA" w14:paraId="7F919C5A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="238" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Alternativbehandling vid intolerans mot ACE-hämmare/ARB.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E5CEA" w:rsidP="00303D3E" w:rsidRDefault="003E5CEA" w14:paraId="714B1EFD" w14:textId="2DCE4BD5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ivabradine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Procoralan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>®)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00303D3E" w:rsidR="00303D3E" w:rsidP="00303D3E" w:rsidRDefault="00303D3E" w14:paraId="5925478F" w14:textId="77777777"/>
@@ -8474,51 +8106,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> följs i de mesta fall på en hjärtsviktsmottagning. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E5CEA" w:rsidP="003E5CEA" w:rsidRDefault="003E5CEA" w14:paraId="3FBE6F2B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="41" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">För närvarande är följande patienter aktuella för behandling: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="003E5CEA" w:rsidP="003E5CEA" w:rsidRDefault="003E5CEA" w14:paraId="07BBA462" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="41" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="005E1676" w:rsidR="003E5CEA" w:rsidP="003E5CEA" w:rsidRDefault="003E5CEA" w14:paraId="449DFC53" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715"/>
       </w:pPr>
       <w:r w:rsidRPr="005E1676">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Systolisk hjärtsvikt i NYHA klass II-IV med EF ≤ 35 % trots optimal behandling med standardbehandling (maximalt tolererade doser av ACE- hämmare/ARB, betablockerare och MRA och även CRT om indikation finns). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005842CA" w:rsidP="005842CA" w:rsidRDefault="005842CA" w14:paraId="09E135DF" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A323E" w:rsidR="00B116DA" w:rsidP="005842CA" w:rsidRDefault="00B116DA" w14:paraId="545D691C" w14:textId="02120F4A">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
@@ -8591,51 +8223,51 @@
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00337DB4" w:rsidRDefault="00B116DA" w14:paraId="0CBE0BF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Entresto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> finns i tre styrkor. Måldosen är 97 mg/103 mg. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Startdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> väljs utifrån befintlig dos ACE-hämmare resp. ARB och njurfunktion, se nedan. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="7712" w:type="dxa"/>
         <w:tblInd w:w="221" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="87" w:type="dxa"/>
           <w:left w:w="79" w:type="dxa"/>
           <w:right w:w="264" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4027"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidTr="007A5164" w14:paraId="32F9DC6A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
@@ -8906,730 +8538,733 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00DC6026" w:rsidRDefault="00DC6026" w14:paraId="709EC6C8" w14:textId="32CD6A0B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7" w:rsidR="00B116DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosering med hänsyn till pågående behandling </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="8988" w:type="dxa"/>
         <w:tblInd w:w="221" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="88" w:type="dxa"/>
           <w:left w:w="79" w:type="dxa"/>
           <w:right w:w="26" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1901"/>
         <w:gridCol w:w="1575"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00F65EDC" w:rsidTr="0F312A58" w14:paraId="616F20EF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="163CD69A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Behandling innan byte till </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Entresto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (dygnsdos) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="51FB10C8" w:rsidRDefault="00B116DA" w14:paraId="52903913" w14:textId="61272A21">
             <w:pPr>
               <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Uppehåll med </w:t>
             </w:r>
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>ACEhämma</w:t>
             </w:r>
             <w:r w:rsidRPr="51FB10C8" w:rsidR="0D5E7129">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">e </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="51FB10C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="1AB15DA5" w14:textId="034CC4D9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Startdos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">s </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="216236B9" w14:textId="34386FB4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="51FB10C8" w:rsidR="00B116DA">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Entresto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="51FB10C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="1"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">o </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="4FDA0F07" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Titrering </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="7B7F65BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Måldos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00641B12" w:rsidTr="0F312A58" w14:paraId="3A648C0B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="21771BD8" w14:textId="76D3D6C0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Enalapril</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≥10 mg </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="7173EFA1" w14:textId="406264DE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">eller </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0F312A58" w:rsidR="6C7A548F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>amipril</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≥5</w:t>
             </w:r>
             <w:r w:rsidRPr="0F312A58" w:rsidR="1E17897A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="07BCDC3E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">36 timmar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="7359E799" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">49/51 mg x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="16620A86" w14:textId="0F7AB364">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">dosdubblering efter 2–4 veckor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="425440AC" w14:textId="5AE4946D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">97/103 mg x 2 </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="3541DA68" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">eller högsta tolerabla </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00F65EDC" w:rsidTr="0F312A58" w14:paraId="5F3590F5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="1B93B535" w14:textId="344D61C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Enalapril</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≤10 mg </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="0C9B6150" w14:textId="4B77C1AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">eller </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0F312A58" w:rsidR="088738CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>amipril</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≤5 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="3FF0F03C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">36 timmar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="193D1427" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">24/26 mg x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="06EEF699" w14:textId="581FBD9E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">dosdubblering efter 2–4 veckor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="2A069E65" w14:textId="4D21AEE2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">97/103 mg x 2 </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="5AF76048" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">eller högsta tolerabla </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00F65EDC" w:rsidTr="0F312A58" w14:paraId="5BFCA17D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="1523022D" w14:textId="0B51365F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Losartan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≥50 mg </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="7B173AA8" w14:textId="77777777">
@@ -9649,200 +9284,195 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>kandesartan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ≥16 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="453235B8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">inget uppehåll </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00641B12" w:rsidRDefault="00B116DA" w14:paraId="3243A2E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">49/51 mg x 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="3D278E05" w14:textId="23C4433E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>dosdubblering efter</w:t>
             </w:r>
             <w:r w:rsidRPr="0F312A58" w:rsidR="2600AB7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00B116DA">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2–4 veckor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="00AD5AAE" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="519507C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>97/103 mg x 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00B116DA" w:rsidP="00AD5AAE" w:rsidRDefault="00B116DA" w14:paraId="1F5D5E70" w14:textId="118FB810">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">eller högsta tolerabla </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="007369C7" w:rsidR="00ED765F" w:rsidP="00ED765F" w:rsidRDefault="00ED765F" w14:paraId="0690B52C" w14:textId="77777777">
-[...3 lines deleted...]
-        <w:ind w:left="10"/>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00ED765F" w:rsidP="00BC4DD5" w:rsidRDefault="00ED765F" w14:paraId="0690B52C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosering med hänsyn till nedsatt njur-eller leverfunktion </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="8138" w:type="dxa"/>
         <w:tblInd w:w="221" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="89" w:type="dxa"/>
           <w:left w:w="79" w:type="dxa"/>
           <w:right w:w="34" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1308"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1487"/>
         <w:gridCol w:w="2654"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00CA0219" w:rsidTr="00CA0219" w14:paraId="37615C6C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1824"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
@@ -10068,211 +9698,212 @@
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> studien var patienter med systoliskt blodtryck under 100 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">, GFR &lt;30 ml/min eller kalium &gt;5,2 exkluderade. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C45D49" w:rsidP="00BD68DE" w:rsidRDefault="00C45D49" w14:paraId="2F1F1395" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Behandling mot bakomliggande orsak </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="563F14F8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Koronarsjukdom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">: ASA, lipidsänkare, nitropreparat. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="4D143FC4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Alkoholabstinens. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="1CDF1B98" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Rökstopp. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="36326472" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Noggrann frekvensreglering av förmaksflimmer. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="4644352B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="290" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Värdera behov av utredning/intervention av ev </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>koronar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">/klaffsjukdom. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C45D49" w:rsidP="00336F50" w:rsidRDefault="00C45D49" w14:paraId="41B87E99" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Antikoagulering vid hjärtsvikt </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="5DDD9476" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="40" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Om ej kontraindikationer ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>warfarin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> eller NOAK: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="18956DC1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid samtidigt förmaksflimmer. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="37A03465" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Påvisad mural tromb på ekokardiografi. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="1806D1C6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="293" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Om andra indikationer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> föreligger. </w:t>
       </w:r>
     </w:p>
@@ -10302,76 +9933,60 @@
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Ferinject</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>). I</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="1847C332" w14:textId="1EF2A475">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">VG-regionen är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>järnisomaltosid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">®) upphandlad. </w:t>
+        <w:t xml:space="preserve"> (Monofer®) upphandlad. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00336F50" w:rsidR="00234815" w:rsidP="00336F50" w:rsidRDefault="00C45D49" w14:paraId="067A8E02" w14:textId="6A798D73">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1690"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
-        <w:t>Hos stabila patienter med systolisk hjärtsvikt (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) i NYHA klass II-IV kontrolleras </w:t>
+        <w:t xml:space="preserve">Hos stabila patienter med systolisk hjärtsvikt (HFrEF) i NYHA klass II-IV kontrolleras </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>ferritin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>transferrinmättnad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">. Järnbrist och behandlingsindikation föreligger om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>ferritinkoncentration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> &lt;100 g/l eller </w:t>
       </w:r>
@@ -10393,173 +10008,133 @@
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004471B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
         <w:t>järnsubstitution med järn</w:t>
       </w:r>
       <w:r w:rsidR="004471B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
         <w:t>(III)</w:t>
       </w:r>
       <w:r w:rsidR="004471B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
         <w:t>isomaltosid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">®). Aktuella för behandling är patienter som uppfyller kriterierna enligt ovan med ett HB-värde under 150. Det ges en initialdos mellan 500–2000 mg fördelat på ett till två tillfällen enligt tabellen nedan. Schemat modifierad FASS och ”PM-Intravenös järnbehandling vid hjärtsvikt </w:t>
+        <w:t xml:space="preserve"> (Monofer®). Aktuella för behandling är patienter som uppfyller kriterierna enligt ovan med ett HB-värde under 150. Det ges en initialdos mellan 500–2000 mg fördelat på ett till två tillfällen enligt tabellen nedan. Schemat modifierad FASS och ”PM-Intravenös järnbehandling vid hjärtsvikt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
         <w:t>NUsjukvården</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7" w:rsidR="004471B2">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00234815" w:rsidP="00336F50" w:rsidRDefault="00234815" w14:paraId="7E5AC34B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="008F7785" w:rsidRDefault="000E002D" w14:paraId="25905D40" w14:textId="36AF4E47">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Beräkning av </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>kumulativ</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> järndos (med Monofer® (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
-        <w:t>järndos</w:t>
+        <w:t>järnisomaltosid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (med </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">) 100 mg Fe/ml) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="7688" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="3" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2072"/>
         <w:gridCol w:w="2924"/>
         <w:gridCol w:w="2692"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00081FEA" w14:paraId="1F707740" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00814CA5" w14:paraId="1F707740" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="000E002D" w:rsidRDefault="000E002D" w14:paraId="2E56349F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
@@ -10604,51 +10179,51 @@
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="000E002D" w:rsidRDefault="000E002D" w14:paraId="387FF1EA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">vikt&gt; 75 kg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00081FEA" w14:paraId="15F7BAE9" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00814CA5" w14:paraId="15F7BAE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="000E002D" w:rsidRDefault="000E002D" w14:paraId="389B928A" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
@@ -10690,51 +10265,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="000E002D" w:rsidRDefault="000E002D" w14:paraId="2A799938" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2000 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00081FEA" w14:paraId="476F0D84" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00814CA5" w14:paraId="476F0D84" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="0022262D" w:rsidRDefault="000E002D" w14:paraId="5BCA2DA5" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
@@ -10783,320 +10358,272 @@
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00234815" w:rsidRDefault="000E002D" w14:paraId="782891D2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">1500 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00081FEA" w14:paraId="2326B6B1" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidTr="00814CA5" w14:paraId="2326B6B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00081FEA" w:rsidRDefault="00171729" w14:paraId="0A664DE8" w14:textId="62392603">
+          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00814CA5" w:rsidRDefault="00171729" w14:paraId="0A664DE8" w14:textId="62392603">
             <w:pPr>
               <w:ind w:left="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7" w:rsidR="000E002D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">normalt </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00081FEA" w:rsidRDefault="00171729" w14:paraId="11C785AA" w14:textId="4661E26E">
+          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00814CA5" w:rsidRDefault="00171729" w14:paraId="11C785AA" w14:textId="4661E26E">
             <w:pPr>
               <w:ind w:left="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7" w:rsidR="000E002D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">500 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00081FEA" w:rsidRDefault="00234815" w14:paraId="2E5F9011" w14:textId="7F92F6B4">
+          <w:p w:rsidRPr="007369C7" w:rsidR="000E002D" w:rsidP="00814CA5" w:rsidRDefault="00234815" w14:paraId="2E5F9011" w14:textId="7F92F6B4">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7" w:rsidR="000E002D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">500 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C45D49" w:rsidP="00C45D49" w:rsidRDefault="00C45D49" w14:paraId="6464639F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="280" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="108" w:right="1690" w:hanging="10"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00BB4321" w:rsidP="00BB4321" w:rsidRDefault="00BB4321" w14:paraId="1B9C2089" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="134"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">en engångsdos av </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">® ska inte överstiga 20 mg/kg  </w:t>
+        <w:t xml:space="preserve">en engångsdos av Monofer® ska inte överstiga 20 mg/kg  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00BB4321" w:rsidP="00BB4321" w:rsidRDefault="00BB4321" w14:paraId="4F98E25D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="134"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">administrering av </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">® ska inte ske oftare än 1 gång/vecka. </w:t>
+        <w:t xml:space="preserve">administrering av Monofer® ska inte ske oftare än 1 gång/vecka. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F61B80" w:rsidP="00F61B80" w:rsidRDefault="00F61B80" w14:paraId="57E6E27B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005D1433" w:rsidP="00F61B80" w:rsidRDefault="005D1433" w14:paraId="7C0D2E9E" w14:textId="67197D40">
       <w:pPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosering hos patient med kroppsvikt &lt;75 kg </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="7774" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="3" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2985"/>
         <w:gridCol w:w="1388"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidTr="00F61B80" w14:paraId="657E0E73" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00F61B80" w:rsidRDefault="00D608FB" w14:paraId="3002DCA4" w14:textId="2553E192">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>B</w:t>
+              <w:t>Beräknad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>eräknad</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">kumulativ järndos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00F61B80" w:rsidRDefault="00D608FB" w14:paraId="78D757EA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
@@ -11298,78 +10825,78 @@
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">vecka 1 (-6) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00081FEA" w:rsidRDefault="00D608FB" w14:paraId="57260D1E" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00814CA5" w:rsidRDefault="00D608FB" w14:paraId="57260D1E" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00081FEA" w:rsidRDefault="00D608FB" w14:paraId="69D22537" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="00D608FB" w:rsidP="00814CA5" w:rsidRDefault="00D608FB" w14:paraId="69D22537" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
@@ -11407,126 +10934,113 @@
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E757B5" w:rsidP="00C21B10" w:rsidRDefault="00E757B5" w14:paraId="4BAC535A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C21B10" w:rsidP="00C21B10" w:rsidRDefault="00C21B10" w14:paraId="55FFF2A0" w14:textId="6CE94296">
       <w:pPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dosering hos patient med kroppsvikt&gt;</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">75 kg </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="7620" w:type="dxa"/>
         <w:tblInd w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="4" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="1254"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00C21B10" w:rsidTr="00295164" w14:paraId="4399FF76" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00C21B10" w:rsidP="00C21B10" w:rsidRDefault="00C21B10" w14:paraId="570BBAF7" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">beräknad kumulativ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">beräknad kumulativ järndos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="00295164" w:rsidR="00C21B10" w:rsidP="00295164" w:rsidRDefault="00C21B10" w14:paraId="78108392" w14:textId="4EE82737">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11810,940 +11324,1017 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Garamond" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">500 mg </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C21B10" w:rsidP="00C21B10" w:rsidRDefault="00C21B10" w14:paraId="35032DC7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="1930C143" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>kontrollprover</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska tas efter 3, 6 och 9 månader, första prov ordineras direkt, de senare i samband med läkar- eller sviktsköterskebesök </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="7E72DEDC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="10" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">senare kontrolleras järnstatus en gång/år </w:t>
       </w:r>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007369C7" w:rsidR="008F19A5" w:rsidP="00E757B5" w:rsidRDefault="008F19A5" w14:paraId="17DC8E9E" w14:textId="77777777">
+    <w:p w:rsidR="00C625B4" w:rsidP="00152088" w:rsidRDefault="008F19A5" w14:paraId="2A9D858A" w14:textId="7B83238F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>HFpEF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="0F312A58" w:rsidRDefault="008F19A5" w14:paraId="0357FE12" w14:textId="77777777">
+      <w:r w:rsidR="00C625B4">
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C625B4">
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00152088" w:rsidP="00152088" w:rsidRDefault="00152088" w14:paraId="3A8D9C43" w14:textId="1E2AE3FB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="2688"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="65B083D1" w14:textId="0AF1E9B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0F312A58" w:rsidR="008F19A5">
-[...6 lines deleted...]
-    <w:p w:rsidR="64D00BE8" w:rsidP="0F312A58" w:rsidRDefault="64D00BE8" w14:paraId="1F08EA97" w14:textId="25A0FB93">
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SGLT2-hämmare rekommenderas vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>HFpEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>ochHFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="3FBDD2BA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="61BAB4A1" w14:textId="77777777">
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Betablockerare kan ges för att minska behov av sjukhusvård samt för att sänka hjärtfrekvens och därmed förlänga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>diastole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="7049EF53" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När det gäller övrig behandling vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>HFpEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>HFmrEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saknas stark evidens. Vid båda formerna behövs vanligen symtomlindrande behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>diuretika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, på samma sätt som vid HFrEF.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="5F6F4779" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MRA kan möjligen minska behov av sjukhusvård.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="4B15E4C4" w14:textId="595DE6DE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Diuretika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ges vid vätskeretention (dosen omprövas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61D82" w:rsidR="005027C8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kontinuerligt).  Behandla bakomliggande sjukdom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hypertoni, förmaksflimmer, diabetes, övervikt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>koronarsjukdom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="008A2E23" w:rsidRDefault="00152088" w14:paraId="21F61E0E" w14:textId="326FE94D">
+      <w:pPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="1715"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F61D82" w:rsidR="00152088" w:rsidP="00F61D82" w:rsidRDefault="00152088" w14:paraId="79EBB34F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annan behandling som lindrar symtom och ökar livskvalitet, såsom intravenöst järn vid järnbrist är rimliga att använda, även om inte heller dessa har stark dokumentation vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>HFpEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00152088" w:rsidR="00152088" w:rsidP="00152088" w:rsidRDefault="00152088" w14:paraId="22EE6843" w14:textId="77777777"/>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00C07B3E" w:rsidP="00E757B5" w:rsidRDefault="00C07B3E" w14:paraId="0840F3E8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">Icke-farmakologisk behandling </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="3ED9BCF6" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reducerat saltintag. Bör understiga 5g/dygn, ”Salta inte extra på maten”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="4232ED41" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Betablockerare kan ges för att minska behov av sjukhusvård samt för att sänka hjärtfrekvens och därmed förlänga </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="52B07840" w14:textId="77777777">
+        <w:t xml:space="preserve">Vid svåra symtom av hjärtsvikt bör vätskerestriktion på 1,5–2,0 liter/dygn övervägas. Effekten av strängare vätskerestriktion saknar vetenskapligt belägg, liksom rutinmässig vätskerestriktion för patienter med lätta till måttliga symtom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="36C49FD2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">ACE-hämmare kan förbättra relaxationen. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="57022171" w14:textId="77777777">
+        <w:t xml:space="preserve">Rökstopp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="30340086" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">ARB i hög dos som alternativ till ACE-hämmare kan minska behov av sjukhusvård. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="07C9BF00" w14:textId="77777777">
+        <w:t xml:space="preserve">Alkoholabstinens om man misstänker att svikten är alkoholrelaterad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="5604E839" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">MRA kan möjligen minska behov av sjukhusvård. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="008F19A5" w:rsidP="008F19A5" w:rsidRDefault="008F19A5" w14:paraId="61B11965" w14:textId="77777777">
+        <w:t xml:space="preserve">Övervikt bör justeras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="154DC0DB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individanpassad fysisk träning utformad av </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t>Diuretika</w:t>
+        <w:t>fysioterpeut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ges vid vätskeretention (dosen omprövas kontinuerligt). </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="4259C0A9" w14:textId="77777777">
+        <w:t xml:space="preserve"> minskar sjukhusinläggningar och ökar livskvalitet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="62EC457B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regelbunden vägning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="1D327B2B" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="293" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
-        <w:t xml:space="preserve">Annan behandling som lindrar symtom och ökar livskvalitet, såsom intravenöst järn vid järnbrist är rimliga att använda, även om inte heller dessa har stark dokumentation vid </w:t>
-[...7 lines deleted...]
-    <w:p w:rsidRPr="007369C7" w:rsidR="00C07B3E" w:rsidP="00E757B5" w:rsidRDefault="00C07B3E" w14:paraId="0840F3E8" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaccination mot influensa och pneumokocker rekommenderas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00C07B3E" w:rsidP="00E757B5" w:rsidRDefault="00C07B3E" w14:paraId="34ABE149" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
-        <w:t xml:space="preserve">Icke-farmakologisk behandling </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="3ED9BCF6" w14:textId="77777777">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ogynnsamma mediciner vid hjärtsvikt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="40EE7DFE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reducerat saltintag. Bör understiga 5g/dygn, ”Salta inte extra på maten”. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="4232ED41" w14:textId="77777777">
+        <w:t xml:space="preserve">NSAID. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="18645643" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Klass 1 antiarytmika (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>disopyramid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Durbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">®, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>flecainid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">=Tambocor®) och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>sotalol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="5C4E0BC6" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="78" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Vissa kalciumhämmare (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>diltiazem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>verapamil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Vid samtidig angina eller hypertoni med behov av kalciumhämmare kan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>amlodipin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>felodipin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> användas utöver ACE-hämmare och betablockerare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="3926970D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Tricykliska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antidepressiva. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="187DABAF" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Steroider. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="283029E0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Litium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="5AC32CEC" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="292" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Glitazoner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00C07B3E" w:rsidP="00E757B5" w:rsidRDefault="00C07B3E" w14:paraId="0C9F3C91" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">Hjärtsviktsjuksköterska </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007369C7" w:rsidR="00C07B3E" w:rsidP="00E757B5" w:rsidRDefault="00C07B3E" w14:paraId="53E3508E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007369C7">
+        <w:t xml:space="preserve">Uppgifter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="5296352C" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid svåra symtom av hjärtsvikt bör vätskerestriktion på 1,5–2,0 liter/dygn övervägas. Effekten av strängare vätskerestriktion saknar vetenskapligt belägg, liksom rutinmässig vätskerestriktion för patienter med lätta till måttliga symtom. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="36C49FD2" w14:textId="77777777">
+        <w:t>Upptitrering av ACE-hämmare/ARB/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Entresto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">®, betablockerare på delegering samt justering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>diuretika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>spironolakton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>-/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>eplerenondoser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="6782ADCD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rökstopp. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="30340086" w14:textId="77777777">
+        <w:t>Monitorering av S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>digoxin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hos patienter med risk för ackumulation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="3B4A0CF4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Information och utbildning av patienter och anhöriga angående egenvård (vikt kontroll, vätskeintag, salt, rökning, alkohol, läkemedel)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="22DFD252" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alkoholabstinens om man misstänker att svikten är alkoholrelaterad. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="5604E839" w14:textId="77777777">
+        <w:t xml:space="preserve">Tät uppföljning av patienter med svår hjärtsvikt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="7F9459EB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Övervikt bör justeras. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="154DC0DB" w14:textId="77777777">
+        <w:t xml:space="preserve">Tidig uppföljning efter slutenvårdstillfälle. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="794A8D2B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004313FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På nya sviktpatienter kontrolleras att sviktutredningsprover är tagna och, om så inte är fallet ordnar så att dessa tas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="3C16B41D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individanpassad fysisk träning utformad av </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="62EC457B" w14:textId="77777777">
+        <w:t xml:space="preserve">Vid behov remittera patienter till dietist och/eller fysioterapeut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="4E08A25D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:t xml:space="preserve">Regelbunden vägning. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C07B3E" w:rsidP="00C07B3E" w:rsidRDefault="00C07B3E" w14:paraId="1D327B2B" w14:textId="77777777">
+        <w:t xml:space="preserve">Telefonrådgivning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="3C499DDB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
-[...486 lines deleted...]
-          <w:numId w:val="29"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="296" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Dagvård= klinisk bedömning vid subakut försämring av sviktpatienter (känt hjärtsvikt, UCG verifierad) dels med läkarstöd. Kontroll snart efter utskrivningen, justering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>diuretika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">, i.v. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -12830,181 +12421,167 @@
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> efter upptitrering. Patienten ska informeras om preparatet och upptitreringsproceduren. Om inget annat anges i remissen kommer patienten att titreras upp till högsta tolerabla dos/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>måldos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="6A5E4E1C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="41" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="1690" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Bokning till sviktsköterskemottagning kan göras genom: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="3EE77CE9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="858" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Epikris/läkarbesöksanteckning (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>NÄL,Uddevalla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">) vid utskrivning från hjärtavdelning. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="51AFD055" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="858" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Remiss till kardiolog vid utskrivning från andra avdelningar. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="60D836FA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="7" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="858" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Per telefon:  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="61C1F673" w14:textId="77777777">
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="61C1F673" w14:textId="781EA1E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">NÄL:  </w:t>
       </w:r>
+      <w:r w:rsidR="005663CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
-        <w:tab/>
-[...8 lines deleted...]
-    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="69188D9D" w14:textId="77777777">
+        <w:t xml:space="preserve">viktsköterska 010–4355214 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="69188D9D" w14:textId="6D7FEEB1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="81" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="1715" w:hanging="360"/>
-      </w:pPr>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">sviktsköterska 010–4355223 </w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidRPr="74F64958" w:rsidR="0B54E332">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t>Uddevalla Sviktsköterska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="74F64958" w:rsidR="00C24683">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Garamond"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 010–4355223 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="6DFDB931" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="858" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>Allmänremiss till sviktsköterska mottagning Nära Sp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">cialistvård om patient bor i område Lysekil, Bäckefors eller Strömstad. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="39B681FD" w14:textId="77777777">
       <w:pPr>
@@ -13026,251 +12603,250 @@
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Uppföljning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="529331BB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="44" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Patienter med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>hjärtsviktbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> p.g.a. systolisk dysfunktion bör värderas med UCG när de är optimalt behandlade för att kunna erbjuda patienten ev behandling med CRT och ICD. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="73E7B6CF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter som haft akut hjärtinfarkt och EF &lt;40% i samband med infarkten värderas med ekokardiografi 6 veckor efter infarkten. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="1B5D2846" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Övriga patienter som kan ha indikation för CRT/ICD värderas med UCG ca 3 månader efter att måldoserna med den farmakologiska behandlingen har nåtts.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007777A9" w:rsidR="00C24683" w:rsidP="00C24683" w:rsidRDefault="00C24683" w14:paraId="5FDECFAF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="332" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="004313FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Om UCG talar för CRT eller ICD sätts patienten upp för läkarbesök för denna diskussion och diskuteras på Arytmikonferens. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="00452DA8" w:rsidRDefault="007777A9" w14:paraId="77B94656" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Devicebehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="00452DA8" w:rsidRDefault="007777A9" w14:paraId="19CC5B0A" w14:textId="4ECB70E7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Vanlig pacemakerbehandling </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="007777A9" w:rsidRDefault="007777A9" w14:paraId="4FCD439B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Programmering för att ge så lite </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>högerkammarpace</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> som möjligt eftersträvas för att undvika utveckling eller försämring av hjärtsvikt.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="007777A9" w:rsidRDefault="007777A9" w14:paraId="10A77B43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t>Uppgradering till CRT (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Cardiac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Resynchronisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>Therapy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">) övervägs om hjärtsvikt försämras under pacemakerbehandlingen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="007777A9" w:rsidRDefault="007777A9" w14:paraId="043066AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">När pacemaker är indicerad på vanlig bradykardi-indikation, kan man redan från början överväga CRT för patienter med EF &lt;50%, där man befarar hög andel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>kammarpace</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007B4097" w:rsidR="007B4097" w:rsidP="0F312A58" w:rsidRDefault="007B4097" w14:paraId="6C08581C" w14:textId="6E4C9838">
+    <w:p w:rsidRPr="007B4097" w:rsidR="007B4097" w:rsidP="0F312A58" w:rsidRDefault="007777A9" w14:paraId="6C08581C" w14:textId="6E4C9838">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidR="007777A9">
-        <w:rPr/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>Resynkroniseringsterapi</w:t>
       </w:r>
-      <w:r w:rsidR="007777A9">
-        <w:rPr/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> (CRT) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0F312A58" w:rsidP="0F312A58" w:rsidRDefault="0F312A58" w14:paraId="70DD0C42" w14:textId="40401F7E">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="007777A9" w:rsidP="007777A9" w:rsidRDefault="007777A9" w14:paraId="52915EF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">CRT fungerar som en vanlig pacemaker, men ger även stimulering av vänster kammare via en elektrod i sinus </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>coronarius</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> (eller en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>epikardiell</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> elektrod) i syfte att synkronisera hjärtkamrarnas arbete. Diskussion sker på Arytmikonferens. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007B4097" w:rsidR="007B4097" w:rsidP="00B1268A" w:rsidRDefault="007777A9" w14:paraId="3D7F3512" w14:textId="7FB932B7">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="249" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">CRT övervägs hos patienter med EF ≤35%, QRS-bredd &gt;130 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>ms</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> och som är i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>funktionklass</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> II-IV trots optimal läkemedelsbehandling. CRT är huvudsakligen dokumenterad vid sinusrytm men har effekt och kan övervägas även vid förmaksflimmer. Patienter med förmaksflimmer kan behöva en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>radiofrevensablation</w:t>
@@ -13292,93 +12868,94 @@
         <w:t>biventrikulär</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007369C7">
         <w:t>pacing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">. CRT kan kombineras med intern defibrillator (CRT-D), alt utan denna funktion (CRT-P). Hos hjärtsviktspatienter med indikation för ICD bör samtidig CRT övervägas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004313FF" w:rsidR="007777A9" w:rsidP="00B1268A" w:rsidRDefault="007777A9" w14:paraId="47DA3EB9" w14:textId="6DB316CC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4097">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indikationer för CRT (ESC guidelines 2021) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00976920" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="2E600C89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sinusrytm </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="6664" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="88" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="67" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5956"/>
         <w:gridCol w:w="708"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="2662E533" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="2662E533" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="35CDB212" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
@@ -13400,51 +12977,51 @@
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Prio</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="3296CED6" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="3296CED6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="723"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="3AFF906C" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Vänstergrenblock, QRS bredd &gt;150 </w:t>
@@ -13469,51 +13046,51 @@
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="7954503B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">I A </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="03C466AC" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="03C466AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="5E89B4B1" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Vänstergrenblock, QRS bredd 130–150 </w:t>
@@ -13546,51 +13123,51 @@
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="63E5D90B" w14:textId="5DE4B85C">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>IIa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> B </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="509EA40A" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="509EA40A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="20A388A3" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Icke-vänstergrenblock, QRS bredd&gt;150 </w:t>
@@ -13624,51 +13201,51 @@
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="3CBD98E0" w14:textId="7E5A00FC">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>IIa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> B </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="1765D5E8" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="1765D5E8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="007E3BC3" w:rsidRDefault="007E3BC3" w14:paraId="7107E53A" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Icke-vänstergrenblock, QRS bredd 130–150 </w:t>
@@ -13702,100 +13279,100 @@
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="000F2531" w:rsidRDefault="007E3BC3" w14:paraId="56F1DADB" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>IIb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> B </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="5964EA51" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="5964EA51" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="00C43B55" w:rsidRDefault="007E3BC3" w14:paraId="38CBF0A9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">NYHA klass II, III och ambulatorisk IV trots optimal medicinsk behandling. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="000F2531" w:rsidRDefault="007E3BC3" w14:paraId="02DC52E6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00081FEA" w14:paraId="75FDF00E" w14:textId="77777777">
+      <w:tr w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidTr="00814CA5" w14:paraId="75FDF00E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="007E3BC3" w:rsidP="00C43B55" w:rsidRDefault="007E3BC3" w14:paraId="0F7DF814" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Hjärtsvikt och QRS bredd &lt;130 </w:t>
@@ -13856,51 +13433,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Permanent förmaksflimmer</w:t>
       </w:r>
       <w:r w:rsidRPr="00976920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="6941" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="88" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="79" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5956"/>
         <w:gridCol w:w="985"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00BA52DE" w:rsidTr="000B3206" w14:paraId="6B81B54D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="996"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
@@ -14140,104 +13717,90 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00976920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Konventionell pacemakerindikation</w:t>
       </w:r>
       <w:r w:rsidRPr="00976920">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="6664" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="86" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="48" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4674"/>
         <w:gridCol w:w="1990"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidTr="00CC1AA0" w14:paraId="28599800" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidP="003C70D4" w:rsidRDefault="003C70D4" w14:paraId="56197E6A" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Uppgradering från konventionell pacemaker eller ICD till CRT är indicerad hos patienter med </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> och hög andel </w:t>
+              <w:t xml:space="preserve">Uppgradering från konventionell pacemaker eller ICD till CRT är indicerad hos patienter med HFrEF och hög andel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>kammarpace</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> som utvecklar försämring av hjärtsvikten trots optimal medicinsk behandling. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
@@ -14271,248 +13834,244 @@
       <w:tr w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidTr="00CC1AA0" w14:paraId="393B1EA3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidP="003C70D4" w:rsidRDefault="003C70D4" w14:paraId="10290FD2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">De </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>novo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRT implantation kan övervägas för sviktpatienter med nedsatt EF och förväntad hög andel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>kammarpace</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidP="00081FEA" w:rsidRDefault="003C70D4" w14:paraId="12509A46" w14:textId="77777777">
+          <w:p w:rsidRPr="007369C7" w:rsidR="003C70D4" w:rsidP="00814CA5" w:rsidRDefault="003C70D4" w14:paraId="12509A46" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="008B75C4" w:rsidR="00CC1AA0" w:rsidP="00CC1AA0" w:rsidRDefault="00CC1AA0" w14:paraId="19942AF9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B75C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Implanterbar defibrillator (ICD) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid0"/>
         <w:tblW w:w="6664" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="86" w:type="dxa"/>
           <w:left w:w="82" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5956"/>
         <w:gridCol w:w="708"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidTr="0F312A58" w14:paraId="747AA05E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="994"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="00CC1AA0" w:rsidRDefault="00CC1AA0" w14:paraId="644148C7" w14:textId="4311D54F">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00CC1AA0">
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Sekundärprevention</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00CC1AA0">
+              <w:t xml:space="preserve">Sekundärprevention. Efter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Efter </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00CC1AA0">
+              <w:t>ventrikulär</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>ventrikulär</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00CC1AA0">
+              <w:t xml:space="preserve"> arytmi med </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> arytmi med </w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>hemodynamsik</w:t>
             </w:r>
-            <w:r w:rsidRPr="0F312A58" w:rsidR="00CC1AA0">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0F312A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> instabilitet och förväntad överlevnad &gt;1 år med god funktion. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="008B75C4" w:rsidRDefault="00CC1AA0" w14:paraId="3791EE95" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">IA </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidTr="0F312A58" w14:paraId="79F2679C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1826"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="008B75C4" w:rsidRDefault="00CC1AA0" w14:paraId="1F6738FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="238" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Primärprevention. EF≤35%, NYHA II-III med &gt;3 månaders optimal medicinsk behandling med förväntad överlevnad&gt; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="008B75C4" w:rsidRDefault="00CC1AA0" w14:paraId="560187FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
@@ -14569,51 +14128,50 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>kardiomyopati</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:themeColor="text2" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="008B75C4" w:rsidRDefault="00CC1AA0" w14:paraId="214BF67F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">IA </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007369C7" w:rsidR="00CC1AA0" w:rsidP="008B75C4" w:rsidRDefault="00CC1AA0" w14:paraId="7A3C32C9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007369C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -14683,302 +14241,292 @@
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">för att kontrollera att inget förbisetts. Vissa patienter kan vara aktuella för </w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hjärttransplantation</w:t>
       </w:r>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">. Utredning inför detta sker i nära samarbete med hjärttransplantationsenheten på SU.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="004E584C" w:rsidP="0F312A58" w:rsidRDefault="004E584C" w14:paraId="12201D28" w14:textId="3C0C4F98">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="004E584C">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Fysisk träning </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="004E584C" w:rsidP="004E584C" w:rsidRDefault="004E584C" w14:paraId="750B4C3D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="3" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Stabila hjärtsviktpatienter i NYHA II-III bör remitteras till fysioterapeut för individanpassad fysisk träning. Denna har en god effekt på sviktpatienter för ork och välbefinnande. Remiss skrivs av sviktsjuksköterska eller läkare.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00A6511C" w:rsidP="0F312A58" w:rsidRDefault="00A6511C" w14:paraId="4BD3CDD2" w14:textId="49F9FD11">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="00A6511C">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Palliativ behandling </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="007369C7" w:rsidR="00A6511C" w:rsidP="00A6511C" w:rsidRDefault="00A6511C" w14:paraId="178BD9BE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="279" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="10" w:hanging="10"/>
       </w:pPr>
       <w:r w:rsidRPr="007369C7">
         <w:t xml:space="preserve">Hjärtsviktspatienter i livets slutskede kan vara i behov av palliativa insatser. Ser man att brytpunkten till palliativ vård inträffar bör patienten och anhöriga informeras att medicineringen ändras och målet av behandlingen är nu att lindra besvär under patientens sista dagar. Har patient ICD bör chockfunktionen stängas av. En del patienter är MÄVA patienter och har möjlighet till direktinläggning. För vård i hemmet kan vid behov hjärtsviktsjuksköterska stödja hemsjukvården eller hemtjänsten. Överväg också om patienten skall remitteras till ”mobila teamet” om patient bor i Uddevalla eller till Närsjukvårdsteam (NSVT) omfattas hela Fyrbodal förutom Uddevalla. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00837AC9" w:rsidP="008F19A5" w:rsidRDefault="00837AC9" w14:paraId="26BD6EF6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009D558F" w:rsidR="006A7293" w:rsidP="008F19A5" w:rsidRDefault="00E61B85" w14:paraId="298F4297" w14:textId="6871B919">
+    <w:p w:rsidRPr="009D558F" w:rsidR="006A7293" w:rsidP="008F19A5" w:rsidRDefault="006A7293" w14:paraId="298F4297" w14:textId="6871B919">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="009D558F" w:rsidR="006A7293" w:rsidSect="00D036BD">
-      <w:headerReference w:type="default" r:id="rId18"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="4F0C1CFE" w14:textId="77777777">
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="2F1E5379" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="7390A4A4" w14:textId="77777777">
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="5C9F8AF9" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="6A1A79ED" w14:textId="77777777">
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="666254E6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00743D73" w:rsidRDefault="00743D73" w14:paraId="5A0F5E1B" w14:textId="77777777"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -15008,51 +14556,51 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00743D73" w:rsidRDefault="00743D73" w14:paraId="398B1B39" w14:textId="77777777"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="13" name="Bildobjekt 13">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -15086,73 +14634,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="71E5C85F" w14:textId="77777777"/>
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="5870A057" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="463E324D" w14:textId="77777777">
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="4229998F" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D45D2B" w:rsidRDefault="00D45D2B" w14:paraId="706262C7" w14:textId="77777777">
+    <w:p w:rsidR="005B20F0" w:rsidRDefault="005B20F0" w14:paraId="5E1A33CB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -15191,91 +14739,91 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="50FEF6DE">
+          <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w:rsidR="00743D73" w:rsidRDefault="00743D73" w14:paraId="1CBD9ED3" w14:textId="77777777"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15315,59 +14863,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="6C1E0066">
+          <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -15441,1036 +14989,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...984 lines deleted...]
-  </w:abstractNum>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FC5427"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A9844B4"/>
     <w:lvl w:ilvl="0" w:tplc="32DC9956">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -16852,50 +15415,163 @@
     <w:lvl w:ilvl="8" w:tplc="7C508986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="115F1BB2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93523494"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12BD1AD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="128245EA"/>
     <w:lvl w:ilvl="0" w:tplc="62BE8E74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -16975,51 +15651,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12C6649A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A84E04C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000B">
       <w:start w:val="50"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -17088,51 +15764,263 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18790975"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2146D4E4"/>
+    <w:lvl w:ilvl="0" w:tplc="C36E0BD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="791"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C5EEC384">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1586"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3ECC9E3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2306"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13F4E70E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3026"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84E25748">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3746"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F8B60636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4466"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BA6EB3A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5186"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CCF0CE9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5906"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BF50DAE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6626"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18D00C38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2F8C52A"/>
     <w:lvl w:ilvl="0" w:tplc="62BE8E74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -17300,51 +16188,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="194CC9B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="194B01DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D560258"/>
     <w:lvl w:ilvl="0" w:tplc="62BE8E74">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="818" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -17424,51 +16312,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6578" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C3711E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C88AEE0"/>
     <w:lvl w:ilvl="0" w:tplc="736457EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -17636,51 +16524,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FCE8F200">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17750,175 +16638,175 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D307DE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4FD0307E"/>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+    <w:tmpl w:val="1E3675A0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E431D00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D44013C"/>
     <w:lvl w:ilvl="0" w:tplc="CF00BBD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -18086,51 +16974,261 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="73527326">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1ECB8B2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE98C746"/>
+    <w:lvl w:ilvl="0" w:tplc="60587DCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E9282C20">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="200CE9E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="88FE228C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="ADA8B1A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E5BE40BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B83C6904">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="23721922">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="97A06F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24115BBC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD682CE0"/>
+    <w:lvl w:ilvl="0" w:tplc="4CF6D232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C277FE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="417EFB40"/>
     <w:lvl w:ilvl="0" w:tplc="7D440548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="525"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -18298,51 +17396,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3A9E3CCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2ED9E346"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFC2FA7A"/>
+    <w:lvl w:ilvl="0" w:tplc="D7B0106A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F1499E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2D1E2136">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97681D0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6B983E2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A2C6FD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3B4C6252">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="81DA09B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7BEC7D70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="331B4D15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A76205D6"/>
     <w:lvl w:ilvl="0" w:tplc="28324948">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -18510,51 +17721,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C884FD96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="331D0E86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7C69766"/>
     <w:lvl w:ilvl="0" w:tplc="B68C9B8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -18722,51 +17933,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BD9804DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36E370B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12909C76"/>
     <w:lvl w:ilvl="0" w:tplc="E64CB2E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -18934,51 +18145,263 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="ADB692C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA17547"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12720FE8"/>
+    <w:lvl w:ilvl="0" w:tplc="75467574">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1519"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="67A6D418">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1178"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48DCA480">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1898"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="64B4E7D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2618"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="89C864C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B4E88C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4058"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ACACC19A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4778"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AE440506">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5498"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FE28FD7A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19048,51 +18471,263 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DB5103C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="124EAEDA"/>
+    <w:lvl w:ilvl="0" w:tplc="88A47B70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0AE20498">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1178"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A25AEC84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1898"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="35CA14AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2618"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9BE2D81A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="105AA82E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4058"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8C0AD38E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4778"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B0C87AE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5498"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5C081A6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DEA7D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2545776"/>
     <w:lvl w:ilvl="0" w:tplc="E67E0940">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -19260,51 +18895,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3C26F85A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42EE6F69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4569574"/>
     <w:lvl w:ilvl="0" w:tplc="F8DCCBE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -19472,51 +19107,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9432B704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="440D5F81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C34F2EA"/>
     <w:lvl w:ilvl="0" w:tplc="B01C9D48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -19684,51 +19319,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C58C208E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44984241"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="154A1542"/>
     <w:lvl w:ilvl="0" w:tplc="F3E08BA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -19896,51 +19531,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="148ED3EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45093D05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FB6B54A"/>
     <w:lvl w:ilvl="0" w:tplc="6B10DA54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -20108,51 +19743,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E9D653C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46F7377B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74D0C65A"/>
     <w:lvl w:ilvl="0" w:tplc="F5B60082">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -20320,51 +19955,137 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="23E0B704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48BAF859"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50D2DF02"/>
+    <w:lvl w:ilvl="0" w:tplc="0876F4C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="542A6834">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F2A41DCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="30326A2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041854A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C4E0733C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5AA6FC50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20B64E82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A1A1BB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A8F03C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52B2E48E"/>
     <w:lvl w:ilvl="0" w:tplc="D4BA7FE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -20532,263 +20253,462 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2CAA0160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B1D2C51"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D32CE3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="2960AD16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="98A2ECB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="171C0A8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F1E4470E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="41E2EFC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C24EBBEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="497455FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2604D81E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7938F608">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ECE6E93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="818691A6"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="2B62B63C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="8B804D9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="66B49446">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="C1CAE23A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="9082420C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="♦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="28489A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="19482414">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="85DA9530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="B7245C6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="♦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F7D46AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B8EB8CC"/>
+    <w:lvl w:ilvl="0" w:tplc="1BB6739E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DDAC11E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="28DA77BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="389AB3DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="324622FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B5272E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EC5AD12E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6526D69E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EEDE45EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50064CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15860D72"/>
     <w:lvl w:ilvl="0" w:tplc="C220CB00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -20956,51 +20876,263 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F89ADAAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6408"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="503701C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E14DC48"/>
+    <w:lvl w:ilvl="0" w:tplc="4CA0FB62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="483"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="89B8D0E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1094"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7910DD5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1814"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BF68947A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2534"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7A8EF694">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3254"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="153AAD38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3974"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AF9ECA12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4694"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A9EAE576">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5414"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="973682C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6134"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51242623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="907AFC8A"/>
     <w:lvl w:ilvl="0" w:tplc="C6A2DD8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="134"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Garamond" w:cs="Garamond"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -21168,51 +21300,263 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4154AE10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51E46866"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D48211C2"/>
+    <w:lvl w:ilvl="0" w:tplc="B4B87532">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8B0E3BC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1178"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D3D659B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1898"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5726BA0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2618"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2814CE06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4CEEA30A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4058"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="58066E38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4778"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C0144C4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5498"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8D129488">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21282,51 +21626,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="555D1531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="360AAE18"/>
     <w:lvl w:ilvl="0" w:tplc="51D2565E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1401"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -21494,51 +21838,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="59044836">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55D47AF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44E093EE"/>
     <w:lvl w:ilvl="0" w:tplc="AA7E151A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -21706,51 +22050,462 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="60E81FC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6408"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56930116"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B550547C"/>
+    <w:lvl w:ilvl="0" w:tplc="6E8A02EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="02EA3F9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1178"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5D282AD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1898"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F1841A5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2618"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CA60640C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7D280D5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4058"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B81CB644">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4778"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CCA0B8C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5498"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D494ADCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="572B911C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04C20486"/>
+    <w:lvl w:ilvl="0" w:tplc="011279DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="89423B92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="98AA2BF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6F081298">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B3EE6662">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4FE436FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A68816A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="678852CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B61CD316">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A151E65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD9E64BC"/>
+    <w:lvl w:ilvl="0" w:tplc="F8FA4AD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9D5204B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6E34392E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13EE0D9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5FCCA970">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CB7CDABE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="440271F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C22D1B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="98D21972">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1C1494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A589B1E"/>
     <w:lvl w:ilvl="0" w:tplc="66DEED20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -21918,51 +22673,349 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2A3EDE4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F3825DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7568C98"/>
+    <w:lvl w:ilvl="0" w:tplc="047EB4CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F30E1C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1178"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1B90A636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1898"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DF5A3ED0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2618"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14DCA8F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8196DA56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4058"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9D22B332">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4778"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0FFCAD64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5498"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8544F516">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6218"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="641723EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="679A0416"/>
+    <w:lvl w:ilvl="0" w:tplc="2FA63B06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E61C460E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="15269406">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="23E6BAFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F9724846">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FBCC8858">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="402C2972">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="70A04890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="18A2584A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="655A69B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73EA75A2"/>
     <w:lvl w:ilvl="0" w:tplc="3762FFEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -22130,51 +23183,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8DF09228">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6856074A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A0A275C"/>
     <w:lvl w:ilvl="0" w:tplc="64EC4DDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -22342,51 +23395,376 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E3CCB07E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68C46215"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2FE81C70"/>
+    <w:lvl w:ilvl="0" w:tplc="5F76AFB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="995A7D70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1613"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D1124D5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2333"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="47AE354C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3053"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FE186E2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3773"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ACB06CA4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4493"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="39E684D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5213"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2BD4DCBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5933"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1A0C8EE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6653"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B73C486"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F10AA7B6"/>
+    <w:lvl w:ilvl="0" w:tplc="7C08E572">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EA16D0AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3D80AE60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2BEC86F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FF260454">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4C00FD4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EB7EE588">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1156914E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C9044648">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B852971"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DEECDFE"/>
     <w:lvl w:ilvl="0" w:tplc="25407B12">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -22554,51 +23932,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B4E4404C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1706EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67B8970A"/>
     <w:lvl w:ilvl="0" w:tplc="08A03FD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -22766,51 +24144,288 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="007AC03E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DF47BC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="003A2CAE"/>
+    <w:lvl w:ilvl="0" w:tplc="4CF6D232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FC81282"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C666D952"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2258" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2978" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4418" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5138" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5858" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6578" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7949432D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3CAA550"/>
     <w:lvl w:ilvl="0" w:tplc="83A6FFA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -22978,51 +24593,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A08C25C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D7381F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49BC0348"/>
+    <w:lvl w:ilvl="0" w:tplc="33EEA24A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6B2E1BB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="80E688AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1150870A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3092CDAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6E2AA6D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="54E2FD36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AFB418A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1B04CE42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D7D02CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46DCE7EA"/>
     <w:lvl w:ilvl="0" w:tplc="A70297A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="458"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -23190,193 +24918,448 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2710E418">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="45">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D864965"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C38ED2A2"/>
+    <w:lvl w:ilvl="0" w:tplc="4CF6D232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="77C6797E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1301"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3D08B85C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2021"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="218C73E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2741"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="869A2F98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3461"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="36D6FC72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4181"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="468E3374">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4901"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="53323768">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5621"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="17243CA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6341"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1268856273">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1940334013">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1361781824">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2035615612">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="777992415">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1620338092">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="110980833">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="190461971">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="440955098">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1800537785">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="918902814">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1297681702">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1619529012">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="868034276">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="500858508">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1407799103">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1286348897">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1796369755">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1640039774">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="90009545">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2123500494">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1662612212">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="253249087">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1933665292">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="7172311">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="2067877378">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="386688927">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1317031171">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="555706262">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1249968671">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1602420799">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1778257264">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="219636850">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="517501671">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1418359680">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2042321877">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1845633178">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1436824779">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1734768200">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="619188113">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1321539786">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="688989143">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="366763406">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="89084921">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1777796258">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="185948929">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1313564551">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="920916224">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="98180114">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1258633802">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1572277922">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1826819487">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1624920430">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="44">
-[...8 lines deleted...]
-  <w:num w:numId="41">
+  <w:num w:numId="54" w16cid:durableId="1043017214">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="40">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="55" w16cid:durableId="1350181886">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="39">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="56" w16cid:durableId="3557310">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="57" w16cid:durableId="1969161568">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="1588149142">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="59" w16cid:durableId="1053962038">
     <w:abstractNumId w:val="36"/>
-  </w:num>
-[...106 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -23397,715 +25380,839 @@
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="0000645F"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00010EF2"/>
     <w:rsid w:val="00010F8F"/>
     <w:rsid w:val="000149A2"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00037F36"/>
     <w:rsid w:val="000500F6"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00064903"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0007732A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00086158"/>
+    <w:rsid w:val="00087AD4"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A7ED5"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B2DF2"/>
     <w:rsid w:val="000B3206"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C2067"/>
     <w:rsid w:val="000E002D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F11C5"/>
     <w:rsid w:val="000F2531"/>
     <w:rsid w:val="000F2FBB"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00120FA8"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="001420BC"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00152088"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00153BCE"/>
     <w:rsid w:val="00156820"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00171729"/>
     <w:rsid w:val="0018102F"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186347"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193B29"/>
     <w:rsid w:val="0019544D"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C29F9"/>
     <w:rsid w:val="001C3240"/>
     <w:rsid w:val="001C4866"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E25D3"/>
     <w:rsid w:val="001F2490"/>
+    <w:rsid w:val="001F4E01"/>
+    <w:rsid w:val="002002F2"/>
     <w:rsid w:val="00200B0C"/>
+    <w:rsid w:val="00201E75"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00216BE4"/>
     <w:rsid w:val="0021791D"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="0022262D"/>
     <w:rsid w:val="002269BB"/>
     <w:rsid w:val="00234815"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025431D"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="0027135C"/>
+    <w:rsid w:val="00271AE3"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290400"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00295164"/>
+    <w:rsid w:val="00297153"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B6043"/>
+    <w:rsid w:val="002B7639"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C5775"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E3D9A"/>
     <w:rsid w:val="002E6F81"/>
+    <w:rsid w:val="002E7FA5"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00303D3E"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00307898"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="003221B9"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="003253DD"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="003315B8"/>
     <w:rsid w:val="00336F50"/>
     <w:rsid w:val="00337BFE"/>
     <w:rsid w:val="00337DB4"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003446EF"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="003678DB"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00383017"/>
     <w:rsid w:val="00383A2C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00393682"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A37D3"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C70D4"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E2F1C"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E5CEA"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00422973"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="004471B2"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00452DA8"/>
+    <w:rsid w:val="004538B0"/>
+    <w:rsid w:val="00457B01"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049201D"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A6CC3"/>
+    <w:rsid w:val="004A7C64"/>
     <w:rsid w:val="004B2183"/>
+    <w:rsid w:val="004B2675"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B68C2"/>
     <w:rsid w:val="004B7FF9"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C2601"/>
     <w:rsid w:val="004D2272"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E584C"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="005027C8"/>
     <w:rsid w:val="005042E6"/>
     <w:rsid w:val="005111CA"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="0052000B"/>
     <w:rsid w:val="00522DA0"/>
+    <w:rsid w:val="00522F8A"/>
     <w:rsid w:val="00523350"/>
     <w:rsid w:val="00523A15"/>
     <w:rsid w:val="00526359"/>
     <w:rsid w:val="005305BF"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="0054744B"/>
+    <w:rsid w:val="005513CA"/>
+    <w:rsid w:val="00554A2E"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005622FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
+    <w:rsid w:val="005663CA"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0058285C"/>
     <w:rsid w:val="005842CA"/>
+    <w:rsid w:val="00586E55"/>
     <w:rsid w:val="00590728"/>
+    <w:rsid w:val="00592C61"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A1B2B"/>
     <w:rsid w:val="005A2362"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B20F0"/>
+    <w:rsid w:val="005B6084"/>
     <w:rsid w:val="005B7BB3"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C352E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D1433"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3DE1"/>
+    <w:rsid w:val="005E51B0"/>
     <w:rsid w:val="005F6289"/>
+    <w:rsid w:val="00603B62"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00615EFF"/>
     <w:rsid w:val="00616662"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006343C3"/>
     <w:rsid w:val="00641B12"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00666155"/>
+    <w:rsid w:val="006715BC"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="0067638C"/>
+    <w:rsid w:val="00694649"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A7293"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6244"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1536"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F2606"/>
+    <w:rsid w:val="00704F39"/>
+    <w:rsid w:val="007078BD"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00715720"/>
+    <w:rsid w:val="007164BC"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="00721D4E"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00723C74"/>
     <w:rsid w:val="00724179"/>
     <w:rsid w:val="00724BCA"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00727B98"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="00731A25"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00743258"/>
     <w:rsid w:val="00743D73"/>
+    <w:rsid w:val="007472A9"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765206"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="007777A9"/>
     <w:rsid w:val="007805BC"/>
+    <w:rsid w:val="00781421"/>
     <w:rsid w:val="0078463C"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007900F6"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5164"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A753A"/>
+    <w:rsid w:val="007B0C94"/>
+    <w:rsid w:val="007B1F31"/>
+    <w:rsid w:val="007B23BD"/>
     <w:rsid w:val="007B4097"/>
     <w:rsid w:val="007C40D0"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D6715"/>
+    <w:rsid w:val="007E2C2E"/>
     <w:rsid w:val="007E3BC3"/>
+    <w:rsid w:val="007E40C2"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F75DD"/>
+    <w:rsid w:val="00802599"/>
+    <w:rsid w:val="00814CA5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00826171"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00833318"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00837AC9"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="00867E81"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871F82"/>
+    <w:rsid w:val="00873D29"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="0088157E"/>
+    <w:rsid w:val="00884C4C"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A2E23"/>
     <w:rsid w:val="008A323E"/>
     <w:rsid w:val="008A3DEA"/>
+    <w:rsid w:val="008A440D"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B4111"/>
     <w:rsid w:val="008B75C4"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F01C7"/>
     <w:rsid w:val="008F19A5"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="008F7785"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00956122"/>
     <w:rsid w:val="009654B6"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009757D6"/>
     <w:rsid w:val="0097665F"/>
     <w:rsid w:val="00976920"/>
+    <w:rsid w:val="0099049C"/>
+    <w:rsid w:val="009A3D6D"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B4DB3"/>
     <w:rsid w:val="009C0446"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C5CB4"/>
     <w:rsid w:val="009D00D0"/>
     <w:rsid w:val="009D3E9A"/>
     <w:rsid w:val="009D43F0"/>
     <w:rsid w:val="009D558F"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E454D"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F11DA"/>
     <w:rsid w:val="009F2DA0"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F5808"/>
     <w:rsid w:val="009F7A28"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A277FB"/>
+    <w:rsid w:val="00A27F1B"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A3412D"/>
     <w:rsid w:val="00A3458C"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A44608"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A57A3B"/>
+    <w:rsid w:val="00A60E7A"/>
     <w:rsid w:val="00A64885"/>
     <w:rsid w:val="00A6511C"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A70BFA"/>
+    <w:rsid w:val="00A73520"/>
     <w:rsid w:val="00A75BA4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB683D"/>
     <w:rsid w:val="00AC01E6"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD2637"/>
     <w:rsid w:val="00AD3740"/>
     <w:rsid w:val="00AD38C0"/>
     <w:rsid w:val="00AD5AAE"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5857"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B0580F"/>
     <w:rsid w:val="00B116DA"/>
     <w:rsid w:val="00B1268A"/>
     <w:rsid w:val="00B1341D"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B26CFB"/>
     <w:rsid w:val="00B27943"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41510"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B515D7"/>
+    <w:rsid w:val="00B532AB"/>
     <w:rsid w:val="00B55FF5"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B7293F"/>
     <w:rsid w:val="00B74D8C"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B80E5C"/>
     <w:rsid w:val="00B81274"/>
     <w:rsid w:val="00B83C19"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA52DE"/>
+    <w:rsid w:val="00BB31C3"/>
+    <w:rsid w:val="00BB3C76"/>
     <w:rsid w:val="00BB4321"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC449E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC4DD5"/>
     <w:rsid w:val="00BD68DE"/>
     <w:rsid w:val="00BE578C"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C0087B"/>
     <w:rsid w:val="00C07B3E"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1046B"/>
     <w:rsid w:val="00C20B17"/>
     <w:rsid w:val="00C21B10"/>
     <w:rsid w:val="00C24683"/>
+    <w:rsid w:val="00C26763"/>
+    <w:rsid w:val="00C32D27"/>
     <w:rsid w:val="00C33726"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43B55"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C45D49"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C625B4"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C86F4F"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA0219"/>
     <w:rsid w:val="00CA17FA"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB75ED"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC1AA0"/>
     <w:rsid w:val="00CC2D0F"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC55E0"/>
     <w:rsid w:val="00CC6B2B"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE79F0"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D01547"/>
     <w:rsid w:val="00D03594"/>
     <w:rsid w:val="00D036BD"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D155F9"/>
+    <w:rsid w:val="00D171E5"/>
+    <w:rsid w:val="00D20A94"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D40F76"/>
     <w:rsid w:val="00D45D2B"/>
+    <w:rsid w:val="00D479B9"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D608FB"/>
     <w:rsid w:val="00D8025F"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D90F30"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D91877"/>
+    <w:rsid w:val="00DA0557"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC0664"/>
     <w:rsid w:val="00DC6026"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E00A2B"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E173CC"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E5304A"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E61B85"/>
+    <w:rsid w:val="00E62B17"/>
+    <w:rsid w:val="00E654EC"/>
     <w:rsid w:val="00E66E8B"/>
     <w:rsid w:val="00E67021"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E757B5"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB7510"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0FBA"/>
+    <w:rsid w:val="00EC2D35"/>
+    <w:rsid w:val="00EC42AC"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED765F"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF31BB"/>
+    <w:rsid w:val="00F0785D"/>
     <w:rsid w:val="00F0AEB9"/>
+    <w:rsid w:val="00F135AB"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F258D1"/>
     <w:rsid w:val="00F27F47"/>
     <w:rsid w:val="00F3460F"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F365BB"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F61B80"/>
+    <w:rsid w:val="00F61D82"/>
     <w:rsid w:val="00F65EDC"/>
     <w:rsid w:val="00F83A2A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F9396A"/>
+    <w:rsid w:val="00FA193A"/>
     <w:rsid w:val="00FA3F81"/>
+    <w:rsid w:val="00FA60D1"/>
     <w:rsid w:val="00FB0CD9"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB4EB4"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4496"/>
     <w:rsid w:val="00FD105E"/>
+    <w:rsid w:val="00FD3338"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE26AD"/>
     <w:rsid w:val="00FF319B"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="03002D2E"/>
     <w:rsid w:val="03F429AF"/>
     <w:rsid w:val="04C30D35"/>
+    <w:rsid w:val="04D6F49D"/>
     <w:rsid w:val="07C084EC"/>
     <w:rsid w:val="088738CD"/>
     <w:rsid w:val="091E9783"/>
+    <w:rsid w:val="0B54E332"/>
     <w:rsid w:val="0D5E7129"/>
     <w:rsid w:val="0E8E6102"/>
     <w:rsid w:val="0F312A58"/>
     <w:rsid w:val="0FF52C49"/>
+    <w:rsid w:val="19701195"/>
     <w:rsid w:val="1D096A1C"/>
     <w:rsid w:val="1E17897A"/>
     <w:rsid w:val="21CBA965"/>
     <w:rsid w:val="256F605C"/>
     <w:rsid w:val="2600AB7A"/>
     <w:rsid w:val="26180A3E"/>
     <w:rsid w:val="271714D8"/>
     <w:rsid w:val="290D489C"/>
     <w:rsid w:val="29371A00"/>
     <w:rsid w:val="2AACA23F"/>
     <w:rsid w:val="2D6B3F16"/>
     <w:rsid w:val="2F40DBBD"/>
     <w:rsid w:val="319F6F89"/>
     <w:rsid w:val="327ED1A0"/>
     <w:rsid w:val="358E799E"/>
     <w:rsid w:val="3654F5CB"/>
     <w:rsid w:val="3A733F45"/>
     <w:rsid w:val="3C6B9B45"/>
     <w:rsid w:val="3FA9A7E8"/>
     <w:rsid w:val="3FEECC45"/>
+    <w:rsid w:val="420F8492"/>
     <w:rsid w:val="43C562C6"/>
     <w:rsid w:val="4402640B"/>
+    <w:rsid w:val="446E6779"/>
     <w:rsid w:val="49CBDE92"/>
+    <w:rsid w:val="49E7B75E"/>
     <w:rsid w:val="4BCFBCEF"/>
     <w:rsid w:val="4C2DB72D"/>
     <w:rsid w:val="50610969"/>
     <w:rsid w:val="51FB10C8"/>
     <w:rsid w:val="53E9E8E5"/>
     <w:rsid w:val="56976103"/>
+    <w:rsid w:val="569822B3"/>
     <w:rsid w:val="572557EF"/>
     <w:rsid w:val="62623A60"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64D00BE8"/>
+    <w:rsid w:val="65F243A2"/>
     <w:rsid w:val="682F87EC"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6C7A548F"/>
     <w:rsid w:val="6D8D282C"/>
     <w:rsid w:val="702E99FF"/>
     <w:rsid w:val="71B9D7EF"/>
     <w:rsid w:val="7259A9F0"/>
     <w:rsid w:val="746EE9BF"/>
+    <w:rsid w:val="74F64958"/>
     <w:rsid w:val="7778EE54"/>
     <w:rsid w:val="78892598"/>
+    <w:rsid w:val="79C23567"/>
     <w:rsid w:val="7B947BDA"/>
+    <w:rsid w:val="7BF34025"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{B116CC0F-7E1C-45B9-B4F4-07325645FBD4}"/>
+  <w15:docId w15:val="{E54D262D-0631-4499-B2F6-CF1ADC7E03F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -24858,51 +26965,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -25012,53 +27119,52 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="12"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
@@ -26300,51 +28406,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
@@ -26499,84 +28605,84 @@
     <w:rsid w:val="00D036BD"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid" w:customStyle="1">
+  <w:style w:type="table" w:styleId="TableGrid0" w:customStyle="1">
     <w:name w:val="Table Grid0"/>
     <w:rsid w:val="00526359"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00526359"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26604,95 +28710,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R69c920c6872b444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="R05eefc40e0394882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kunskapsstyrningvard.se/kunskapsstyrningvard/kunskapsstod/publiceradekunskapsstod/hjartochkarlsjukdomar/vardforlopphjartsviktnydebuterad.56306.html" TargetMode="External" Id="R4d7ec27325e245f6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\tatgi1\Desktop\RMR\Hj%C3%A4rtsvikt%20med%20bevarad%20eller%20l%C3%A4tt%20%20s%C3%A4nkt%20systolisk%20funktion%20(HFpEF%20och%20HFmrEF).pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\tatgi1\Desktop\RMR\Hj%C3%A4rtsvikt%20med%20nedsatt%20systolisk%20%20funktion%20(HFrEF).pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
-</file>
-[...30 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -26994,31 +29068,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kronisk hjärtsvikt</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emma Husberg</lastModifiedBy>
-  <revision>197</revision>
+  <revision>290</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>